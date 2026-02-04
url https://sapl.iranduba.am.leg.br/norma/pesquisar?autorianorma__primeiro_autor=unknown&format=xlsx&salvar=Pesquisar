--- v0 (2025-12-08)
+++ v1 (2026-02-04)
@@ -10,88 +10,178 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3290" uniqueCount="1616">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3346" uniqueCount="1639">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>478</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>663</t>
+  </si>
+  <si>
+    <t>LEI</t>
+  </si>
+  <si>
+    <t>Lei Ordinária</t>
+  </si>
+  <si>
+    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/478/lei_no_663_de_17_de_dezembro_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo do Município de Iranduba a abertura de crédito suplementar, no valor de R$ 1.500,000,00 (Um milhão e quinhentos mil reais) e dá outras providências.</t>
+  </si>
+  <si>
+    <t>477</t>
+  </si>
+  <si>
+    <t>662</t>
+  </si>
+  <si>
+    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/477/lei_no_662_de_17_de_dezembro_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo do Município de Iranduba a abertura de crédito suplementar, no valor de R$ 3.000.055,00 (Três milhões e cinquenta e cinco reais) e dá outras providências.</t>
+  </si>
+  <si>
+    <t>476</t>
+  </si>
+  <si>
+    <t>661</t>
+  </si>
+  <si>
+    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/476/lei_no_661_de_17_de_dezembro_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo do Município de Iranduba a abertura de crédito suplementar, no valor de R$ 2.000,000,00 (Dois milhões de reais) e dá outras providências.</t>
+  </si>
+  <si>
+    <t>481</t>
+  </si>
+  <si>
+    <t>660</t>
+  </si>
+  <si>
+    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/481/lei_no_660_de_17_de_dezembro_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre as diretrizes para a implementação, no âmbito municipal da Lei nº 14.986/2024, para incluir, nos currículos da Educação Básica, abordagens fundamentadas nas experiências e nas perspectivas femininas, e institui a “Semana de Valorização de Mulheres que Fizeram História”.</t>
+  </si>
+  <si>
+    <t>480</t>
+  </si>
+  <si>
+    <t>659</t>
+  </si>
+  <si>
+    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/480/lei_no_659_de_16_de_dezembro_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Plano Plurianual do Município de Iranduba - AM para o quadriênio 2026 a 2029 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>479</t>
+  </si>
+  <si>
+    <t>658</t>
+  </si>
+  <si>
+    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/479/lei_no_658_de_02_de_dezembro_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Estima a receita e fixa a despesa do Município de IRANDUBA, para o exercício de 2026.</t>
+  </si>
+  <si>
+    <t>483</t>
+  </si>
+  <si>
+    <t>657</t>
+  </si>
+  <si>
+    <t>LC</t>
+  </si>
+  <si>
+    <t>Lei Complementar</t>
+  </si>
+  <si>
+    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/483/lei_complementar_no_657_de_02_de_dezembro_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a regulamentação da Contribuição de Iluminação Pública - COSIP e dá outras providências.</t>
+  </si>
+  <si>
     <t>473</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>655</t>
   </si>
   <si>
-    <t>LEI</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/473/lei_n_655_de_18_de_novembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Altera o inciso II, do Art. 1º da Lei nº 512/2023.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/472/lei_n_654_de_18_de_novembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo a Lei Nº 316, de 13 de dezembro de 2016, PCCS dos servidores públicos da Câmara Municipal de Iranduba.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>DL</t>
@@ -162,56 +252,50 @@
   <si>
     <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/469/lei_n_648_de_02_de_outubro_de_2025.pdf</t>
   </si>
   <si>
     <t>Institui no calendário oficial do Município de Iranduba o “Dia Donato do Estudante” e dá outras providências.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/468/lei_n_647_de_02_de_outubro_de_2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI o Programa Municipal de Prevenção e Redução de Acidentes com Motociclistas – "Vida Sobre Duas Rodas" e dá outras providências.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>LC</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/466/lei_complementar_no_646_de_02_de_outubro_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre compensação de crédito tributários do Município de Iranduba/AM, com os créditos de fornecedores, prestadores de serviços e executantes de obras e dá outras providências.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/465/lei_no_645_de_01_de_outubro_de_2025.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal do Município de Iranduba e dá outras providências</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/464/lei_no_644_de_01_de_outubro_de_2025.pdf</t>
@@ -352,50 +436,62 @@
     <t>ALTERA, na forma específica, a redação do Art. 1º da Lei Municipal n. º 469/2022, de 22 de novembro de 2022, que dispõe sobre a alíquota de Contribuição dos servidores públicos Municipais, para o custeio do Regime Próprio de Previdência de Iranduba.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/452/lei_n_629_de_06_de_maio_de_2025.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Cultural nas Escolas da Rede Municipal de Ensino do Município de Iranduba e dá Outras Providências.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/451/lei_n_628_de_06_de_maio_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do programa Saúde na Praça no Município de Iranduba e dá outras providências.</t>
+  </si>
+  <si>
+    <t>482</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/482/decreto_legislativo_n_75_de_06_de_maio_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Concede Diploma de Cidadão Honorário de Iranduba ao Senhor Antônio Silva da Mota.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/450/lei_n_627_de_22_de_abril_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre A Criação Do Programa Saúde Mental Ativa No Âmbito Do Município, Visando A Promoção Da Saúde Mental Através Da Atividade Física.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/449/lei_n_626_de_22_de_abril_de_2025.pdf</t>
   </si>
   <si>
     <t>Institui o fevereiro Pink no Munícipio de Iranduba, como o mês de conscientização, prevenção e tratamento das Infecções Sexualmente Transmissíveis (ISTs) e dá outras providências.</t>
   </si>
@@ -2482,164 +2578,140 @@
   <si>
     <t>485</t>
   </si>
   <si>
     <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/258/lei_n_485_de_13_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição da Rua Liberman Moreno para Rua João Walter de Andrade.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/257/lei_n_484_de_13_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição da Rua Frederico Ebling para Rua Governador César Monteiro.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>483</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/256/lei_n_483_de_13_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição da Rua Francisco Garcia para Rua Governador Eduardo Gonçalves Ribeiro.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>482</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/255/lei_n_482__de_13_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição da Rua Dra. Zilda Avelino para Rua Governador Gregório Taumaturgo Azevedo.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>481</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/254/lei_n__481__de_13_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição da Rua Ednor Pacheco para Rua Deputado Luiz Fernando Nicolau.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>480</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/253/lei__n__480__de_13_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição da Rua Átila Lins para Rua Deputado Artur Virgílio Filho.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>479</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/252/lei_n_479__de_13_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição da Rua Davi Queiroz para Rua Governador Álvaro Maia.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>478</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/251/lei_n_478__de_13_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição da Rua Francisco Rildo para Rua Governador Gilberto Mestrinho.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/244/resolucao_003_22_acrescenta_paragrafo_unico_ao_art.37_lei_organica..pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo ao art. 37 da Lei orgânica de Iranduba, para dispor sobre as probições e incompatibilidades dos vereadores da Câmara Municipal de Iranduba, assim como no Regimento Interno.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>RI</t>
   </si>
   <si>
     <t>Regimento Interno</t>
   </si>
   <si>
     <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/419/regimento_interno.pdf</t>
   </si>
   <si>
     <t>Regimento Interno da Câmara Municipal de Iranduba</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>477</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/287/lei_n_477__de_06_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Regulamenta Bandeira do Município de Iranduba.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>476</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/281/lei_n_476__de_06_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Declara Entidade de Utilidade Pública a Associação dos Moradores da Comunidade Rural Novo Paraíso.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/279/lei_n_474__de_06_de_dezembrode_2022.pdf</t>
   </si>
   <si>
     <t>Declara Entidade de Utilidade Pública o Instituto Flor de Maria, o qual presta apoio e amparo as Crianças e Adolescentes vítimas de violência.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/278/lei_n_473__de_29_de_novembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição do nome da Rua Arthur Neto para Rua Maria da Glória Alves Sales.</t>
   </si>
   <si>
     <t>277</t>
@@ -3635,53 +3707,50 @@
     <t>77</t>
   </si>
   <si>
     <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/77/lei_349_18_substitui_nome_ubs_delphina_aziz_para_matilde_nerys..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição do nome da unidade básica de saúde Delphina Abdel Aziz para Unidade Básica de Saúde Dona Matilde Nerys de Sousa, do município de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/91/lei_348_18_substitui_nome_creche_nejmi_aziz_para_ana_dos_santos_monteiro..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição do nome da Unidade de Educação Infantil Nejmi Aziz para Unidade de Educação Infantil Professora Ana dos Santos Monteiro, do município de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/76/lei_347_substitui_nome_creche_sandra_braga_para_socorro_macedo..pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a Substituição do nome da creche municipal Sandra Braga para Unidade de Educação Infantil Maria do Socorro da Silva Macêdo, do município de Iranduba, e dá outras providências.</t>
-  </si>
-[...1 lines deleted...]
-    <t>75</t>
   </si>
   <si>
     <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/75/lei_346_18_isenta_doadores_medula_pagamento_taxas_concursos..pdf</t>
   </si>
   <si>
     <t>Isenta os doadores de medula óssea do pagamento de taxas de inscrição em concursos públicos promovidos pelo município de Iranduba.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/109/lei_345_18_cassacao_alvara_postos_cpmbustiveis_adulterados..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a cassação do alvará de funcionamento de empresas e postos estabelecidos no município que revenderem combustíveis adulterados, e dá outras providências.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/79/lei_344_18_torna_obrigatoria_instalacao_dispositivos_seguranca_agencias_bancarias..pdf</t>
   </si>
   <si>
     <t>Torna obrigatória a instalação de dispositivos de segurança nas agências e nos postos de serviços das instituições financeiras, localizadas no município de Iranduba/Am.</t>
   </si>
@@ -5221,56 +5290,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/473/lei_n_655_de_18_de_novembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/472/lei_n_654_de_18_de_novembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/471/decreto_legislativo_n_78_de_14_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/475/lei_n_652_de_09_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/474/lei_n_651_de_09_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/467/lei_no_650_de_09_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/470/lei_n_649_de_02_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/469/lei_n_648_de_02_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/468/lei_n_647_de_02_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/466/lei_complementar_no_646_de_02_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/465/lei_no_645_de_01_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/464/lei_no_644_de_01_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/463/lei_no_643_de_23_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/462/lei_no_642_de_23_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/458/lei_no_639_de_01_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/457/lei_no_638_de_01_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/456/lei_no_637_de_01_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/455/lei_no_636_de_25_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/454/lei_no_635_de_25_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/460/lei_n_633_de_17_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/459/lei_n_632_de_17_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/445/lei_complementar_no_631_de_13_de_maio_de_2025..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/444/lei_complementar_no_630_de_13_de_maio_de_2025..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/452/lei_n_629_de_06_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/451/lei_n_628_de_06_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/450/lei_n_627_de_22_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/449/lei_n_626_de_22_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/441/lei_n_625_de_01_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/440/lei_n_624_de_01_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/439/lei_n_623_de_25_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/438/lei_n_622_de_25_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/442/lei_n_621_de_25_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/443/decreto_legislativo_n_72_de_25_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/447/resolucao_legislativa_no_14_de_18_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/436/lei_n_619_de_11_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/434/lei_no_618_de_11_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/435/lei_n_617_de_25_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/417/lei_no_616_de_23_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/402/decreto_legislativo_no50.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/403/decreto_legislativo_no60.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/421/lei_no_615_de_09_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/420/lei_no_614_de_09_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/428/lei_no_613_de_09_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/433/resolucao_no13.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/430/lei_no_612_de_03_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/426/lei_no_611_de_26_de_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/425/lei_no_610_de_26_de_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/401/ato_normativo_no_003_-_2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/400/lei_complementar_no_609_de_19_de_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/424/lei_no_608_de_19_de_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/423/lei_no_607_de_19_de_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/422/lei_no_606_de_19_de_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/416/decreto_legislativo_n_69_de_19_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/415/decreto_legislativo_n_67_de_19_de_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/446/decreto_legislativo_n_66_de_19_de_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/395/decreto_legislativo_n_049__de_28_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/398/decreto_legislativo_n_065_de_2024_de_22_de_outubro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/397/decreto_legislativo_n_064_de_2024_de_22_de_outubro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/394/lei_no_605_de_08_de_outubro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/393/lei_no_604_de_10_de_setembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/427/lei_no_603_de_27_de_agosto_de_2024..pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/399/lei_no_602_de_27_de_agosto_de_2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/391/lei_n_601_de_26_de_agosto_de_2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/385/lei_complementar_no_600_de_09_de_julho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/384/lei_no_598_de_09_de_julho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/383/lei_no_597_de_09_de_julho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/382/lei_no_596_de_09_de_julho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/381/lei_no_595_de_09_de_julho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/392/lei_n_594_de_25_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/390/lei_n_593_de_18_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/389/lei_n_592_de_18_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/377/lei_no_591_de_18_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/378/decreto_legislativo_n_062__de_18_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/414/decreto_legislativo_n_61_de_18_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/388/lei_no_590_de_04_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/387/lei_no_589_de_4_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/386/lei_no_588_de_28_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/371/lei_no_587_de_21_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/370/lei_no_586_de_21_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/369/lei_no_585_de_21_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/375/lei_no_584_de_14_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/367/lei_n_583__de_14_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/366/lei_n_582__de_14_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/379/lei_no_581_de_7_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/396/decreto_legislativo_n_059__de_07_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/380/lei_no_581_de_7_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/372/lei_n_579_de_23_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/364/lei_n_578_de_09_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/413/decreto_legislativo_n_58_de_09_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/448/decreto_legislativo_n_57_de_09_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/429/decreto_legislativo_no_56_de_09_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/376/lei_no_577_de_26_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/412/decreto_legislativo_n_55_de_26_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/363/lei_n_576_de_12_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/411/decreto_legislativo_n_54_de_12_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/362/lei_n_574_de_27_de_fevereiro_de_2024..pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/358/lei_no_572_de_23_de_fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/357/lei_no_571_de_23_de_fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/359/lei_no_573_de_20_de_fevereiro_de_2024..pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/365/lei_no_570_de_20_de_fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/410/decreto_legislativo_n_53__de_20_de_fevereiro__de_2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/360/resolucao_no12.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/349/lei_complementar_no_569_2024_de_30_de_janeiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/352/resolucao_n_011.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/351/resolucao_n_010.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/350/resolucao_legislativa_n_009_de_26_de_janeiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/348/lei_no_567_de_12_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/347/lei_no_566_de_12_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/346/lei_no_565_de_12_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/345/lei_no_564_de_12_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/344/lei_no_563__de_12_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/353/lei_no_568_de_05_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/343/lei_complementar_no_560_de_28_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/342/lei_no_559__de_28_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/408/decreto_legislativo_n_51__de_28_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/407/decreto_legislativo_n_48__de_28_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/354/resolucao_legislativa_n__008_de_21_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/356/resolucao_legislativa_n_007_de_21_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/406/decreto_legislativo_n_46_de_14_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/341/lei_no_558_de_07_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/405/decreto_legislativo_n_45__de_07_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/339/lei_n__557_de_31_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/338/lei_n_556_de_31_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/337/lei_n__555_de_31_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/355/resolucao_legislativa_n_006_de_31_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/336/lei_n__554__de_10_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/335/lei_n_553__de_10_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/409/decreto_legislativo_n_52__de_10_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/404/decreto_legislativo_n_44__de_10_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/334/lei_n_552_de_03_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/331/lei_n__550__de_26_de_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/330/lei_complementar_n_549__de_26_de_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/329/lei_n_548__de_26_de_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/333/lei_543.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/332/lei_551.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/326/lei_n__545__de_22_de_agosto_de_2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/325/lei_n__544__de_22_de_agosto_de_2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/327/lei_n__547__de_12_de_agosto_de_2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/328/lei_n_542__de_08_de_agosto_de_2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/322/541.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/321/540.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/323/539.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/320/538.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/319/537.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/361/decreto_legislativo_no43.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/314/lei_n_536_de_27_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/308/lei_complementar_n_530_de_16_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/307/lei_complementar_n_529_de_16_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/313/lei_n_535_de_13_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/312/lei_n_534_de_13_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/311/lei_n_533_de_13_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/310/lei_n_532_de_13_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/309/lei_n_531_de_13_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/317/resolucao_n-005-2023-gabpres-cmi.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/305/lei_n_527_de_30_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/304/lei_n_526_de_30_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/303/lei_n_525_de_30_de_maio_de_2023__lei__josenilce_rodrigues_marinho.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/302/lei_n_524_de_30_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/301/lei_n_523_de_30_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/316/decreto_legislativo_n-_042__de_30_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/306/lei_n_528_de_23_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/300/lei_n_522_de_16_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/298/lei_n_521_de_02_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/297/lei_n__520_de_18_de_abril_de_2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/315/lei_n_519_2023_de_18_de_abril_de_2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/296/lei_n__518_de_18_de_abril_de_2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/295/lei_n__517__de_18_de_abril_de_2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/294/lei_n__515__de_28_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/293/lei_n_514__de_28_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/292/lei_n_516_-_2023_de_21de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/291/lei_n__513__de_21_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/289/lei_n__512_de_07_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/288/lei_n__511__de_07_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/286/lei_complementar_n_509__de_11_de_janeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/285/lei_n__508__de_11_de_janeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/284/lei_n__507_de_11_de_janeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/283/lei_n_506_de_11_de_janeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/274/lei_n__505__de_11_de_janeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/282/lei_n__504__de_28_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/275/lei_n__503__de_20_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/432/resolucao_no_04-2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/299/lei_n_502_-2022_de_16_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/431/resolucao_no_03-2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/273/lei_n__500__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/272/lei_n_499__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/271/lei_n_498_de_3_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/270/lei_n_497_de13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/269/lei_n_496__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/268/lei_n_495__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/267/lei_n_494_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/266/lei_n_493_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/265/lei_n_492_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/264/lei_n_491_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/263/lei_n_490__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/262/lei_n_489__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/261/lei_n_488_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/260/lei_n_487_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/259/lei_n_486_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/258/lei_n_485_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/257/lei_n_484_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/256/lei_n_483_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/255/lei_n_482__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/254/lei_n__481__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/253/lei__n__480__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/252/lei_n_479__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/251/lei_n_478__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/244/resolucao_003_22_acrescenta_paragrafo_unico_ao_art.37_lei_organica..pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/419/regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/287/lei_n_477__de_06_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/281/lei_n_476__de_06_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/279/lei_n_474__de_06_de_dezembrode_2022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/278/lei_n_473__de_29_de_novembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/277/lei_n__472_de_29_de_novembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/276/lei_n_471_de_29_de_novembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/242/lei_complementar_470_22_anuencia_vereador_nomear_exonerar..pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/241/lei_469_22_altera_aliquota_inprev_11_para_14..pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/240/lei_466_22_reajuste_30_servidores_fundamental_inprevi..pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/239/lei_delegada_001_2022_reestrutura_administracao_iranduba..pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/280/lei_n_475_de_06_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/238/decreto_legislativo_41_22_susta_portaria_1306_22..pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/237/lei_complementar_462_22_regras_aposentadoria_pensao_servidores_publicos..pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/234/lei_464_22_reajuste_servidores_educacao_25_recomposicao_2018_2019_2020_2021..pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/233/lei_463_22_reajuste_professores_base_piso_nacional_educacao_basica..pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/236/lei_461_22_altera_lei_446..pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/235/lei_complementar_462_22_regras_aposentadoria_pensao_servidores_publicos..pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/227/lei_460_22_abertura_dotacao_orcamentaria_credito_especial..pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/228/lei_459_abertura_dotacao_orcamentaria_credito_suplementar..pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/243/lei_458_22_dispoe_diretrizes_orcamentarias_exercicio_2023..pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/226/lei_456_22_altera_lei_447_2022..pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/225/lei_455_22_abertura_dotacao_orcamentaria_iluminacao_publica..pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/290/lei_n_457_de_12_de_julho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/224/lei_453_22_abertura_dotacao_orcamentaria_escolas_ervila_noemi_delphina..pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/222/lei_451_22cria_fundo_protecao_defesa_civil_iranduba_fumpdec..pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/223/lei_448_22_altera_8_lei_123_06..pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/221/decreto_legislativo_039_aprova_contas_madalena_jesus_referente_2015..pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/220/decreto_legislativo_038_22_aprova_contas_xinaik_silva_medeiros_referente_2015..pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/219/lei_447_22_institui_regime_previdencia_complementar_iranduba..pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/208/lei_446_22_institui_recuperacao_fiscal_refis..pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/218/lei_445_22_altera_artigo_28_lei_309_2016..pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/211/decreto_legislativo_037_22_aprova_contas_prefeitura_iranduba_2013_responsabilidade_xinaik_medeiros..pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/318/ato_normativo_n_002_-2022_gp_cmi.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/210/decreto_legislativo_036_22_dispoe_concessao_diarias_poder_legislativo..pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/209/lei_complementar_444_22_altera_lei_320_16_cota_exercicio_atividade_parlamentar_ceap..pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/207/lei_443_22_reajuste_servidores_administracao_saude..pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/203/lei_438_22_proibe_troca_medidores_sem_comunicacao_previa..pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/204/lei_435_22_servicos_saude_iniciativa_privada..pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/50/lei_442_fundeb_2021.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/106/lei_441_21_estima_receita_fixa_despesa_loa_para_2022..pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/105/lei_440_21_planoplurianual_ppa_para_2022_2025..pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/49/lei_439_subistitui_rua_david_queiroz_para_rua_leonidas_alves_araujo.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/51/lei_437_21_altera_art.5o_lei_402_ldo_22..pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/56/lei_n_436_mudanca_avenida_jose_maria_muniz_para_afonso_bezerra_da_costa.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/46/decreto_legislativo_035_concede_titulo_cidadao_sinesio_campos.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/45/decreto_legislaivo_034_concede_titulo_cidadao_marly_nilo.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/44/decreto_legislativo_33_cidadao_irandubaense_wilson_lima.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/43/decreto_legislativo_32_cidadao_irandubense_dr_gomes.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/48/lei_434_dia_memoria_vitimas_covid.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/47/lei_433_comenda_amigo_sus.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/42/lei_432_denomina_rua_giovane_xavier_de_souza.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/41/lei_431_denomina_rua_joao_darci_de_souza.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/40/lei_430_denomina_rua_pedro_castanha.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/39/lei_429_denomina_polo_de_saude_km26.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/38/lei_428_denomina_rua_francisco_salgado.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/37/lei_427_denomina_rua_eunice_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/36/lei_426_denomina_rua_izete_fernandes.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/35/lei_425_autoriza_abertura_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/34/lei_424_autoriza_abertura_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/33/lei_423_autoriza_abertura_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/32/lei_422_autoriza_abertura_de_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/31/lei_421_autoriza_a_abertura_de_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/30/lei_420_autoriza_abertura_de_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/24/lei_419_21_abertura_de_credito_suplementar_no_orcamento_de_2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/23/lei_418_21_abertura_de_credito_suplementar_no_orcamento_de_2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/22/decreto_legislativo_031_21_susta_os_efeitos_entre_o_imtti_e_o_detram_bem_como_o_decreto_081_membros_da_jari.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/17/lei_412_dispoe_sobre_abertura_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/26/le_410_21_abertura_de_credito_suplementar_no_orcamento_de_2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/27/lei_413_21_abertura_de_dotacao_orcamentaria_e_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/25/lei_411_21_abertura_de_credito_suplementar_no_orcamento_de_2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/28/lei_407_21_abertura_de_dotacao_orcamentaria_e_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/21/lei_417_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/20/lei_416_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/19/lei_415_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/18/lei_414_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/29/lei_409_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/16/lei_408_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/15/lei_406_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/14/lei_405_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/13/lei_404_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/12/lei_403_21_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/11/lei_402_diretrizes_orcamentarias_2022.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/8/lei_n_401_renomear_escola_comunidade_sao_sebastiao_para_escola_francisca_almeida_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/9/lei_400_institui_dia_do_musico.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/6/resolucao_no002_21_cria_a_escola_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/5/lei_399_altera_redacao_lei_178_2011.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/7/lei_396_lei_da_oracao_e_do_perdao.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/10/lei_395_altera_lei_210_criacao_cargos_comissionados.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/4/resolucao001_sessoes_remotas.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/58/lei_n_394_20_estima_receita_fixa_despesa_2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/2/lei_393_institui_o_novembro_sahu_ape.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/120/lei_392_20_denomina_creche_municipal_silvania_silva_silva.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/121/lei_390_20_substitui_nome_rua_sabia_para_dyoneide_caetano..pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/61/lei_n_391_20_dispoe_parcelamento_debitos_municipio_iranduba_regime_previdencia.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/1/lei_389_-_denomina_quadra_da_escola_cicero_monteiro.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/60/lei_n_388_20_dispoe_sobre_a_aplicacao_do_art.9_da_emenda_constitucional_no103_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/59/lei_n_387_20_suspende_contribuicoes_previdenciarias_patronais.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/3/lei_386_subsidio_2021-2014.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/57/lei_n_385_20_ldo_para_2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/119/lei_384_20_denomina_ubs_fluvial_sadi_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/85/lei_376_19_autoriza_unificacao_matriculas_dos_cargos_professores_municipais_da_educacao..pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/86/lei_373_19_autoriza_transferencia_ao_estado_do_amazonas_da_estrada_carlos_braga..pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/99/lei_372_19_dispoe_sobre_oficializacao_do_hino_municipal_do_iranduba..pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/82/lei_n_371_19_institui_taxa_licenciamento_ambiental_semmads.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/84/lei_370_19_denomina_praca_do_lago_limao_para_praca_elis_regina_da_silva_alves..pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/80/lei_369_19_cria_fundo_municipal_educacao_fme..pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/104/lei_368_19_dispoe_sobre_diretrizes_elaboracao_lei_orcamentaria_para_2020..pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/108/lei_367_19_cria_conselho_municipal_turismo_comtur..pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/83/lei_366_19_substitui_nome_travessa_tambaqui_para_travessa_dra_enilda_lins..pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/98/lei_365_19_substitui_nome_escola_municipal_dona_mieko_para_escola_municipal_manoel_gomes_macedo..pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/100/lei_364_19_proibe_inauguracao_entrega_obras_publicas_nao_estejam_condicoes_atender_populacao..pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/81/lei_362_19_declara_utilidade_publica_associacao_amazonense_gestao_ambiental_da_amazonia_aamagea_am..pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/89/lei_361_19_substitui_nome_escola_municipal_castelo_branco_para_escola_municipal_dona_alvanir_alves_de_oliveira_santos..pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/87/lei_360_18_estima_receita_fixa_despesa_loa_2019.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/97/lei_358_18_estabelece_normas_para_exploaracao_servicos_transporte_individual_passageiros_taxis..pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/95/lei_357_18_obrigatoriedade_empresas_de_transporte_fornecer_bilhete_unico_criar_postos_de_venda_estudantis..pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/88/lei_355_18_substitui_escola_municipal_sueli_dias_da_silva_para_escola_municipal_bela_vista..pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/93/lei_356_18_substitui_nome_da_escola_cavalcante_para_maria_elitia_cavalcante..pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/246/resolucao_001_18_proibe_reconducao_mesa..pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/96/lei_353_18_lei_diretrizes_orcamentarias_para_2019..pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/94/lei_352_18_denomina_ubs_da_cidade_nova_vereador_joao_lima_da_silva..pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/92/lei_351_18_denomina_escola_municipal_dona_lima_gomes_da_silva..pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/78/lei_n_350_18_substitui_maria_iolnada_para_maria_silva_da_costa.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/77/lei_349_18_substitui_nome_ubs_delphina_aziz_para_matilde_nerys..pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/91/lei_348_18_substitui_nome_creche_nejmi_aziz_para_ana_dos_santos_monteiro..pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/76/lei_347_substitui_nome_creche_sandra_braga_para_socorro_macedo..pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/75/lei_346_18_isenta_doadores_medula_pagamento_taxas_concursos..pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/109/lei_345_18_cassacao_alvara_postos_cpmbustiveis_adulterados..pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/79/lei_344_18_torna_obrigatoria_instalacao_dispositivos_seguranca_agencias_bancarias..pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/128/lei_343_18_concede_reajuste_servidores_magisterio.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/66/lei_n_342_17_dispoe_servicos_qualquer_natureza_issqn.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/73/lei_341_17_estima_receita_fixa_despesa_loa_2018.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/111/lei_340_17_plano_plurianual_2018_2021..pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/71/lei_n_337_17_criacao_junta_medica_iranduba..pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/70/lei_n_336_17_programa_recuperacao_fiscal_refis..pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/101/lei_335_17_reparcelamento_parcelamento_debito_inprev..pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/453/lei_no_338_de_05_de_dezembro_de_2017.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/107/lei_334_17_regulariza_servicos_optometricos.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/74/lei_330_17_diretrizes_elaboracao_lei_orcamentaria_para_2018..pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/65/lei_n_329_17_cria_guarda_civil_metropolitana_iranduba.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/72/lei_328_17_declara_utilidade_publica_associacao_missionaria_missao_vida..pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/68/lei_n_327_17_concede_reajuste_exceto_educacao.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/67/lei_n_326_concede_reajuste_servidores_educacao.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/69/lei_n_325_17_utilidade_publica_instituto_iran_tribal.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/115/lei_323_16_obriga_instalacao_cameras_predios_publicos..pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/110/lei_315_16_institui_dia_municipal_do_pastor..pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/216/lei_324_16_altera_anexo_i_da_lei_196_2011..pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/127/lei_322_16_estima_receita_fixa_despesa_loa_2017..pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/178/lei_321_16_cria_conselho_e_fundo_municipal_desenvolvimento_rural_sustentavel..pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/112/lei_320_16_cota_atividade_parlamentar_ceap_.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/168/lei_319_16_fixa_subsidios_prefeito_vice_prefeito_2017_2020..pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/177/lei_318_16_estabelece_subsidio_vereadores_2017_2020..pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/114/lei_317_16_estrutura_administrativa_camara_iranduba.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/113/lei_316_16_plano_cargos_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/182/lei_312_16_transporte_universitario_iranduba..pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/183/lei_311_16_regularizacao_fundiaria_iranduba..pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/187/lei_313_16_codigo_sanitario_iranduba..pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/131/lei_309_16_altera_artigos_12_a_16_da_lei_088_03_inclui_artigos_27_a_64..pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/172/lei_308_16_parcelamento_debitos_municipio_iranduba_com_instituto_previdencia_inprev..pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/117/lei_306_16_utilidade_publica_associacao_agricultories_aascam..pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/116/lei_305_16_reajuste_servidores_prefeitura_iranduba_exceto_servidores_educacao_monta_10..pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/118/lei_304_16_ldo_para_2017..pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/184/lei_303_16_institui_dia_mestico..pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/185/lei_301_16_concede_reajuste_servidores_educacao_1128..pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/132/lei_300_15_estima_receita_fixa_despesa_loa_2016..pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/186/lei_299_15_institui_plano_enfrentamento_violencia_sexual_2015_2019..pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/129/lei_298_15_dispoe_diretrizes_elaboracao_orcamentaria_ldo_para_2016..pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/125/lei_296_15_aprova_plano_municipal_educacao_pme_municipio_iranduba..pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/123/lei_295_15_utilidade_publica_instituto_resgatando_valores_irvea..pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/130/lei_293_15_concede_reajuste_professores_pedagogos_servidores_administrativos_educacao..pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/124/lei_292_15_autoriza_chefe_executivo_outorgar_30_concessoes_para_servico_taxi..pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/122/lei_291_14_dispoe_sobre_sistema_unico_assistencia_social..pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/126/lei_290_14_estima_receita_fixa_despesa_loa_para_2015..pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/212/lei_complementar_289_14_altera_anexos_art.5o_lei_municipal_286_14..pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/102/lei_287_14_cria_conselho_municipal_de_transporte_escolar_cmte..pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/214/lei_288_14_altera_art.3o_lei_municipal_277_14..pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/181/lei_286_14_diretrizes_elaboracao_orcamentaria_exercicio_ldo_2015..pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/175/lei_285_14_concede_abono_salarial_servidores_administrativos_educacao_administracao..pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/160/lei_284_14_concede_abono_salarial_servidores_administrativos_educacao_administracao..pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/136/lei_282_14_institui_politica_meio_ambiente_iranduba..pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/140/lei_281_14_utilidade_publica_fundacao_inclusao_formacao_social..pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/103/lei_280_14_cria_secretaria_cultura.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/135/lei_279_14_utilidade_publica_associacao_mulheres_jasmin_distrito_cacau_pirera..pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/174/lei_278_14_concede_reajuste_832_professores_nivel_medio_superior_pedagogos..pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/134/lei_275_14_reajsute_salarial_4_professores_pedagogos..pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/139/lei_complementar_272_13_concede_reajuste_salarial_servidores_quadro_saude..pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/142/lei_271_13_altera_lei_260_13_acerca_secretarias_municipais..pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/141/lei_270_13_cria_parque_industrial_pimi_estabelece_incentivos_a_instalacao_industrias..pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/143/lei_265_13_dispoe_sobre_politica_municipal_saneamento_basico_residuos_solidos_cria_fundo_saneamento_basico_conselho_saneamento_basico..pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/144/lei_269_13_dispoe_desoneracoes_tributarias_empreendimentos_habitacionais_interesse_social..pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/150/lei_267_13_utilidade_publica_associacao_comunitaria_sao_joao..pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/213/lei_complementar_266_13_altera_art._2_lei_135_incluindo_inciso_vii_e_viii..pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/245/lei_264_13_altera_classe_requisitos_junta_medica_inprev..pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/133/lei_276_13_institui_dia_profissional_moto_taxi..pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/165/lei_163_13_dispoe_diretrizes_elaboracao_lei_orcamentaria_para_2014...pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/217/lei_261_13_altera_anexos_vii_viii_lei_182_institui_novo_vencimento_cargos_comissao_funcao_gratificada..pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/149/lei_260_13_dispoe_funcionamento_estrutura_administrativa_poder_executivo..pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/161/lei_259_13_autoriza_poder_executivo_celebrar_termo_confissao_debito_previdenciario_acordo_parcelamento_inprev..pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/151/lei_258_13_autoriza_poder_executivo_celebrar_termo_confissao_debito_previdenciario_acordo_parcelamento_inprev..pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/137/lei_262_13_concede_reajuste_professores_quadro_pessoal_efetivo..pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/158/lei_235_12_estima_receita_fixa_despesa_loa_para_2013..pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/154/lei_233_12_autoriza_poder_executivo_doar_area_igreja_adventista_setimo_dia_construcao_colegio_adventista..pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/231/lei_232_12_altera_anexos_iib_iii_lei_182_11..pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/63/lei_n_231_12_regulamenta_atividade_mototaxistas.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/138/lei_230_12_cria_cargos_agente_saude_e_agente_de_endemias..pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/418/lei_organica_de_iranduba.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/153/lei_229_12_autoriza_poder_executivo_permutar_imovel_administracao_publica_minsiterio_publico..pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/167/lei_256_12_autoriza_saae_conceder_desconto_debitos_agua_2007_a_2012..pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/157/lei_224_12_institui_dia_consciencia_crista_comemorado_31_outubro..pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/152/lei_223_12_institui_dia_vigilia_transformacao_comemorado_05_maio..pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/155/lei_222_12_institui_festival_musica_gospel_music..pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/159/lei_219_12_concessao_desconto_emissao_licenca_construcao_alvara_de_licenca_projeto..pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/166/lei_218_12_concessao_desconto_iptu_para_2007_a_2012..pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/145/lei_217_12_dispoe_sobre_construcao_exploracao_cemiterios_municipio_iranduba..pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/148/lei_216_12_dispoe_diretrizes_elaboracao_lei_orcamentaria_exercicio_2013..pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/147/lei_215_12_institui_nota_fiscal_eletronica_nfs_e..pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/146/lei_complementar_212_12_defina_expansao_urbana_criados_pela_lei_129_06.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/64/lei_n_210_12_criacao_cargos_comissionados_semei.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/215/lei_complementar_204_12_modifica_subordinacao_secretaria_executivo_esporte..pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/156/lei_203_12_isencao_pagamento_taxa_concursos_publicos..pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/53/lei_n_200_11_institui_unidade_fiscal_ufm.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/55/lei_n_198_11_transmissao_inter_vivos_itbi.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/54/lei_n_196_11_novo_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/163/lei_199_11_estima_receita_fixa_despesa_loa_para__2012..pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/164/lei_195_11_plano_organizacao_inprev..pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/205/lei_194_11_conselho_municipal_idoso_iranduba..pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/62/lei_193_11_dispoe_sobre_imposto_predial_iptu..pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/230/lei_190_a_11_altera_anexo_i_lei182_11_para_criar_tres_vagas_advogado..pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/232/lei_188_11_altera_plano_custeio_estabelecido_item_i_art_42_lei_123_06..pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/179/lei_124_11_utilidade_publica_associacao_mulheres_ribeirinhas_casa_de_sara..pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/52/lei_n_180_11_cria_imtti_junta_administrativa_jari.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/437/lei_178_11_plano_cargos_carreiras_salarios_semei.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2010/173/lei_168_10_cria_conselho_fundo_cultura..pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2008/229/lei_141_08_altera_lei_053_98_reestrutura_conselho_municipal_saude_fundo_municipal_saude..pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2006/169/lei_130_06_cria_coordenadoria_defesa_civl_comdec_municipio_de_iranduba..pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2006/374/lei_no123.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2005/171/lei_109_05_fixa_diarias_prefeito_vice_prefeito_servidores_municipais..pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2005/176/lei_107_05_dispoe_sobre_organizacao_pessoal_saae..pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2005/170/lei_106_05_cria_servico_autonomo_agua_esgoto_saae..pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2005/373/lei_no105.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2004/194/decreto_legislativo_005_04_desaprova_prestacao_contas_jose_maria_muniz_exercicio_2000..pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2003/195/decreto_legislativo_003_03_utilidade_publica_arcosfram..pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2003/198/lei_089_03_disciplina_funcionamento_bares_similares_iranduba..pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2003/162/lei_088_03_cria_cmdca_fundo_cmdca_conselho_tutelar..pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2002/188/lei_087_02_institui_conselho_educacao_iranduba.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2002/206/lei_complementar_083_02_sistema_transporte_iranduba..pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2001/249/decreto_legislativo_001_01_utilidade_publica_associacao_estrela_da_manha..pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2001/192/lei_78_01_obriga_cobertura_plastica_transporte_iranduba..pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2000/248/lei_070_00_cria_assentamento_fazenda_carlifornia..pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1999/190/lei_060_99_doacao_lote_colonia_pescadores..pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1998/189/lei_057_98_cria_servico_urbano_moto_taxi..pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1998/250/decreto_legislativo_002_98_utilidade_publica_colonia_pescadores_iranduba..pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1998/247/lei_56_98_institui_dia_festa_pupunha..pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1998/191/lei_050_98_isencao_cobranca_transportes_rodoviarios_hidroviarios..pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1997/202/lei_040_97_cria_secretarias_transporte_financas_turismo_planejamento..pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1996/196/decreto_legislativo_004_96_utilidade_publica_sao_francisco_muratu..pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1996/201/decreto_legislativo_004_96_autoriza_poder_executivo_criar_conselho_assistencia_social..pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1996/199/decreto_legislativo_003_96_autoriza_poder_executivo_criar_fundo_assistencia_social..pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1995/200/decreto_legislativo_018_95_utilidade_publica_associacao_comunitaria_bom_jesus..pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1995/193/decreto_legislativo_017_95_utilidade_publica_associacao_moradores_bairro_cidade_nova..pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1993/197/decreto_legislativo_013_93_utilidade_publica_agremiacao_desportiva_flamengo_futebol..pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/478/lei_no_663_de_17_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/477/lei_no_662_de_17_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/476/lei_no_661_de_17_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/481/lei_no_660_de_17_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/480/lei_no_659_de_16_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/479/lei_no_658_de_02_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/483/lei_complementar_no_657_de_02_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/473/lei_n_655_de_18_de_novembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/472/lei_n_654_de_18_de_novembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/471/decreto_legislativo_n_78_de_14_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/475/lei_n_652_de_09_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/474/lei_n_651_de_09_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/467/lei_no_650_de_09_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/470/lei_n_649_de_02_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/469/lei_n_648_de_02_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/468/lei_n_647_de_02_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/466/lei_complementar_no_646_de_02_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/465/lei_no_645_de_01_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/464/lei_no_644_de_01_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/463/lei_no_643_de_23_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/462/lei_no_642_de_23_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/458/lei_no_639_de_01_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/457/lei_no_638_de_01_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/456/lei_no_637_de_01_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/455/lei_no_636_de_25_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/454/lei_no_635_de_25_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/460/lei_n_633_de_17_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/459/lei_n_632_de_17_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/445/lei_complementar_no_631_de_13_de_maio_de_2025..pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/444/lei_complementar_no_630_de_13_de_maio_de_2025..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/452/lei_n_629_de_06_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/451/lei_n_628_de_06_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/482/decreto_legislativo_n_75_de_06_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/450/lei_n_627_de_22_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/449/lei_n_626_de_22_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/441/lei_n_625_de_01_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/440/lei_n_624_de_01_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/439/lei_n_623_de_25_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/438/lei_n_622_de_25_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/442/lei_n_621_de_25_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/443/decreto_legislativo_n_72_de_25_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/447/resolucao_legislativa_no_14_de_18_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/436/lei_n_619_de_11_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/434/lei_no_618_de_11_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/435/lei_n_617_de_25_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/417/lei_no_616_de_23_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/402/decreto_legislativo_no50.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/403/decreto_legislativo_no60.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/421/lei_no_615_de_09_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/420/lei_no_614_de_09_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/428/lei_no_613_de_09_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/433/resolucao_no13.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/430/lei_no_612_de_03_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/426/lei_no_611_de_26_de_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/425/lei_no_610_de_26_de_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/401/ato_normativo_no_003_-_2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/400/lei_complementar_no_609_de_19_de_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/424/lei_no_608_de_19_de_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/423/lei_no_607_de_19_de_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/422/lei_no_606_de_19_de_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/416/decreto_legislativo_n_69_de_19_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/415/decreto_legislativo_n_67_de_19_de_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/446/decreto_legislativo_n_66_de_19_de_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/395/decreto_legislativo_n_049__de_28_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/398/decreto_legislativo_n_065_de_2024_de_22_de_outubro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/397/decreto_legislativo_n_064_de_2024_de_22_de_outubro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/394/lei_no_605_de_08_de_outubro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/393/lei_no_604_de_10_de_setembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/427/lei_no_603_de_27_de_agosto_de_2024..pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/399/lei_no_602_de_27_de_agosto_de_2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/391/lei_n_601_de_26_de_agosto_de_2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/385/lei_complementar_no_600_de_09_de_julho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/384/lei_no_598_de_09_de_julho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/383/lei_no_597_de_09_de_julho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/382/lei_no_596_de_09_de_julho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/381/lei_no_595_de_09_de_julho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/392/lei_n_594_de_25_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/390/lei_n_593_de_18_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/389/lei_n_592_de_18_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/377/lei_no_591_de_18_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/378/decreto_legislativo_n_062__de_18_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/414/decreto_legislativo_n_61_de_18_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/388/lei_no_590_de_04_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/387/lei_no_589_de_4_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/386/lei_no_588_de_28_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/371/lei_no_587_de_21_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/370/lei_no_586_de_21_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/369/lei_no_585_de_21_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/375/lei_no_584_de_14_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/367/lei_n_583__de_14_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/366/lei_n_582__de_14_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/379/lei_no_581_de_7_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/396/decreto_legislativo_n_059__de_07_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/380/lei_no_581_de_7_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/372/lei_n_579_de_23_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/364/lei_n_578_de_09_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/413/decreto_legislativo_n_58_de_09_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/448/decreto_legislativo_n_57_de_09_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/429/decreto_legislativo_no_56_de_09_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/376/lei_no_577_de_26_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/412/decreto_legislativo_n_55_de_26_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/363/lei_n_576_de_12_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/411/decreto_legislativo_n_54_de_12_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/362/lei_n_574_de_27_de_fevereiro_de_2024..pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/358/lei_no_572_de_23_de_fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/357/lei_no_571_de_23_de_fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/359/lei_no_573_de_20_de_fevereiro_de_2024..pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/365/lei_no_570_de_20_de_fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/410/decreto_legislativo_n_53__de_20_de_fevereiro__de_2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/360/resolucao_no12.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/349/lei_complementar_no_569_2024_de_30_de_janeiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/352/resolucao_n_011.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/351/resolucao_n_010.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/350/resolucao_legislativa_n_009_de_26_de_janeiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/348/lei_no_567_de_12_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/347/lei_no_566_de_12_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/346/lei_no_565_de_12_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/345/lei_no_564_de_12_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/344/lei_no_563__de_12_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/353/lei_no_568_de_05_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/343/lei_complementar_no_560_de_28_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/342/lei_no_559__de_28_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/408/decreto_legislativo_n_51__de_28_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/407/decreto_legislativo_n_48__de_28_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/354/resolucao_legislativa_n__008_de_21_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/356/resolucao_legislativa_n_007_de_21_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/406/decreto_legislativo_n_46_de_14_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/341/lei_no_558_de_07_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/405/decreto_legislativo_n_45__de_07_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/339/lei_n__557_de_31_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/338/lei_n_556_de_31_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/337/lei_n__555_de_31_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/355/resolucao_legislativa_n_006_de_31_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/336/lei_n__554__de_10_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/335/lei_n_553__de_10_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/409/decreto_legislativo_n_52__de_10_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/404/decreto_legislativo_n_44__de_10_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/334/lei_n_552_de_03_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/331/lei_n__550__de_26_de_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/330/lei_complementar_n_549__de_26_de_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/329/lei_n_548__de_26_de_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/333/lei_543.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/332/lei_551.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/326/lei_n__545__de_22_de_agosto_de_2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/325/lei_n__544__de_22_de_agosto_de_2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/327/lei_n__547__de_12_de_agosto_de_2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/328/lei_n_542__de_08_de_agosto_de_2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/322/541.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/321/540.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/323/539.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/320/538.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/319/537.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/361/decreto_legislativo_no43.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/314/lei_n_536_de_27_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/308/lei_complementar_n_530_de_16_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/307/lei_complementar_n_529_de_16_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/313/lei_n_535_de_13_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/312/lei_n_534_de_13_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/311/lei_n_533_de_13_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/310/lei_n_532_de_13_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/309/lei_n_531_de_13_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/317/resolucao_n-005-2023-gabpres-cmi.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/305/lei_n_527_de_30_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/304/lei_n_526_de_30_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/303/lei_n_525_de_30_de_maio_de_2023__lei__josenilce_rodrigues_marinho.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/302/lei_n_524_de_30_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/301/lei_n_523_de_30_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/316/decreto_legislativo_n-_042__de_30_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/306/lei_n_528_de_23_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/300/lei_n_522_de_16_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/298/lei_n_521_de_02_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/297/lei_n__520_de_18_de_abril_de_2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/315/lei_n_519_2023_de_18_de_abril_de_2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/296/lei_n__518_de_18_de_abril_de_2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/295/lei_n__517__de_18_de_abril_de_2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/294/lei_n__515__de_28_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/293/lei_n_514__de_28_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/292/lei_n_516_-_2023_de_21de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/291/lei_n__513__de_21_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/289/lei_n__512_de_07_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/288/lei_n__511__de_07_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/286/lei_complementar_n_509__de_11_de_janeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/285/lei_n__508__de_11_de_janeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/284/lei_n__507_de_11_de_janeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/283/lei_n_506_de_11_de_janeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/274/lei_n__505__de_11_de_janeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/282/lei_n__504__de_28_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/275/lei_n__503__de_20_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/432/resolucao_no_04-2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/299/lei_n_502_-2022_de_16_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/431/resolucao_no_03-2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/273/lei_n__500__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/272/lei_n_499__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/271/lei_n_498_de_3_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/270/lei_n_497_de13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/269/lei_n_496__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/268/lei_n_495__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/267/lei_n_494_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/266/lei_n_493_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/265/lei_n_492_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/264/lei_n_491_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/263/lei_n_490__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/262/lei_n_489__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/261/lei_n_488_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/260/lei_n_487_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/259/lei_n_486_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/258/lei_n_485_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/257/lei_n_484_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/256/lei_n_483_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/255/lei_n_482__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/254/lei_n__481__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/253/lei__n__480__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/252/lei_n_479__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/251/lei_n_478__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/244/resolucao_003_22_acrescenta_paragrafo_unico_ao_art.37_lei_organica..pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/419/regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/287/lei_n_477__de_06_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/281/lei_n_476__de_06_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/279/lei_n_474__de_06_de_dezembrode_2022.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/278/lei_n_473__de_29_de_novembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/277/lei_n__472_de_29_de_novembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/276/lei_n_471_de_29_de_novembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/242/lei_complementar_470_22_anuencia_vereador_nomear_exonerar..pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/241/lei_469_22_altera_aliquota_inprev_11_para_14..pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/240/lei_466_22_reajuste_30_servidores_fundamental_inprevi..pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/239/lei_delegada_001_2022_reestrutura_administracao_iranduba..pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/280/lei_n_475_de_06_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/238/decreto_legislativo_41_22_susta_portaria_1306_22..pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/237/lei_complementar_462_22_regras_aposentadoria_pensao_servidores_publicos..pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/234/lei_464_22_reajuste_servidores_educacao_25_recomposicao_2018_2019_2020_2021..pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/233/lei_463_22_reajuste_professores_base_piso_nacional_educacao_basica..pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/236/lei_461_22_altera_lei_446..pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/235/lei_complementar_462_22_regras_aposentadoria_pensao_servidores_publicos..pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/227/lei_460_22_abertura_dotacao_orcamentaria_credito_especial..pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/228/lei_459_abertura_dotacao_orcamentaria_credito_suplementar..pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/243/lei_458_22_dispoe_diretrizes_orcamentarias_exercicio_2023..pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/226/lei_456_22_altera_lei_447_2022..pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/225/lei_455_22_abertura_dotacao_orcamentaria_iluminacao_publica..pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/290/lei_n_457_de_12_de_julho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/224/lei_453_22_abertura_dotacao_orcamentaria_escolas_ervila_noemi_delphina..pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/222/lei_451_22cria_fundo_protecao_defesa_civil_iranduba_fumpdec..pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/223/lei_448_22_altera_8_lei_123_06..pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/221/decreto_legislativo_039_aprova_contas_madalena_jesus_referente_2015..pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/220/decreto_legislativo_038_22_aprova_contas_xinaik_silva_medeiros_referente_2015..pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/219/lei_447_22_institui_regime_previdencia_complementar_iranduba..pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/208/lei_446_22_institui_recuperacao_fiscal_refis..pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/218/lei_445_22_altera_artigo_28_lei_309_2016..pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/211/decreto_legislativo_037_22_aprova_contas_prefeitura_iranduba_2013_responsabilidade_xinaik_medeiros..pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/318/ato_normativo_n_002_-2022_gp_cmi.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/210/decreto_legislativo_036_22_dispoe_concessao_diarias_poder_legislativo..pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/209/lei_complementar_444_22_altera_lei_320_16_cota_exercicio_atividade_parlamentar_ceap..pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/207/lei_443_22_reajuste_servidores_administracao_saude..pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/203/lei_438_22_proibe_troca_medidores_sem_comunicacao_previa..pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/204/lei_435_22_servicos_saude_iniciativa_privada..pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/50/lei_442_fundeb_2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/106/lei_441_21_estima_receita_fixa_despesa_loa_para_2022..pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/105/lei_440_21_planoplurianual_ppa_para_2022_2025..pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/49/lei_439_subistitui_rua_david_queiroz_para_rua_leonidas_alves_araujo.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/51/lei_437_21_altera_art.5o_lei_402_ldo_22..pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/56/lei_n_436_mudanca_avenida_jose_maria_muniz_para_afonso_bezerra_da_costa.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/46/decreto_legislativo_035_concede_titulo_cidadao_sinesio_campos.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/45/decreto_legislaivo_034_concede_titulo_cidadao_marly_nilo.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/44/decreto_legislativo_33_cidadao_irandubaense_wilson_lima.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/43/decreto_legislativo_32_cidadao_irandubense_dr_gomes.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/48/lei_434_dia_memoria_vitimas_covid.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/47/lei_433_comenda_amigo_sus.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/42/lei_432_denomina_rua_giovane_xavier_de_souza.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/41/lei_431_denomina_rua_joao_darci_de_souza.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/40/lei_430_denomina_rua_pedro_castanha.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/39/lei_429_denomina_polo_de_saude_km26.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/38/lei_428_denomina_rua_francisco_salgado.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/37/lei_427_denomina_rua_eunice_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/36/lei_426_denomina_rua_izete_fernandes.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/35/lei_425_autoriza_abertura_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/34/lei_424_autoriza_abertura_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/33/lei_423_autoriza_abertura_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/32/lei_422_autoriza_abertura_de_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/31/lei_421_autoriza_a_abertura_de_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/30/lei_420_autoriza_abertura_de_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/24/lei_419_21_abertura_de_credito_suplementar_no_orcamento_de_2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/23/lei_418_21_abertura_de_credito_suplementar_no_orcamento_de_2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/22/decreto_legislativo_031_21_susta_os_efeitos_entre_o_imtti_e_o_detram_bem_como_o_decreto_081_membros_da_jari.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/17/lei_412_dispoe_sobre_abertura_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/26/le_410_21_abertura_de_credito_suplementar_no_orcamento_de_2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/27/lei_413_21_abertura_de_dotacao_orcamentaria_e_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/25/lei_411_21_abertura_de_credito_suplementar_no_orcamento_de_2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/28/lei_407_21_abertura_de_dotacao_orcamentaria_e_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/21/lei_417_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/20/lei_416_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/19/lei_415_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/18/lei_414_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/29/lei_409_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/16/lei_408_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/15/lei_406_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/14/lei_405_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/13/lei_404_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/12/lei_403_21_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/11/lei_402_diretrizes_orcamentarias_2022.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/8/lei_n_401_renomear_escola_comunidade_sao_sebastiao_para_escola_francisca_almeida_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/9/lei_400_institui_dia_do_musico.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/6/resolucao_no002_21_cria_a_escola_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/5/lei_399_altera_redacao_lei_178_2011.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/7/lei_396_lei_da_oracao_e_do_perdao.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/10/lei_395_altera_lei_210_criacao_cargos_comissionados.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/4/resolucao001_sessoes_remotas.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/58/lei_n_394_20_estima_receita_fixa_despesa_2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/2/lei_393_institui_o_novembro_sahu_ape.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/120/lei_392_20_denomina_creche_municipal_silvania_silva_silva.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/121/lei_390_20_substitui_nome_rua_sabia_para_dyoneide_caetano..pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/61/lei_n_391_20_dispoe_parcelamento_debitos_municipio_iranduba_regime_previdencia.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/1/lei_389_-_denomina_quadra_da_escola_cicero_monteiro.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/60/lei_n_388_20_dispoe_sobre_a_aplicacao_do_art.9_da_emenda_constitucional_no103_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/59/lei_n_387_20_suspende_contribuicoes_previdenciarias_patronais.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/3/lei_386_subsidio_2021-2014.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/57/lei_n_385_20_ldo_para_2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/119/lei_384_20_denomina_ubs_fluvial_sadi_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/85/lei_376_19_autoriza_unificacao_matriculas_dos_cargos_professores_municipais_da_educacao..pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/86/lei_373_19_autoriza_transferencia_ao_estado_do_amazonas_da_estrada_carlos_braga..pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/99/lei_372_19_dispoe_sobre_oficializacao_do_hino_municipal_do_iranduba..pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/82/lei_n_371_19_institui_taxa_licenciamento_ambiental_semmads.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/84/lei_370_19_denomina_praca_do_lago_limao_para_praca_elis_regina_da_silva_alves..pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/80/lei_369_19_cria_fundo_municipal_educacao_fme..pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/104/lei_368_19_dispoe_sobre_diretrizes_elaboracao_lei_orcamentaria_para_2020..pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/108/lei_367_19_cria_conselho_municipal_turismo_comtur..pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/83/lei_366_19_substitui_nome_travessa_tambaqui_para_travessa_dra_enilda_lins..pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/98/lei_365_19_substitui_nome_escola_municipal_dona_mieko_para_escola_municipal_manoel_gomes_macedo..pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/100/lei_364_19_proibe_inauguracao_entrega_obras_publicas_nao_estejam_condicoes_atender_populacao..pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/81/lei_362_19_declara_utilidade_publica_associacao_amazonense_gestao_ambiental_da_amazonia_aamagea_am..pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/89/lei_361_19_substitui_nome_escola_municipal_castelo_branco_para_escola_municipal_dona_alvanir_alves_de_oliveira_santos..pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/87/lei_360_18_estima_receita_fixa_despesa_loa_2019.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/97/lei_358_18_estabelece_normas_para_exploaracao_servicos_transporte_individual_passageiros_taxis..pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/95/lei_357_18_obrigatoriedade_empresas_de_transporte_fornecer_bilhete_unico_criar_postos_de_venda_estudantis..pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/88/lei_355_18_substitui_escola_municipal_sueli_dias_da_silva_para_escola_municipal_bela_vista..pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/93/lei_356_18_substitui_nome_da_escola_cavalcante_para_maria_elitia_cavalcante..pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/246/resolucao_001_18_proibe_reconducao_mesa..pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/96/lei_353_18_lei_diretrizes_orcamentarias_para_2019..pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/94/lei_352_18_denomina_ubs_da_cidade_nova_vereador_joao_lima_da_silva..pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/92/lei_351_18_denomina_escola_municipal_dona_lima_gomes_da_silva..pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/78/lei_n_350_18_substitui_maria_iolnada_para_maria_silva_da_costa.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/77/lei_349_18_substitui_nome_ubs_delphina_aziz_para_matilde_nerys..pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/91/lei_348_18_substitui_nome_creche_nejmi_aziz_para_ana_dos_santos_monteiro..pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/76/lei_347_substitui_nome_creche_sandra_braga_para_socorro_macedo..pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/75/lei_346_18_isenta_doadores_medula_pagamento_taxas_concursos..pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/109/lei_345_18_cassacao_alvara_postos_cpmbustiveis_adulterados..pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/79/lei_344_18_torna_obrigatoria_instalacao_dispositivos_seguranca_agencias_bancarias..pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/128/lei_343_18_concede_reajuste_servidores_magisterio.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/66/lei_n_342_17_dispoe_servicos_qualquer_natureza_issqn.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/73/lei_341_17_estima_receita_fixa_despesa_loa_2018.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/111/lei_340_17_plano_plurianual_2018_2021..pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/71/lei_n_337_17_criacao_junta_medica_iranduba..pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/70/lei_n_336_17_programa_recuperacao_fiscal_refis..pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/101/lei_335_17_reparcelamento_parcelamento_debito_inprev..pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/453/lei_no_338_de_05_de_dezembro_de_2017.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/107/lei_334_17_regulariza_servicos_optometricos.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/74/lei_330_17_diretrizes_elaboracao_lei_orcamentaria_para_2018..pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/65/lei_n_329_17_cria_guarda_civil_metropolitana_iranduba.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/72/lei_328_17_declara_utilidade_publica_associacao_missionaria_missao_vida..pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/68/lei_n_327_17_concede_reajuste_exceto_educacao.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/67/lei_n_326_concede_reajuste_servidores_educacao.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/69/lei_n_325_17_utilidade_publica_instituto_iran_tribal.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/115/lei_323_16_obriga_instalacao_cameras_predios_publicos..pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/110/lei_315_16_institui_dia_municipal_do_pastor..pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/216/lei_324_16_altera_anexo_i_da_lei_196_2011..pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/127/lei_322_16_estima_receita_fixa_despesa_loa_2017..pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/178/lei_321_16_cria_conselho_e_fundo_municipal_desenvolvimento_rural_sustentavel..pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/112/lei_320_16_cota_atividade_parlamentar_ceap_.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/168/lei_319_16_fixa_subsidios_prefeito_vice_prefeito_2017_2020..pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/177/lei_318_16_estabelece_subsidio_vereadores_2017_2020..pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/114/lei_317_16_estrutura_administrativa_camara_iranduba.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/113/lei_316_16_plano_cargos_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/182/lei_312_16_transporte_universitario_iranduba..pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/183/lei_311_16_regularizacao_fundiaria_iranduba..pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/187/lei_313_16_codigo_sanitario_iranduba..pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/131/lei_309_16_altera_artigos_12_a_16_da_lei_088_03_inclui_artigos_27_a_64..pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/172/lei_308_16_parcelamento_debitos_municipio_iranduba_com_instituto_previdencia_inprev..pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/117/lei_306_16_utilidade_publica_associacao_agricultories_aascam..pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/116/lei_305_16_reajuste_servidores_prefeitura_iranduba_exceto_servidores_educacao_monta_10..pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/118/lei_304_16_ldo_para_2017..pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/184/lei_303_16_institui_dia_mestico..pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/185/lei_301_16_concede_reajuste_servidores_educacao_1128..pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/132/lei_300_15_estima_receita_fixa_despesa_loa_2016..pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/186/lei_299_15_institui_plano_enfrentamento_violencia_sexual_2015_2019..pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/129/lei_298_15_dispoe_diretrizes_elaboracao_orcamentaria_ldo_para_2016..pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/125/lei_296_15_aprova_plano_municipal_educacao_pme_municipio_iranduba..pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/123/lei_295_15_utilidade_publica_instituto_resgatando_valores_irvea..pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/130/lei_293_15_concede_reajuste_professores_pedagogos_servidores_administrativos_educacao..pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/124/lei_292_15_autoriza_chefe_executivo_outorgar_30_concessoes_para_servico_taxi..pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/122/lei_291_14_dispoe_sobre_sistema_unico_assistencia_social..pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/126/lei_290_14_estima_receita_fixa_despesa_loa_para_2015..pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/212/lei_complementar_289_14_altera_anexos_art.5o_lei_municipal_286_14..pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/102/lei_287_14_cria_conselho_municipal_de_transporte_escolar_cmte..pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/214/lei_288_14_altera_art.3o_lei_municipal_277_14..pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/181/lei_286_14_diretrizes_elaboracao_orcamentaria_exercicio_ldo_2015..pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/175/lei_285_14_concede_abono_salarial_servidores_administrativos_educacao_administracao..pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/160/lei_284_14_concede_abono_salarial_servidores_administrativos_educacao_administracao..pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/136/lei_282_14_institui_politica_meio_ambiente_iranduba..pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/140/lei_281_14_utilidade_publica_fundacao_inclusao_formacao_social..pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/103/lei_280_14_cria_secretaria_cultura.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/135/lei_279_14_utilidade_publica_associacao_mulheres_jasmin_distrito_cacau_pirera..pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/174/lei_278_14_concede_reajuste_832_professores_nivel_medio_superior_pedagogos..pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/134/lei_275_14_reajsute_salarial_4_professores_pedagogos..pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/139/lei_complementar_272_13_concede_reajuste_salarial_servidores_quadro_saude..pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/142/lei_271_13_altera_lei_260_13_acerca_secretarias_municipais..pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/141/lei_270_13_cria_parque_industrial_pimi_estabelece_incentivos_a_instalacao_industrias..pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/143/lei_265_13_dispoe_sobre_politica_municipal_saneamento_basico_residuos_solidos_cria_fundo_saneamento_basico_conselho_saneamento_basico..pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/144/lei_269_13_dispoe_desoneracoes_tributarias_empreendimentos_habitacionais_interesse_social..pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/150/lei_267_13_utilidade_publica_associacao_comunitaria_sao_joao..pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/213/lei_complementar_266_13_altera_art._2_lei_135_incluindo_inciso_vii_e_viii..pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/245/lei_264_13_altera_classe_requisitos_junta_medica_inprev..pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/133/lei_276_13_institui_dia_profissional_moto_taxi..pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/165/lei_163_13_dispoe_diretrizes_elaboracao_lei_orcamentaria_para_2014...pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/217/lei_261_13_altera_anexos_vii_viii_lei_182_institui_novo_vencimento_cargos_comissao_funcao_gratificada..pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/149/lei_260_13_dispoe_funcionamento_estrutura_administrativa_poder_executivo..pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/161/lei_259_13_autoriza_poder_executivo_celebrar_termo_confissao_debito_previdenciario_acordo_parcelamento_inprev..pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/151/lei_258_13_autoriza_poder_executivo_celebrar_termo_confissao_debito_previdenciario_acordo_parcelamento_inprev..pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/137/lei_262_13_concede_reajuste_professores_quadro_pessoal_efetivo..pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/158/lei_235_12_estima_receita_fixa_despesa_loa_para_2013..pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/154/lei_233_12_autoriza_poder_executivo_doar_area_igreja_adventista_setimo_dia_construcao_colegio_adventista..pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/231/lei_232_12_altera_anexos_iib_iii_lei_182_11..pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/63/lei_n_231_12_regulamenta_atividade_mototaxistas.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/138/lei_230_12_cria_cargos_agente_saude_e_agente_de_endemias..pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/418/lei_organica_de_iranduba.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/153/lei_229_12_autoriza_poder_executivo_permutar_imovel_administracao_publica_minsiterio_publico..pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/167/lei_256_12_autoriza_saae_conceder_desconto_debitos_agua_2007_a_2012..pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/157/lei_224_12_institui_dia_consciencia_crista_comemorado_31_outubro..pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/152/lei_223_12_institui_dia_vigilia_transformacao_comemorado_05_maio..pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/155/lei_222_12_institui_festival_musica_gospel_music..pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/159/lei_219_12_concessao_desconto_emissao_licenca_construcao_alvara_de_licenca_projeto..pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/166/lei_218_12_concessao_desconto_iptu_para_2007_a_2012..pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/145/lei_217_12_dispoe_sobre_construcao_exploracao_cemiterios_municipio_iranduba..pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/148/lei_216_12_dispoe_diretrizes_elaboracao_lei_orcamentaria_exercicio_2013..pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/147/lei_215_12_institui_nota_fiscal_eletronica_nfs_e..pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/146/lei_complementar_212_12_defina_expansao_urbana_criados_pela_lei_129_06.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/64/lei_n_210_12_criacao_cargos_comissionados_semei.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/215/lei_complementar_204_12_modifica_subordinacao_secretaria_executivo_esporte..pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/156/lei_203_12_isencao_pagamento_taxa_concursos_publicos..pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/53/lei_n_200_11_institui_unidade_fiscal_ufm.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/55/lei_n_198_11_transmissao_inter_vivos_itbi.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/54/lei_n_196_11_novo_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/163/lei_199_11_estima_receita_fixa_despesa_loa_para__2012..pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/164/lei_195_11_plano_organizacao_inprev..pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/205/lei_194_11_conselho_municipal_idoso_iranduba..pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/62/lei_193_11_dispoe_sobre_imposto_predial_iptu..pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/230/lei_190_a_11_altera_anexo_i_lei182_11_para_criar_tres_vagas_advogado..pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/232/lei_188_11_altera_plano_custeio_estabelecido_item_i_art_42_lei_123_06..pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/179/lei_124_11_utilidade_publica_associacao_mulheres_ribeirinhas_casa_de_sara..pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/52/lei_n_180_11_cria_imtti_junta_administrativa_jari.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/437/lei_178_11_plano_cargos_carreiras_salarios_semei.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2010/173/lei_168_10_cria_conselho_fundo_cultura..pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2008/229/lei_141_08_altera_lei_053_98_reestrutura_conselho_municipal_saude_fundo_municipal_saude..pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2006/169/lei_130_06_cria_coordenadoria_defesa_civl_comdec_municipio_de_iranduba..pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2006/374/lei_no123.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2005/171/lei_109_05_fixa_diarias_prefeito_vice_prefeito_servidores_municipais..pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2005/176/lei_107_05_dispoe_sobre_organizacao_pessoal_saae..pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2005/170/lei_106_05_cria_servico_autonomo_agua_esgoto_saae..pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2005/373/lei_no105.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2004/194/decreto_legislativo_005_04_desaprova_prestacao_contas_jose_maria_muniz_exercicio_2000..pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2003/195/decreto_legislativo_003_03_utilidade_publica_arcosfram..pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2003/198/lei_089_03_disciplina_funcionamento_bares_similares_iranduba..pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2003/162/lei_088_03_cria_cmdca_fundo_cmdca_conselho_tutelar..pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2002/188/lei_087_02_institui_conselho_educacao_iranduba.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2002/206/lei_complementar_083_02_sistema_transporte_iranduba..pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2001/249/decreto_legislativo_001_01_utilidade_publica_associacao_estrela_da_manha..pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2001/192/lei_78_01_obriga_cobertura_plastica_transporte_iranduba..pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2000/248/lei_070_00_cria_assentamento_fazenda_carlifornia..pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1999/190/lei_060_99_doacao_lote_colonia_pescadores..pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1998/189/lei_057_98_cria_servico_urbano_moto_taxi..pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1998/250/decreto_legislativo_002_98_utilidade_publica_colonia_pescadores_iranduba..pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1998/247/lei_56_98_institui_dia_festa_pupunha..pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1998/191/lei_050_98_isencao_cobranca_transportes_rodoviarios_hidroviarios..pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1997/202/lei_040_97_cria_secretarias_transporte_financas_turismo_planejamento..pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1996/196/decreto_legislativo_004_96_utilidade_publica_sao_francisco_muratu..pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1996/201/decreto_legislativo_004_96_autoriza_poder_executivo_criar_conselho_assistencia_social..pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1996/199/decreto_legislativo_003_96_autoriza_poder_executivo_criar_fundo_assistencia_social..pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1995/200/decreto_legislativo_018_95_utilidade_publica_associacao_comunitaria_bom_jesus..pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1995/193/decreto_legislativo_017_95_utilidade_publica_associacao_moradores_bairro_cidade_nova..pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1993/197/decreto_legislativo_013_93_utilidade_publica_agremiacao_desportiva_flamengo_futebol..pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G470"/>
+  <dimension ref="A1:G478"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="203.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -5321,146 +5390,146 @@
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
         <v>11</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="E4" t="s">
+      <c r="G4" t="s">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="G5" t="s">
         <v>25</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" t="s">
+        <v>27</v>
+      </c>
+      <c r="D6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G6" t="s">
         <v>29</v>
-      </c>
-[...10 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="G7" t="s">
         <v>33</v>
-      </c>
-[...10 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D8" t="s">
+        <v>36</v>
+      </c>
+      <c r="E8" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>38</v>
       </c>
       <c r="G8" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>40</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
         <v>41</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="1" t="s">
@@ -5643,54 +5712,54 @@
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>76</v>
       </c>
       <c r="G17" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>78</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
         <v>79</v>
       </c>
       <c r="D18" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="E18" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>80</v>
       </c>
       <c r="G18" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>82</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
         <v>83</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="1" t="s">
@@ -5758,77 +5827,77 @@
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>96</v>
       </c>
       <c r="G22" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>98</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
         <v>99</v>
       </c>
       <c r="D23" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="E23" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>100</v>
       </c>
       <c r="G23" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>102</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
         <v>103</v>
       </c>
       <c r="D24" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="E24" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>104</v>
       </c>
       <c r="G24" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>106</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
         <v>107</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="1" t="s">
@@ -5919,77 +5988,77 @@
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>124</v>
       </c>
       <c r="G29" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>126</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
         <v>127</v>
       </c>
       <c r="D30" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="E30" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>128</v>
       </c>
       <c r="G30" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>130</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
         <v>131</v>
       </c>
       <c r="D31" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="E31" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>132</v>
       </c>
       <c r="G31" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>134</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
         <v>135</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" s="1" t="s">
@@ -6011,10088 +6080,10272 @@
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>140</v>
       </c>
       <c r="G33" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>142</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
         <v>143</v>
       </c>
       <c r="D34" t="s">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="E34" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>144</v>
       </c>
       <c r="G34" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>146</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
         <v>147</v>
       </c>
       <c r="D35" t="s">
+        <v>10</v>
+      </c>
+      <c r="E35" t="s">
+        <v>11</v>
+      </c>
+      <c r="F35" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="E35" t="s">
+      <c r="G35" t="s">
         <v>149</v>
-      </c>
-[...4 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" t="s">
+        <v>151</v>
+      </c>
+      <c r="D36" t="s">
+        <v>10</v>
+      </c>
+      <c r="E36" t="s">
+        <v>11</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="G36" t="s">
         <v>153</v>
-      </c>
-[...10 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37" t="s">
+        <v>155</v>
+      </c>
+      <c r="D37" t="s">
+        <v>10</v>
+      </c>
+      <c r="E37" t="s">
+        <v>11</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="G37" t="s">
         <v>157</v>
-      </c>
-[...10 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38" t="s">
+        <v>159</v>
+      </c>
+      <c r="D38" t="s">
+        <v>10</v>
+      </c>
+      <c r="E38" t="s">
+        <v>11</v>
+      </c>
+      <c r="F38" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="G38" t="s">
         <v>161</v>
-      </c>
-[...10 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
+        <v>162</v>
+      </c>
+      <c r="B39" t="s">
+        <v>8</v>
+      </c>
+      <c r="C39" t="s">
+        <v>163</v>
+      </c>
+      <c r="D39" t="s">
+        <v>10</v>
+      </c>
+      <c r="E39" t="s">
+        <v>11</v>
+      </c>
+      <c r="F39" s="1" t="s">
         <v>164</v>
       </c>
-      <c r="B39" t="s">
+      <c r="G39" t="s">
         <v>165</v>
-      </c>
-[...13 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
+        <v>166</v>
+      </c>
+      <c r="B40" t="s">
+        <v>8</v>
+      </c>
+      <c r="C40" t="s">
+        <v>167</v>
+      </c>
+      <c r="D40" t="s">
+        <v>10</v>
+      </c>
+      <c r="E40" t="s">
+        <v>11</v>
+      </c>
+      <c r="F40" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="G40" t="s">
         <v>169</v>
-      </c>
-[...16 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>170</v>
+      </c>
+      <c r="B41" t="s">
+        <v>8</v>
+      </c>
+      <c r="C41" t="s">
+        <v>171</v>
+      </c>
+      <c r="D41" t="s">
+        <v>10</v>
+      </c>
+      <c r="E41" t="s">
+        <v>11</v>
+      </c>
+      <c r="F41" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="G41" t="s">
         <v>173</v>
-      </c>
-[...16 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>174</v>
+      </c>
+      <c r="B42" t="s">
+        <v>8</v>
+      </c>
+      <c r="C42" t="s">
+        <v>175</v>
+      </c>
+      <c r="D42" t="s">
+        <v>50</v>
+      </c>
+      <c r="E42" t="s">
+        <v>51</v>
+      </c>
+      <c r="F42" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="G42" t="s">
         <v>177</v>
-      </c>
-[...16 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
+        <v>178</v>
+      </c>
+      <c r="B43" t="s">
+        <v>8</v>
+      </c>
+      <c r="C43" t="s">
+        <v>179</v>
+      </c>
+      <c r="D43" t="s">
+        <v>180</v>
+      </c>
+      <c r="E43" t="s">
         <v>181</v>
       </c>
-      <c r="B43" t="s">
-[...2 lines deleted...]
-      <c r="C43" t="s">
+      <c r="F43" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="D43" t="s">
-[...5 lines deleted...]
-      <c r="F43" s="1" t="s">
+      <c r="G43" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
+        <v>184</v>
+      </c>
+      <c r="B44" t="s">
+        <v>8</v>
+      </c>
+      <c r="C44" t="s">
         <v>185</v>
       </c>
-      <c r="B44" t="s">
-[...2 lines deleted...]
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>10</v>
+      </c>
+      <c r="E44" t="s">
+        <v>11</v>
+      </c>
+      <c r="F44" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="D44" t="s">
-[...5 lines deleted...]
-      <c r="F44" s="1" t="s">
+      <c r="G44" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
+        <v>188</v>
+      </c>
+      <c r="B45" t="s">
+        <v>8</v>
+      </c>
+      <c r="C45" t="s">
         <v>189</v>
       </c>
-      <c r="B45" t="s">
-[...2 lines deleted...]
-      <c r="C45" t="s">
+      <c r="D45" t="s">
+        <v>10</v>
+      </c>
+      <c r="E45" t="s">
+        <v>11</v>
+      </c>
+      <c r="F45" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="D45" t="s">
-[...5 lines deleted...]
-      <c r="F45" s="1" t="s">
+      <c r="G45" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
+        <v>192</v>
+      </c>
+      <c r="B46" t="s">
+        <v>8</v>
+      </c>
+      <c r="C46" t="s">
         <v>193</v>
       </c>
-      <c r="B46" t="s">
-[...2 lines deleted...]
-      <c r="C46" t="s">
+      <c r="D46" t="s">
+        <v>10</v>
+      </c>
+      <c r="E46" t="s">
+        <v>11</v>
+      </c>
+      <c r="F46" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="D46" t="s">
-[...5 lines deleted...]
-      <c r="F46" s="1" t="s">
+      <c r="G46" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
+        <v>196</v>
+      </c>
+      <c r="B47" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="C47" t="s">
         <v>198</v>
       </c>
       <c r="D47" t="s">
         <v>10</v>
       </c>
       <c r="E47" t="s">
         <v>11</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>199</v>
       </c>
       <c r="G47" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>201</v>
       </c>
       <c r="B48" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C48" t="s">
         <v>202</v>
       </c>
       <c r="D48" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="E48" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>203</v>
       </c>
       <c r="G48" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>205</v>
       </c>
       <c r="B49" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C49" t="s">
         <v>206</v>
       </c>
       <c r="D49" t="s">
+        <v>50</v>
+      </c>
+      <c r="E49" t="s">
+        <v>51</v>
+      </c>
+      <c r="F49" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="E49" t="s">
+      <c r="G49" t="s">
         <v>208</v>
-      </c>
-[...4 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
+        <v>209</v>
+      </c>
+      <c r="B50" t="s">
+        <v>197</v>
+      </c>
+      <c r="C50" t="s">
+        <v>210</v>
+      </c>
+      <c r="D50" t="s">
+        <v>10</v>
+      </c>
+      <c r="E50" t="s">
+        <v>11</v>
+      </c>
+      <c r="F50" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="B50" t="s">
-[...2 lines deleted...]
-      <c r="C50" t="s">
+      <c r="G50" t="s">
         <v>212</v>
-      </c>
-[...10 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
+        <v>213</v>
+      </c>
+      <c r="B51" t="s">
+        <v>197</v>
+      </c>
+      <c r="C51" t="s">
+        <v>214</v>
+      </c>
+      <c r="D51" t="s">
+        <v>10</v>
+      </c>
+      <c r="E51" t="s">
+        <v>11</v>
+      </c>
+      <c r="F51" s="1" t="s">
         <v>215</v>
       </c>
-      <c r="B51" t="s">
-[...2 lines deleted...]
-      <c r="C51" t="s">
+      <c r="G51" t="s">
         <v>216</v>
-      </c>
-[...10 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
+        <v>217</v>
+      </c>
+      <c r="B52" t="s">
+        <v>197</v>
+      </c>
+      <c r="C52" t="s">
+        <v>218</v>
+      </c>
+      <c r="D52" t="s">
+        <v>10</v>
+      </c>
+      <c r="E52" t="s">
+        <v>11</v>
+      </c>
+      <c r="F52" s="1" t="s">
         <v>219</v>
       </c>
-      <c r="B52" t="s">
-[...2 lines deleted...]
-      <c r="C52" t="s">
+      <c r="G52" t="s">
         <v>220</v>
-      </c>
-[...10 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
+        <v>221</v>
+      </c>
+      <c r="B53" t="s">
+        <v>197</v>
+      </c>
+      <c r="C53" t="s">
+        <v>222</v>
+      </c>
+      <c r="D53" t="s">
+        <v>180</v>
+      </c>
+      <c r="E53" t="s">
+        <v>181</v>
+      </c>
+      <c r="F53" s="1" t="s">
         <v>223</v>
       </c>
-      <c r="B53" t="s">
-[...2 lines deleted...]
-      <c r="C53" t="s">
+      <c r="G53" t="s">
         <v>224</v>
-      </c>
-[...10 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
+        <v>225</v>
+      </c>
+      <c r="B54" t="s">
+        <v>197</v>
+      </c>
+      <c r="C54" t="s">
+        <v>226</v>
+      </c>
+      <c r="D54" t="s">
+        <v>10</v>
+      </c>
+      <c r="E54" t="s">
+        <v>11</v>
+      </c>
+      <c r="F54" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="B54" t="s">
-[...2 lines deleted...]
-      <c r="C54" t="s">
+      <c r="G54" t="s">
         <v>228</v>
-      </c>
-[...10 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
+        <v>229</v>
+      </c>
+      <c r="B55" t="s">
+        <v>197</v>
+      </c>
+      <c r="C55" t="s">
+        <v>230</v>
+      </c>
+      <c r="D55" t="s">
+        <v>10</v>
+      </c>
+      <c r="E55" t="s">
+        <v>11</v>
+      </c>
+      <c r="F55" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="B55" t="s">
-[...2 lines deleted...]
-      <c r="C55" t="s">
+      <c r="G55" t="s">
         <v>232</v>
-      </c>
-[...10 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
+        <v>233</v>
+      </c>
+      <c r="B56" t="s">
+        <v>197</v>
+      </c>
+      <c r="C56" t="s">
+        <v>234</v>
+      </c>
+      <c r="D56" t="s">
+        <v>10</v>
+      </c>
+      <c r="E56" t="s">
+        <v>11</v>
+      </c>
+      <c r="F56" s="1" t="s">
         <v>235</v>
       </c>
-      <c r="B56" t="s">
-[...2 lines deleted...]
-      <c r="C56" t="s">
+      <c r="G56" t="s">
         <v>236</v>
-      </c>
-[...10 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
+        <v>237</v>
+      </c>
+      <c r="B57" t="s">
+        <v>197</v>
+      </c>
+      <c r="C57" t="s">
+        <v>238</v>
+      </c>
+      <c r="D57" t="s">
         <v>239</v>
       </c>
-      <c r="B57" t="s">
-[...2 lines deleted...]
-      <c r="C57" t="s">
+      <c r="E57" t="s">
         <v>240</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>241</v>
       </c>
       <c r="G57" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>243</v>
       </c>
       <c r="B58" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C58" t="s">
         <v>244</v>
       </c>
       <c r="D58" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="E58" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>245</v>
       </c>
       <c r="G58" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>247</v>
       </c>
       <c r="B59" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C59" t="s">
         <v>248</v>
       </c>
       <c r="D59" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E59" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>249</v>
       </c>
       <c r="G59" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>251</v>
       </c>
       <c r="B60" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C60" t="s">
         <v>252</v>
       </c>
       <c r="D60" t="s">
         <v>10</v>
       </c>
       <c r="E60" t="s">
         <v>11</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>253</v>
       </c>
       <c r="G60" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>255</v>
       </c>
       <c r="B61" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C61" t="s">
         <v>256</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61" t="s">
         <v>11</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>257</v>
       </c>
       <c r="G61" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>259</v>
       </c>
       <c r="B62" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C62" t="s">
         <v>260</v>
       </c>
       <c r="D62" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="E62" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>261</v>
       </c>
       <c r="G62" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>263</v>
       </c>
       <c r="B63" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C63" t="s">
         <v>264</v>
       </c>
       <c r="D63" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="E63" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>265</v>
       </c>
       <c r="G63" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>267</v>
       </c>
       <c r="B64" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C64" t="s">
         <v>268</v>
       </c>
       <c r="D64" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="E64" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>269</v>
       </c>
       <c r="G64" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>271</v>
       </c>
       <c r="B65" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C65" t="s">
         <v>272</v>
       </c>
       <c r="D65" t="s">
         <v>50</v>
       </c>
       <c r="E65" t="s">
         <v>51</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>273</v>
       </c>
       <c r="G65" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
         <v>275</v>
       </c>
       <c r="B66" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C66" t="s">
         <v>276</v>
       </c>
       <c r="D66" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="E66" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>277</v>
       </c>
       <c r="G66" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
         <v>279</v>
       </c>
       <c r="B67" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C67" t="s">
         <v>280</v>
       </c>
       <c r="D67" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="E67" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>281</v>
       </c>
       <c r="G67" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>283</v>
       </c>
       <c r="B68" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C68" t="s">
         <v>284</v>
       </c>
       <c r="D68" t="s">
         <v>10</v>
       </c>
       <c r="E68" t="s">
         <v>11</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>285</v>
       </c>
       <c r="G68" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>287</v>
       </c>
       <c r="B69" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C69" t="s">
         <v>288</v>
       </c>
       <c r="D69" t="s">
         <v>10</v>
       </c>
       <c r="E69" t="s">
         <v>11</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>289</v>
       </c>
       <c r="G69" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>291</v>
       </c>
       <c r="B70" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C70" t="s">
         <v>292</v>
       </c>
       <c r="D70" t="s">
         <v>10</v>
       </c>
       <c r="E70" t="s">
         <v>11</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>293</v>
       </c>
       <c r="G70" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>295</v>
       </c>
       <c r="B71" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C71" t="s">
         <v>296</v>
       </c>
       <c r="D71" t="s">
         <v>10</v>
       </c>
       <c r="E71" t="s">
         <v>11</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>297</v>
       </c>
       <c r="G71" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>299</v>
       </c>
       <c r="B72" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C72" t="s">
         <v>300</v>
       </c>
       <c r="D72" t="s">
         <v>10</v>
       </c>
       <c r="E72" t="s">
         <v>11</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>301</v>
       </c>
       <c r="G72" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
         <v>303</v>
       </c>
       <c r="B73" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C73" t="s">
         <v>304</v>
       </c>
       <c r="D73" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="E73" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>305</v>
       </c>
       <c r="G73" t="s">
-        <v>101</v>
+        <v>306</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B74" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C74" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D74" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E74" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="G74" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B75" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C75" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D75" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E75" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="G75" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B76" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C76" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D76" t="s">
         <v>10</v>
       </c>
       <c r="E76" t="s">
         <v>11</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="G76" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B77" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C77" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D77" t="s">
         <v>10</v>
       </c>
       <c r="E77" t="s">
         <v>11</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="G77" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B78" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C78" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D78" t="s">
         <v>10</v>
       </c>
       <c r="E78" t="s">
         <v>11</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="G78" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="B79" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C79" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D79" t="s">
         <v>10</v>
       </c>
       <c r="E79" t="s">
         <v>11</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="G79" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B80" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C80" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D80" t="s">
         <v>10</v>
       </c>
       <c r="E80" t="s">
         <v>11</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="G80" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B81" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C81" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D81" t="s">
         <v>10</v>
       </c>
       <c r="E81" t="s">
         <v>11</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="G81" t="s">
-        <v>337</v>
+        <v>129</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
         <v>338</v>
       </c>
       <c r="B82" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C82" t="s">
         <v>339</v>
       </c>
       <c r="D82" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="E82" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>340</v>
       </c>
       <c r="G82" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
         <v>342</v>
       </c>
       <c r="B83" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C83" t="s">
         <v>343</v>
       </c>
       <c r="D83" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="E83" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>344</v>
       </c>
       <c r="G83" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
         <v>346</v>
       </c>
       <c r="B84" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C84" t="s">
         <v>347</v>
       </c>
       <c r="D84" t="s">
         <v>10</v>
       </c>
       <c r="E84" t="s">
         <v>11</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>348</v>
       </c>
       <c r="G84" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
         <v>350</v>
       </c>
       <c r="B85" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C85" t="s">
         <v>351</v>
       </c>
       <c r="D85" t="s">
         <v>10</v>
       </c>
       <c r="E85" t="s">
         <v>11</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>352</v>
       </c>
       <c r="G85" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
         <v>354</v>
       </c>
       <c r="B86" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C86" t="s">
         <v>355</v>
       </c>
       <c r="D86" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E86" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>356</v>
       </c>
       <c r="G86" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
         <v>358</v>
       </c>
       <c r="B87" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C87" t="s">
         <v>359</v>
       </c>
       <c r="D87" t="s">
         <v>10</v>
       </c>
       <c r="E87" t="s">
         <v>11</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>360</v>
       </c>
       <c r="G87" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
         <v>362</v>
       </c>
       <c r="B88" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C88" t="s">
         <v>363</v>
       </c>
       <c r="D88" t="s">
         <v>10</v>
       </c>
       <c r="E88" t="s">
         <v>11</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>364</v>
       </c>
       <c r="G88" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
         <v>366</v>
       </c>
       <c r="B89" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C89" t="s">
         <v>367</v>
       </c>
       <c r="D89" t="s">
         <v>10</v>
       </c>
       <c r="E89" t="s">
         <v>11</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>368</v>
       </c>
       <c r="G89" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
         <v>370</v>
       </c>
       <c r="B90" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C90" t="s">
         <v>371</v>
       </c>
       <c r="D90" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E90" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>372</v>
       </c>
       <c r="G90" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
         <v>374</v>
       </c>
       <c r="B91" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C91" t="s">
         <v>375</v>
       </c>
       <c r="D91" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E91" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>376</v>
       </c>
       <c r="G91" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
         <v>378</v>
       </c>
       <c r="B92" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C92" t="s">
         <v>379</v>
       </c>
       <c r="D92" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E92" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>380</v>
       </c>
       <c r="G92" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
         <v>382</v>
       </c>
       <c r="B93" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C93" t="s">
         <v>383</v>
       </c>
       <c r="D93" t="s">
         <v>10</v>
       </c>
       <c r="E93" t="s">
         <v>11</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>384</v>
       </c>
       <c r="G93" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
         <v>386</v>
       </c>
       <c r="B94" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C94" t="s">
         <v>387</v>
       </c>
       <c r="D94" t="s">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="E94" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>388</v>
       </c>
       <c r="G94" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
         <v>390</v>
       </c>
       <c r="B95" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C95" t="s">
         <v>391</v>
       </c>
       <c r="D95" t="s">
         <v>10</v>
       </c>
       <c r="E95" t="s">
         <v>11</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>392</v>
       </c>
       <c r="G95" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
         <v>394</v>
       </c>
       <c r="B96" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C96" t="s">
         <v>395</v>
       </c>
       <c r="D96" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E96" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>396</v>
       </c>
       <c r="G96" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
         <v>398</v>
       </c>
       <c r="B97" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C97" t="s">
         <v>399</v>
       </c>
       <c r="D97" t="s">
         <v>10</v>
       </c>
       <c r="E97" t="s">
         <v>11</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>400</v>
       </c>
       <c r="G97" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
         <v>402</v>
       </c>
       <c r="B98" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C98" t="s">
         <v>403</v>
       </c>
       <c r="D98" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="E98" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>404</v>
       </c>
       <c r="G98" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
         <v>406</v>
       </c>
       <c r="B99" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C99" t="s">
         <v>407</v>
       </c>
       <c r="D99" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="E99" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>408</v>
       </c>
       <c r="G99" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
         <v>410</v>
       </c>
       <c r="B100" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C100" t="s">
         <v>411</v>
       </c>
       <c r="D100" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="E100" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>412</v>
       </c>
       <c r="G100" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
         <v>414</v>
       </c>
       <c r="B101" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C101" t="s">
         <v>415</v>
       </c>
       <c r="D101" t="s">
         <v>10</v>
       </c>
       <c r="E101" t="s">
         <v>11</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>416</v>
       </c>
       <c r="G101" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
         <v>418</v>
       </c>
       <c r="B102" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C102" t="s">
         <v>419</v>
       </c>
       <c r="D102" t="s">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="E102" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>420</v>
       </c>
       <c r="G102" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
         <v>422</v>
       </c>
       <c r="B103" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C103" t="s">
         <v>423</v>
       </c>
       <c r="D103" t="s">
-        <v>148</v>
+        <v>10</v>
       </c>
       <c r="E103" t="s">
-        <v>149</v>
+        <v>11</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>424</v>
       </c>
       <c r="G103" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
         <v>426</v>
       </c>
       <c r="B104" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C104" t="s">
         <v>427</v>
       </c>
       <c r="D104" t="s">
         <v>50</v>
       </c>
       <c r="E104" t="s">
         <v>51</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>428</v>
       </c>
       <c r="G104" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
         <v>430</v>
       </c>
       <c r="B105" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C105" t="s">
         <v>431</v>
       </c>
       <c r="D105" t="s">
-        <v>148</v>
+        <v>10</v>
       </c>
       <c r="E105" t="s">
-        <v>149</v>
+        <v>11</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>432</v>
       </c>
       <c r="G105" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
         <v>434</v>
       </c>
       <c r="B106" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C106" t="s">
         <v>435</v>
       </c>
       <c r="D106" t="s">
-        <v>148</v>
+        <v>10</v>
       </c>
       <c r="E106" t="s">
-        <v>149</v>
+        <v>11</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>436</v>
       </c>
       <c r="G106" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
         <v>438</v>
       </c>
       <c r="B107" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C107" t="s">
         <v>439</v>
       </c>
       <c r="D107" t="s">
-        <v>148</v>
+        <v>10</v>
       </c>
       <c r="E107" t="s">
-        <v>149</v>
+        <v>11</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>440</v>
       </c>
       <c r="G107" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
         <v>442</v>
       </c>
       <c r="B108" t="s">
+        <v>197</v>
+      </c>
+      <c r="C108" t="s">
         <v>443</v>
       </c>
-      <c r="C108" t="s">
+      <c r="D108" t="s">
+        <v>10</v>
+      </c>
+      <c r="E108" t="s">
+        <v>11</v>
+      </c>
+      <c r="F108" s="1" t="s">
         <v>444</v>
       </c>
-      <c r="D108" t="s">
-[...5 lines deleted...]
-      <c r="F108" s="1" t="s">
+      <c r="G108" t="s">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>446</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
+        <v>446</v>
+      </c>
+      <c r="B109" t="s">
+        <v>197</v>
+      </c>
+      <c r="C109" t="s">
         <v>447</v>
       </c>
-      <c r="B109" t="s">
-[...2 lines deleted...]
-      <c r="C109" t="s">
+      <c r="D109" t="s">
+        <v>10</v>
+      </c>
+      <c r="E109" t="s">
+        <v>11</v>
+      </c>
+      <c r="F109" s="1" t="s">
         <v>448</v>
       </c>
-      <c r="D109" t="s">
-[...5 lines deleted...]
-      <c r="F109" s="1" t="s">
+      <c r="G109" t="s">
         <v>449</v>
-      </c>
-[...1 lines deleted...]
-        <v>450</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
+        <v>450</v>
+      </c>
+      <c r="B110" t="s">
+        <v>197</v>
+      </c>
+      <c r="C110" t="s">
         <v>451</v>
       </c>
-      <c r="B110" t="s">
-[...2 lines deleted...]
-      <c r="C110" t="s">
+      <c r="D110" t="s">
+        <v>50</v>
+      </c>
+      <c r="E110" t="s">
+        <v>51</v>
+      </c>
+      <c r="F110" s="1" t="s">
         <v>452</v>
       </c>
-      <c r="D110" t="s">
-[...5 lines deleted...]
-      <c r="F110" s="1" t="s">
+      <c r="G110" t="s">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>454</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
+        <v>454</v>
+      </c>
+      <c r="B111" t="s">
+        <v>197</v>
+      </c>
+      <c r="C111" t="s">
         <v>455</v>
       </c>
-      <c r="B111" t="s">
-[...2 lines deleted...]
-      <c r="C111" t="s">
+      <c r="D111" t="s">
+        <v>180</v>
+      </c>
+      <c r="E111" t="s">
+        <v>181</v>
+      </c>
+      <c r="F111" s="1" t="s">
         <v>456</v>
       </c>
-      <c r="D111" t="s">
-[...5 lines deleted...]
-      <c r="F111" s="1" t="s">
+      <c r="G111" t="s">
         <v>457</v>
-      </c>
-[...1 lines deleted...]
-        <v>458</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
+        <v>458</v>
+      </c>
+      <c r="B112" t="s">
+        <v>197</v>
+      </c>
+      <c r="C112" t="s">
         <v>459</v>
       </c>
-      <c r="B112" t="s">
-[...2 lines deleted...]
-      <c r="C112" t="s">
+      <c r="D112" t="s">
+        <v>36</v>
+      </c>
+      <c r="E112" t="s">
+        <v>37</v>
+      </c>
+      <c r="F112" s="1" t="s">
         <v>460</v>
       </c>
-      <c r="D112" t="s">
-[...5 lines deleted...]
-      <c r="F112" s="1" t="s">
+      <c r="G112" t="s">
         <v>461</v>
-      </c>
-[...1 lines deleted...]
-        <v>462</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
+        <v>462</v>
+      </c>
+      <c r="B113" t="s">
+        <v>197</v>
+      </c>
+      <c r="C113" t="s">
         <v>463</v>
       </c>
-      <c r="B113" t="s">
-[...2 lines deleted...]
-      <c r="C113" t="s">
+      <c r="D113" t="s">
+        <v>180</v>
+      </c>
+      <c r="E113" t="s">
+        <v>181</v>
+      </c>
+      <c r="F113" s="1" t="s">
         <v>464</v>
       </c>
-      <c r="D113" t="s">
-[...5 lines deleted...]
-      <c r="F113" s="1" t="s">
+      <c r="G113" t="s">
         <v>465</v>
-      </c>
-[...1 lines deleted...]
-        <v>466</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
+        <v>466</v>
+      </c>
+      <c r="B114" t="s">
+        <v>197</v>
+      </c>
+      <c r="C114" t="s">
         <v>467</v>
       </c>
-      <c r="B114" t="s">
-[...2 lines deleted...]
-      <c r="C114" t="s">
+      <c r="D114" t="s">
+        <v>180</v>
+      </c>
+      <c r="E114" t="s">
+        <v>181</v>
+      </c>
+      <c r="F114" s="1" t="s">
         <v>468</v>
       </c>
-      <c r="D114" t="s">
-[...5 lines deleted...]
-      <c r="F114" s="1" t="s">
+      <c r="G114" t="s">
         <v>469</v>
-      </c>
-[...1 lines deleted...]
-        <v>470</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
+        <v>470</v>
+      </c>
+      <c r="B115" t="s">
+        <v>197</v>
+      </c>
+      <c r="C115" t="s">
         <v>471</v>
       </c>
-      <c r="B115" t="s">
-[...2 lines deleted...]
-      <c r="C115" t="s">
+      <c r="D115" t="s">
+        <v>180</v>
+      </c>
+      <c r="E115" t="s">
+        <v>181</v>
+      </c>
+      <c r="F115" s="1" t="s">
         <v>472</v>
       </c>
-      <c r="D115" t="s">
-[...5 lines deleted...]
-      <c r="F115" s="1" t="s">
+      <c r="G115" t="s">
         <v>473</v>
-      </c>
-[...1 lines deleted...]
-        <v>474</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
+        <v>474</v>
+      </c>
+      <c r="B116" t="s">
         <v>475</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="C116" t="s">
         <v>476</v>
       </c>
       <c r="D116" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E116" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>477</v>
       </c>
       <c r="G116" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
         <v>479</v>
       </c>
       <c r="B117" t="s">
-        <v>165</v>
+        <v>475</v>
       </c>
       <c r="C117" t="s">
         <v>480</v>
       </c>
       <c r="D117" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E117" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>481</v>
       </c>
       <c r="G117" t="s">
         <v>482</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
         <v>483</v>
       </c>
       <c r="B118" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C118" t="s">
         <v>484</v>
       </c>
       <c r="D118" t="s">
-        <v>148</v>
+        <v>10</v>
       </c>
       <c r="E118" t="s">
-        <v>149</v>
+        <v>11</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>485</v>
       </c>
       <c r="G118" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
         <v>487</v>
       </c>
       <c r="B119" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C119" t="s">
         <v>488</v>
       </c>
       <c r="D119" t="s">
-        <v>148</v>
+        <v>10</v>
       </c>
       <c r="E119" t="s">
-        <v>149</v>
+        <v>11</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>489</v>
       </c>
       <c r="G119" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
         <v>491</v>
       </c>
       <c r="B120" t="s">
-        <v>165</v>
+        <v>475</v>
       </c>
       <c r="C120" t="s">
         <v>492</v>
       </c>
       <c r="D120" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E120" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>493</v>
       </c>
       <c r="G120" t="s">
         <v>494</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
         <v>495</v>
       </c>
       <c r="B121" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C121" t="s">
         <v>496</v>
       </c>
       <c r="D121" t="s">
         <v>10</v>
       </c>
       <c r="E121" t="s">
         <v>11</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>497</v>
       </c>
       <c r="G121" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
         <v>499</v>
       </c>
       <c r="B122" t="s">
-        <v>165</v>
+        <v>475</v>
       </c>
       <c r="C122" t="s">
         <v>500</v>
       </c>
       <c r="D122" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="E122" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>501</v>
       </c>
       <c r="G122" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
         <v>503</v>
       </c>
       <c r="B123" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C123" t="s">
         <v>504</v>
       </c>
       <c r="D123" t="s">
         <v>10</v>
       </c>
       <c r="E123" t="s">
         <v>11</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>505</v>
       </c>
       <c r="G123" t="s">
         <v>506</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
         <v>507</v>
       </c>
       <c r="B124" t="s">
-        <v>443</v>
+        <v>197</v>
       </c>
       <c r="C124" t="s">
         <v>508</v>
       </c>
       <c r="D124" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="E124" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>509</v>
       </c>
       <c r="G124" t="s">
         <v>510</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
         <v>511</v>
       </c>
       <c r="B125" t="s">
-        <v>443</v>
+        <v>197</v>
       </c>
       <c r="C125" t="s">
         <v>512</v>
       </c>
       <c r="D125" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="E125" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>513</v>
       </c>
       <c r="G125" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
         <v>515</v>
       </c>
       <c r="B126" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C126" t="s">
         <v>516</v>
       </c>
       <c r="D126" t="s">
-        <v>148</v>
+        <v>180</v>
       </c>
       <c r="E126" t="s">
-        <v>149</v>
+        <v>181</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>517</v>
       </c>
       <c r="G126" t="s">
         <v>518</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
         <v>519</v>
       </c>
       <c r="B127" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C127" t="s">
         <v>520</v>
       </c>
       <c r="D127" t="s">
-        <v>10</v>
+        <v>180</v>
       </c>
       <c r="E127" t="s">
-        <v>11</v>
+        <v>181</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>521</v>
       </c>
       <c r="G127" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
         <v>523</v>
       </c>
       <c r="B128" t="s">
-        <v>443</v>
+        <v>197</v>
       </c>
       <c r="C128" t="s">
         <v>524</v>
       </c>
       <c r="D128" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="E128" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>525</v>
       </c>
       <c r="G128" t="s">
         <v>526</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
         <v>527</v>
       </c>
       <c r="B129" t="s">
-        <v>165</v>
+        <v>475</v>
       </c>
       <c r="C129" t="s">
         <v>528</v>
       </c>
       <c r="D129" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E129" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>529</v>
       </c>
       <c r="G129" t="s">
         <v>530</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
         <v>531</v>
       </c>
       <c r="B130" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="C130" t="s">
         <v>532</v>
       </c>
       <c r="D130" t="s">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="E130" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>533</v>
       </c>
       <c r="G130" t="s">
         <v>534</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
         <v>535</v>
       </c>
       <c r="B131" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C131" t="s">
         <v>536</v>
       </c>
       <c r="D131" t="s">
         <v>10</v>
       </c>
       <c r="E131" t="s">
         <v>11</v>
       </c>
       <c r="F131" s="1" t="s">
         <v>537</v>
       </c>
       <c r="G131" t="s">
         <v>538</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
         <v>539</v>
       </c>
       <c r="B132" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C132" t="s">
         <v>540</v>
       </c>
       <c r="D132" t="s">
         <v>10</v>
       </c>
       <c r="E132" t="s">
         <v>11</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>541</v>
       </c>
       <c r="G132" t="s">
         <v>542</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
         <v>543</v>
       </c>
       <c r="B133" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C133" t="s">
         <v>544</v>
       </c>
       <c r="D133" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="E133" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>545</v>
       </c>
       <c r="G133" t="s">
         <v>546</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
         <v>547</v>
       </c>
       <c r="B134" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C134" t="s">
         <v>548</v>
       </c>
       <c r="D134" t="s">
-        <v>10</v>
+        <v>180</v>
       </c>
       <c r="E134" t="s">
-        <v>11</v>
+        <v>181</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>549</v>
       </c>
       <c r="G134" t="s">
         <v>550</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
         <v>551</v>
       </c>
       <c r="B135" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C135" t="s">
         <v>552</v>
       </c>
       <c r="D135" t="s">
         <v>10</v>
       </c>
       <c r="E135" t="s">
         <v>11</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>553</v>
       </c>
       <c r="G135" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
         <v>555</v>
       </c>
       <c r="B136" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C136" t="s">
         <v>556</v>
       </c>
       <c r="D136" t="s">
         <v>10</v>
       </c>
       <c r="E136" t="s">
         <v>11</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>557</v>
       </c>
       <c r="G136" t="s">
         <v>558</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
         <v>559</v>
       </c>
       <c r="B137" t="s">
-        <v>443</v>
+        <v>197</v>
       </c>
       <c r="C137" t="s">
         <v>560</v>
       </c>
       <c r="D137" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="E137" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>561</v>
       </c>
       <c r="G137" t="s">
         <v>562</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
         <v>563</v>
       </c>
       <c r="B138" t="s">
-        <v>443</v>
+        <v>197</v>
       </c>
       <c r="C138" t="s">
         <v>564</v>
       </c>
       <c r="D138" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="E138" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>565</v>
       </c>
       <c r="G138" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="B139" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C139" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="D139" t="s">
         <v>10</v>
       </c>
       <c r="E139" t="s">
         <v>11</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="G139" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B140" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C140" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="D140" t="s">
         <v>10</v>
       </c>
       <c r="E140" t="s">
         <v>11</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="G140" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="B141" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C141" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="D141" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="E141" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="F141" s="1" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="G141" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B142" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C142" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="D142" t="s">
         <v>10</v>
       </c>
       <c r="E142" t="s">
         <v>11</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="G142" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="B143" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C143" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="D143" t="s">
         <v>10</v>
       </c>
       <c r="E143" t="s">
         <v>11</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="G143" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="B144" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C144" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="D144" t="s">
         <v>10</v>
       </c>
       <c r="E144" t="s">
         <v>11</v>
       </c>
       <c r="F144" s="1" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="G144" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="B145" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C145" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="D145" t="s">
         <v>10</v>
       </c>
       <c r="E145" t="s">
         <v>11</v>
       </c>
       <c r="F145" s="1" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="G145" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
+        <v>595</v>
+      </c>
+      <c r="B146" t="s">
+        <v>475</v>
+      </c>
+      <c r="C146" t="s">
+        <v>596</v>
+      </c>
+      <c r="D146" t="s">
+        <v>10</v>
+      </c>
+      <c r="E146" t="s">
+        <v>11</v>
+      </c>
+      <c r="F146" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="G146" t="s">
         <v>594</v>
-      </c>
-[...16 lines deleted...]
-        <v>597</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
         <v>598</v>
       </c>
       <c r="B147" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C147" t="s">
         <v>599</v>
       </c>
       <c r="D147" t="s">
         <v>10</v>
       </c>
       <c r="E147" t="s">
         <v>11</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>600</v>
       </c>
       <c r="G147" t="s">
         <v>601</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
         <v>602</v>
       </c>
       <c r="B148" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C148" t="s">
         <v>603</v>
       </c>
       <c r="D148" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="E148" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>604</v>
       </c>
       <c r="G148" t="s">
         <v>605</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
         <v>606</v>
       </c>
       <c r="B149" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C149" t="s">
         <v>607</v>
       </c>
       <c r="D149" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="E149" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>608</v>
       </c>
       <c r="G149" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
         <v>610</v>
       </c>
       <c r="B150" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C150" t="s">
         <v>611</v>
       </c>
       <c r="D150" t="s">
         <v>10</v>
       </c>
       <c r="E150" t="s">
         <v>11</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>612</v>
       </c>
       <c r="G150" t="s">
         <v>613</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
         <v>614</v>
       </c>
       <c r="B151" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C151" t="s">
         <v>615</v>
       </c>
       <c r="D151" t="s">
         <v>10</v>
       </c>
       <c r="E151" t="s">
         <v>11</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>616</v>
       </c>
       <c r="G151" t="s">
         <v>617</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
         <v>618</v>
       </c>
       <c r="B152" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C152" t="s">
         <v>619</v>
       </c>
       <c r="D152" t="s">
         <v>10</v>
       </c>
       <c r="E152" t="s">
         <v>11</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>620</v>
       </c>
       <c r="G152" t="s">
         <v>621</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
         <v>622</v>
       </c>
       <c r="B153" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C153" t="s">
         <v>623</v>
       </c>
       <c r="D153" t="s">
         <v>10</v>
       </c>
       <c r="E153" t="s">
         <v>11</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>624</v>
       </c>
       <c r="G153" t="s">
         <v>625</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
         <v>626</v>
       </c>
       <c r="B154" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C154" t="s">
         <v>627</v>
       </c>
       <c r="D154" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="E154" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>628</v>
       </c>
       <c r="G154" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="B155" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C155" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="D155" t="s">
-        <v>148</v>
+        <v>10</v>
       </c>
       <c r="E155" t="s">
-        <v>149</v>
+        <v>11</v>
       </c>
       <c r="F155" s="1" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="G155" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="B156" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C156" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="D156" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="E156" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="G156" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="B157" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C157" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D157" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="E157" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="G157" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="B158" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C158" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="D158" t="s">
         <v>10</v>
       </c>
       <c r="E158" t="s">
         <v>11</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="G158" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="B159" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C159" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D159" t="s">
         <v>10</v>
       </c>
       <c r="E159" t="s">
         <v>11</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="G159" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="B160" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C160" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="D160" t="s">
         <v>10</v>
       </c>
       <c r="E160" t="s">
         <v>11</v>
       </c>
       <c r="F160" s="1" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="G160" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="B161" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C161" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="D161" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E161" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F161" s="1" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="G161" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
+        <v>658</v>
+      </c>
+      <c r="B162" t="s">
+        <v>475</v>
+      </c>
+      <c r="C162" t="s">
+        <v>659</v>
+      </c>
+      <c r="D162" t="s">
+        <v>10</v>
+      </c>
+      <c r="E162" t="s">
+        <v>11</v>
+      </c>
+      <c r="F162" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="G162" t="s">
         <v>657</v>
-      </c>
-[...16 lines deleted...]
-        <v>660</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
         <v>661</v>
       </c>
       <c r="B163" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C163" t="s">
         <v>662</v>
       </c>
       <c r="D163" t="s">
-        <v>10</v>
+        <v>180</v>
       </c>
       <c r="E163" t="s">
-        <v>11</v>
+        <v>181</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>663</v>
       </c>
       <c r="G163" t="s">
         <v>664</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
         <v>665</v>
       </c>
       <c r="B164" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C164" t="s">
         <v>666</v>
       </c>
       <c r="D164" t="s">
         <v>10</v>
       </c>
       <c r="E164" t="s">
         <v>11</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>667</v>
       </c>
       <c r="G164" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
         <v>669</v>
       </c>
       <c r="B165" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C165" t="s">
         <v>670</v>
       </c>
       <c r="D165" t="s">
         <v>10</v>
       </c>
       <c r="E165" t="s">
         <v>11</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>671</v>
       </c>
       <c r="G165" t="s">
         <v>672</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
         <v>673</v>
       </c>
       <c r="B166" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C166" t="s">
         <v>674</v>
       </c>
       <c r="D166" t="s">
         <v>10</v>
       </c>
       <c r="E166" t="s">
         <v>11</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>675</v>
       </c>
       <c r="G166" t="s">
         <v>676</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
         <v>677</v>
       </c>
       <c r="B167" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C167" t="s">
         <v>678</v>
       </c>
       <c r="D167" t="s">
         <v>10</v>
       </c>
       <c r="E167" t="s">
         <v>11</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>679</v>
       </c>
       <c r="G167" t="s">
         <v>680</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
         <v>681</v>
       </c>
       <c r="B168" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C168" t="s">
         <v>682</v>
       </c>
       <c r="D168" t="s">
         <v>10</v>
       </c>
       <c r="E168" t="s">
         <v>11</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>683</v>
       </c>
       <c r="G168" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
         <v>685</v>
       </c>
       <c r="B169" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C169" t="s">
         <v>686</v>
       </c>
       <c r="D169" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="E169" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>687</v>
       </c>
       <c r="G169" t="s">
         <v>688</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
         <v>689</v>
       </c>
       <c r="B170" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C170" t="s">
         <v>690</v>
       </c>
       <c r="D170" t="s">
         <v>10</v>
       </c>
       <c r="E170" t="s">
         <v>11</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>691</v>
       </c>
       <c r="G170" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
         <v>693</v>
       </c>
       <c r="B171" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C171" t="s">
         <v>694</v>
       </c>
       <c r="D171" t="s">
         <v>10</v>
       </c>
       <c r="E171" t="s">
         <v>11</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>695</v>
       </c>
       <c r="G171" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
         <v>697</v>
       </c>
       <c r="B172" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C172" t="s">
         <v>698</v>
       </c>
       <c r="D172" t="s">
         <v>10</v>
       </c>
       <c r="E172" t="s">
         <v>11</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>699</v>
       </c>
       <c r="G172" t="s">
         <v>700</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
         <v>701</v>
       </c>
       <c r="B173" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C173" t="s">
         <v>702</v>
       </c>
       <c r="D173" t="s">
         <v>10</v>
       </c>
       <c r="E173" t="s">
         <v>11</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>703</v>
       </c>
       <c r="G173" t="s">
         <v>704</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
         <v>705</v>
       </c>
       <c r="B174" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C174" t="s">
         <v>706</v>
       </c>
       <c r="D174" t="s">
         <v>10</v>
       </c>
       <c r="E174" t="s">
         <v>11</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>707</v>
       </c>
       <c r="G174" t="s">
         <v>708</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
         <v>709</v>
       </c>
       <c r="B175" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C175" t="s">
         <v>710</v>
       </c>
       <c r="D175" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="E175" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>711</v>
       </c>
       <c r="G175" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
         <v>713</v>
       </c>
       <c r="B176" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C176" t="s">
         <v>714</v>
       </c>
       <c r="D176" t="s">
         <v>10</v>
       </c>
       <c r="E176" t="s">
         <v>11</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>715</v>
       </c>
       <c r="G176" t="s">
         <v>716</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
         <v>717</v>
       </c>
       <c r="B177" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C177" t="s">
         <v>718</v>
       </c>
       <c r="D177" t="s">
         <v>10</v>
       </c>
       <c r="E177" t="s">
         <v>11</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>719</v>
       </c>
       <c r="G177" t="s">
         <v>720</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
         <v>721</v>
       </c>
       <c r="B178" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C178" t="s">
         <v>722</v>
       </c>
       <c r="D178" t="s">
         <v>10</v>
       </c>
       <c r="E178" t="s">
         <v>11</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>723</v>
       </c>
       <c r="G178" t="s">
         <v>724</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
         <v>725</v>
       </c>
       <c r="B179" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="C179" t="s">
         <v>726</v>
       </c>
       <c r="D179" t="s">
         <v>10</v>
       </c>
       <c r="E179" t="s">
         <v>11</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>727</v>
       </c>
       <c r="G179" t="s">
         <v>728</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
         <v>729</v>
       </c>
       <c r="B180" t="s">
+        <v>475</v>
+      </c>
+      <c r="C180" t="s">
         <v>730</v>
       </c>
-      <c r="C180" t="s">
+      <c r="D180" t="s">
+        <v>10</v>
+      </c>
+      <c r="E180" t="s">
+        <v>11</v>
+      </c>
+      <c r="F180" s="1" t="s">
         <v>731</v>
       </c>
-      <c r="D180" t="s">
-[...5 lines deleted...]
-      <c r="F180" s="1" t="s">
+      <c r="G180" t="s">
         <v>732</v>
-      </c>
-[...1 lines deleted...]
-        <v>733</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
+        <v>733</v>
+      </c>
+      <c r="B181" t="s">
+        <v>475</v>
+      </c>
+      <c r="C181" t="s">
         <v>734</v>
       </c>
-      <c r="B181" t="s">
-[...2 lines deleted...]
-      <c r="C181" t="s">
+      <c r="D181" t="s">
+        <v>10</v>
+      </c>
+      <c r="E181" t="s">
+        <v>11</v>
+      </c>
+      <c r="F181" s="1" t="s">
         <v>735</v>
       </c>
-      <c r="D181" t="s">
-[...5 lines deleted...]
-      <c r="F181" s="1" t="s">
+      <c r="G181" t="s">
         <v>736</v>
-      </c>
-[...1 lines deleted...]
-        <v>737</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
+        <v>737</v>
+      </c>
+      <c r="B182" t="s">
+        <v>475</v>
+      </c>
+      <c r="C182" t="s">
         <v>738</v>
       </c>
-      <c r="B182" t="s">
-[...2 lines deleted...]
-      <c r="C182" t="s">
+      <c r="D182" t="s">
+        <v>10</v>
+      </c>
+      <c r="E182" t="s">
+        <v>11</v>
+      </c>
+      <c r="F182" s="1" t="s">
         <v>739</v>
       </c>
-      <c r="D182" t="s">
-[...5 lines deleted...]
-      <c r="F182" s="1" t="s">
+      <c r="G182" t="s">
         <v>740</v>
-      </c>
-[...1 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
+        <v>741</v>
+      </c>
+      <c r="B183" t="s">
+        <v>475</v>
+      </c>
+      <c r="C183" t="s">
         <v>742</v>
       </c>
-      <c r="B183" t="s">
-[...2 lines deleted...]
-      <c r="C183" t="s">
+      <c r="D183" t="s">
+        <v>36</v>
+      </c>
+      <c r="E183" t="s">
+        <v>37</v>
+      </c>
+      <c r="F183" s="1" t="s">
         <v>743</v>
       </c>
-      <c r="D183" t="s">
-[...5 lines deleted...]
-      <c r="F183" s="1" t="s">
+      <c r="G183" t="s">
         <v>744</v>
-      </c>
-[...1 lines deleted...]
-        <v>745</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
+        <v>745</v>
+      </c>
+      <c r="B184" t="s">
+        <v>475</v>
+      </c>
+      <c r="C184" t="s">
         <v>746</v>
       </c>
-      <c r="B184" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D184" t="s">
-        <v>148</v>
+        <v>10</v>
       </c>
       <c r="E184" t="s">
-        <v>149</v>
+        <v>11</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>747</v>
       </c>
       <c r="G184" t="s">
         <v>748</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
         <v>749</v>
       </c>
       <c r="B185" t="s">
-        <v>730</v>
+        <v>475</v>
       </c>
       <c r="C185" t="s">
         <v>750</v>
       </c>
       <c r="D185" t="s">
         <v>10</v>
       </c>
       <c r="E185" t="s">
         <v>11</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>751</v>
       </c>
       <c r="G185" t="s">
         <v>752</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
         <v>753</v>
       </c>
       <c r="B186" t="s">
-        <v>730</v>
+        <v>475</v>
       </c>
       <c r="C186" t="s">
         <v>754</v>
       </c>
       <c r="D186" t="s">
         <v>10</v>
       </c>
       <c r="E186" t="s">
         <v>11</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>755</v>
       </c>
       <c r="G186" t="s">
         <v>756</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
         <v>757</v>
       </c>
       <c r="B187" t="s">
-        <v>730</v>
+        <v>475</v>
       </c>
       <c r="C187" t="s">
         <v>758</v>
       </c>
       <c r="D187" t="s">
         <v>10</v>
       </c>
       <c r="E187" t="s">
         <v>11</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>759</v>
       </c>
       <c r="G187" t="s">
         <v>760</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
         <v>761</v>
       </c>
       <c r="B188" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C188" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="D188" t="s">
         <v>10</v>
       </c>
       <c r="E188" t="s">
         <v>11</v>
       </c>
       <c r="F188" s="1" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="G188" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="B189" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C189" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="D189" t="s">
         <v>10</v>
       </c>
       <c r="E189" t="s">
         <v>11</v>
       </c>
       <c r="F189" s="1" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="G189" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="B190" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C190" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="D190" t="s">
-        <v>10</v>
+        <v>180</v>
       </c>
       <c r="E190" t="s">
-        <v>11</v>
+        <v>181</v>
       </c>
       <c r="F190" s="1" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="G190" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="B191" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C191" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="D191" t="s">
         <v>10</v>
       </c>
       <c r="E191" t="s">
         <v>11</v>
       </c>
       <c r="F191" s="1" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="G191" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="B192" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C192" t="s">
-        <v>778</v>
+        <v>238</v>
       </c>
       <c r="D192" t="s">
-        <v>10</v>
+        <v>180</v>
       </c>
       <c r="E192" t="s">
-        <v>11</v>
+        <v>181</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>779</v>
       </c>
       <c r="G192" t="s">
         <v>780</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
         <v>781</v>
       </c>
       <c r="B193" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C193" t="s">
         <v>782</v>
       </c>
       <c r="D193" t="s">
         <v>10</v>
       </c>
       <c r="E193" t="s">
         <v>11</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>783</v>
       </c>
       <c r="G193" t="s">
         <v>784</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
         <v>785</v>
       </c>
       <c r="B194" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C194" t="s">
         <v>786</v>
       </c>
       <c r="D194" t="s">
         <v>10</v>
       </c>
       <c r="E194" t="s">
         <v>11</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>787</v>
       </c>
       <c r="G194" t="s">
         <v>788</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
         <v>789</v>
       </c>
       <c r="B195" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C195" t="s">
         <v>790</v>
       </c>
       <c r="D195" t="s">
         <v>10</v>
       </c>
       <c r="E195" t="s">
         <v>11</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>791</v>
       </c>
       <c r="G195" t="s">
         <v>792</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
         <v>793</v>
       </c>
       <c r="B196" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C196" t="s">
         <v>794</v>
       </c>
       <c r="D196" t="s">
         <v>10</v>
       </c>
       <c r="E196" t="s">
         <v>11</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>795</v>
       </c>
       <c r="G196" t="s">
         <v>796</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
         <v>797</v>
       </c>
       <c r="B197" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C197" t="s">
         <v>798</v>
       </c>
       <c r="D197" t="s">
         <v>10</v>
       </c>
       <c r="E197" t="s">
         <v>11</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>799</v>
       </c>
       <c r="G197" t="s">
         <v>800</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
         <v>801</v>
       </c>
       <c r="B198" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C198" t="s">
         <v>802</v>
       </c>
       <c r="D198" t="s">
         <v>10</v>
       </c>
       <c r="E198" t="s">
         <v>11</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>803</v>
       </c>
       <c r="G198" t="s">
         <v>804</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
         <v>805</v>
       </c>
       <c r="B199" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C199" t="s">
         <v>806</v>
       </c>
       <c r="D199" t="s">
         <v>10</v>
       </c>
       <c r="E199" t="s">
         <v>11</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>807</v>
       </c>
       <c r="G199" t="s">
         <v>808</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
         <v>809</v>
       </c>
       <c r="B200" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C200" t="s">
         <v>810</v>
       </c>
       <c r="D200" t="s">
         <v>10</v>
       </c>
       <c r="E200" t="s">
         <v>11</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>811</v>
       </c>
       <c r="G200" t="s">
         <v>812</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
         <v>813</v>
       </c>
       <c r="B201" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C201" t="s">
         <v>814</v>
       </c>
       <c r="D201" t="s">
         <v>10</v>
       </c>
       <c r="E201" t="s">
         <v>11</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>815</v>
       </c>
       <c r="G201" t="s">
         <v>816</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
         <v>817</v>
       </c>
       <c r="B202" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C202" t="s">
         <v>818</v>
       </c>
       <c r="D202" t="s">
         <v>10</v>
       </c>
       <c r="E202" t="s">
         <v>11</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>819</v>
       </c>
       <c r="G202" t="s">
         <v>820</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
         <v>821</v>
       </c>
       <c r="B203" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C203" t="s">
         <v>822</v>
       </c>
       <c r="D203" t="s">
         <v>10</v>
       </c>
       <c r="E203" t="s">
         <v>11</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>823</v>
       </c>
       <c r="G203" t="s">
         <v>824</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
         <v>825</v>
       </c>
       <c r="B204" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C204" t="s">
         <v>826</v>
       </c>
       <c r="D204" t="s">
         <v>10</v>
       </c>
       <c r="E204" t="s">
         <v>11</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>827</v>
       </c>
       <c r="G204" t="s">
         <v>828</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
         <v>829</v>
       </c>
       <c r="B205" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C205" t="s">
         <v>830</v>
       </c>
       <c r="D205" t="s">
         <v>10</v>
       </c>
       <c r="E205" t="s">
         <v>11</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>831</v>
       </c>
       <c r="G205" t="s">
         <v>832</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
         <v>833</v>
       </c>
       <c r="B206" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C206" t="s">
         <v>834</v>
       </c>
       <c r="D206" t="s">
         <v>10</v>
       </c>
       <c r="E206" t="s">
         <v>11</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>835</v>
       </c>
       <c r="G206" t="s">
         <v>836</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
         <v>837</v>
       </c>
       <c r="B207" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C207" t="s">
         <v>838</v>
       </c>
       <c r="D207" t="s">
         <v>10</v>
       </c>
       <c r="E207" t="s">
         <v>11</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>839</v>
       </c>
       <c r="G207" t="s">
         <v>840</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
         <v>841</v>
       </c>
       <c r="B208" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C208" t="s">
         <v>842</v>
       </c>
       <c r="D208" t="s">
-        <v>148</v>
+        <v>10</v>
       </c>
       <c r="E208" t="s">
-        <v>149</v>
+        <v>11</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>843</v>
       </c>
       <c r="G208" t="s">
         <v>844</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
         <v>845</v>
       </c>
       <c r="B209" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C209" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="D209" t="s">
-        <v>846</v>
+        <v>10</v>
       </c>
       <c r="E209" t="s">
+        <v>11</v>
+      </c>
+      <c r="F209" s="1" t="s">
         <v>847</v>
       </c>
-      <c r="F209" s="1" t="s">
+      <c r="G209" t="s">
         <v>848</v>
-      </c>
-[...1 lines deleted...]
-        <v>849</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
+        <v>849</v>
+      </c>
+      <c r="B210" t="s">
+        <v>762</v>
+      </c>
+      <c r="C210" t="s">
+        <v>34</v>
+      </c>
+      <c r="D210" t="s">
+        <v>10</v>
+      </c>
+      <c r="E210" t="s">
+        <v>11</v>
+      </c>
+      <c r="F210" s="1" t="s">
         <v>850</v>
       </c>
-      <c r="B210" t="s">
-[...2 lines deleted...]
-      <c r="C210" t="s">
+      <c r="G210" t="s">
         <v>851</v>
-      </c>
-[...10 lines deleted...]
-        <v>853</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
+        <v>852</v>
+      </c>
+      <c r="B211" t="s">
+        <v>762</v>
+      </c>
+      <c r="C211" t="s">
+        <v>142</v>
+      </c>
+      <c r="D211" t="s">
+        <v>10</v>
+      </c>
+      <c r="E211" t="s">
+        <v>11</v>
+      </c>
+      <c r="F211" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="G211" t="s">
         <v>854</v>
-      </c>
-[...16 lines deleted...]
-        <v>857</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
-        <v>858</v>
+        <v>855</v>
       </c>
       <c r="B212" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C212" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="D212" t="s">
         <v>10</v>
       </c>
       <c r="E212" t="s">
         <v>11</v>
       </c>
       <c r="F212" s="1" t="s">
-        <v>859</v>
+        <v>856</v>
       </c>
       <c r="G212" t="s">
-        <v>860</v>
+        <v>857</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
-        <v>861</v>
+        <v>858</v>
       </c>
       <c r="B213" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C213" t="s">
-        <v>7</v>
+        <v>26</v>
       </c>
       <c r="D213" t="s">
         <v>10</v>
       </c>
       <c r="E213" t="s">
         <v>11</v>
       </c>
       <c r="F213" s="1" t="s">
-        <v>862</v>
+        <v>859</v>
       </c>
       <c r="G213" t="s">
-        <v>863</v>
+        <v>860</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="B214" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C214" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="D214" t="s">
         <v>10</v>
       </c>
       <c r="E214" t="s">
         <v>11</v>
       </c>
       <c r="F214" s="1" t="s">
-        <v>865</v>
+        <v>862</v>
       </c>
       <c r="G214" t="s">
-        <v>866</v>
+        <v>863</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
-        <v>867</v>
+        <v>864</v>
       </c>
       <c r="B215" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C215" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="D215" t="s">
         <v>10</v>
       </c>
       <c r="E215" t="s">
         <v>11</v>
       </c>
       <c r="F215" s="1" t="s">
-        <v>868</v>
+        <v>865</v>
       </c>
       <c r="G215" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
+        <v>867</v>
+      </c>
+      <c r="B216" t="s">
+        <v>762</v>
+      </c>
+      <c r="C216" t="s">
+        <v>868</v>
+      </c>
+      <c r="D216" t="s">
+        <v>180</v>
+      </c>
+      <c r="E216" t="s">
+        <v>181</v>
+      </c>
+      <c r="F216" s="1" t="s">
+        <v>869</v>
+      </c>
+      <c r="G216" t="s">
         <v>870</v>
-      </c>
-[...16 lines deleted...]
-        <v>872</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
+        <v>871</v>
+      </c>
+      <c r="B217" t="s">
+        <v>762</v>
+      </c>
+      <c r="C217" t="s">
+        <v>868</v>
+      </c>
+      <c r="D217" t="s">
+        <v>872</v>
+      </c>
+      <c r="E217" t="s">
         <v>873</v>
-      </c>
-[...10 lines deleted...]
-        <v>11</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>874</v>
       </c>
       <c r="G217" t="s">
         <v>875</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
         <v>876</v>
       </c>
       <c r="B218" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C218" t="s">
-        <v>48</v>
+        <v>14</v>
       </c>
       <c r="D218" t="s">
         <v>10</v>
       </c>
       <c r="E218" t="s">
         <v>11</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>877</v>
       </c>
       <c r="G218" t="s">
         <v>878</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
         <v>879</v>
       </c>
       <c r="B219" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C219" t="s">
-        <v>842</v>
+        <v>18</v>
       </c>
       <c r="D219" t="s">
+        <v>10</v>
+      </c>
+      <c r="E219" t="s">
+        <v>11</v>
+      </c>
+      <c r="F219" s="1" t="s">
         <v>880</v>
       </c>
-      <c r="E219" t="s">
+      <c r="G219" t="s">
         <v>881</v>
-      </c>
-[...4 lines deleted...]
-        <v>883</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
+        <v>882</v>
+      </c>
+      <c r="B220" t="s">
+        <v>762</v>
+      </c>
+      <c r="C220" t="s">
+        <v>58</v>
+      </c>
+      <c r="D220" t="s">
+        <v>10</v>
+      </c>
+      <c r="E220" t="s">
+        <v>11</v>
+      </c>
+      <c r="F220" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="G220" t="s">
         <v>884</v>
-      </c>
-[...16 lines deleted...]
-        <v>886</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
+        <v>885</v>
+      </c>
+      <c r="B221" t="s">
+        <v>762</v>
+      </c>
+      <c r="C221" t="s">
+        <v>40</v>
+      </c>
+      <c r="D221" t="s">
+        <v>10</v>
+      </c>
+      <c r="E221" t="s">
+        <v>11</v>
+      </c>
+      <c r="F221" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="G221" t="s">
         <v>887</v>
-      </c>
-[...16 lines deleted...]
-        <v>890</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
-        <v>891</v>
+        <v>888</v>
       </c>
       <c r="B222" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C222" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="D222" t="s">
         <v>10</v>
       </c>
       <c r="E222" t="s">
         <v>11</v>
       </c>
       <c r="F222" s="1" t="s">
-        <v>892</v>
+        <v>889</v>
       </c>
       <c r="G222" t="s">
-        <v>893</v>
+        <v>890</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
-        <v>894</v>
+        <v>891</v>
       </c>
       <c r="B223" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C223" t="s">
-        <v>58</v>
+        <v>48</v>
       </c>
       <c r="D223" t="s">
         <v>10</v>
       </c>
       <c r="E223" t="s">
         <v>11</v>
       </c>
       <c r="F223" s="1" t="s">
-        <v>895</v>
+        <v>892</v>
       </c>
       <c r="G223" t="s">
-        <v>896</v>
+        <v>893</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
-        <v>897</v>
+        <v>894</v>
       </c>
       <c r="B224" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C224" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="D224" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="E224" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>898</v>
+        <v>895</v>
       </c>
       <c r="G224" t="s">
-        <v>899</v>
+        <v>896</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
-        <v>900</v>
+        <v>897</v>
       </c>
       <c r="B225" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C225" t="s">
-        <v>901</v>
+        <v>70</v>
       </c>
       <c r="D225" t="s">
         <v>10</v>
       </c>
       <c r="E225" t="s">
         <v>11</v>
       </c>
       <c r="F225" s="1" t="s">
-        <v>902</v>
+        <v>898</v>
       </c>
       <c r="G225" t="s">
-        <v>903</v>
+        <v>899</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
-        <v>904</v>
+        <v>900</v>
       </c>
       <c r="B226" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C226" t="s">
-        <v>66</v>
+        <v>78</v>
       </c>
       <c r="D226" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="E226" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="F226" s="1" t="s">
-        <v>905</v>
+        <v>901</v>
       </c>
       <c r="G226" t="s">
-        <v>906</v>
+        <v>902</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
+        <v>903</v>
+      </c>
+      <c r="B227" t="s">
+        <v>762</v>
+      </c>
+      <c r="C227" t="s">
+        <v>868</v>
+      </c>
+      <c r="D227" t="s">
+        <v>904</v>
+      </c>
+      <c r="E227" t="s">
+        <v>905</v>
+      </c>
+      <c r="F227" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="G227" t="s">
         <v>907</v>
-      </c>
-[...16 lines deleted...]
-        <v>909</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
+        <v>908</v>
+      </c>
+      <c r="B228" t="s">
+        <v>762</v>
+      </c>
+      <c r="C228" t="s">
+        <v>54</v>
+      </c>
+      <c r="D228" t="s">
+        <v>10</v>
+      </c>
+      <c r="E228" t="s">
+        <v>11</v>
+      </c>
+      <c r="F228" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="G228" t="s">
         <v>910</v>
-      </c>
-[...16 lines deleted...]
-        <v>912</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
+        <v>911</v>
+      </c>
+      <c r="B229" t="s">
+        <v>762</v>
+      </c>
+      <c r="C229" t="s">
+        <v>912</v>
+      </c>
+      <c r="D229" t="s">
+        <v>50</v>
+      </c>
+      <c r="E229" t="s">
+        <v>51</v>
+      </c>
+      <c r="F229" s="1" t="s">
         <v>913</v>
       </c>
-      <c r="B229" t="s">
-[...11 lines deleted...]
-      <c r="F229" s="1" t="s">
+      <c r="G229" t="s">
         <v>914</v>
-      </c>
-[...1 lines deleted...]
-        <v>915</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
+        <v>915</v>
+      </c>
+      <c r="B230" t="s">
+        <v>762</v>
+      </c>
+      <c r="C230" t="s">
+        <v>82</v>
+      </c>
+      <c r="D230" t="s">
+        <v>10</v>
+      </c>
+      <c r="E230" t="s">
+        <v>11</v>
+      </c>
+      <c r="F230" s="1" t="s">
         <v>916</v>
       </c>
-      <c r="B230" t="s">
-[...11 lines deleted...]
-      <c r="F230" s="1" t="s">
+      <c r="G230" t="s">
         <v>917</v>
-      </c>
-[...1 lines deleted...]
-        <v>918</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
+        <v>918</v>
+      </c>
+      <c r="B231" t="s">
+        <v>762</v>
+      </c>
+      <c r="C231" t="s">
+        <v>86</v>
+      </c>
+      <c r="D231" t="s">
+        <v>10</v>
+      </c>
+      <c r="E231" t="s">
+        <v>11</v>
+      </c>
+      <c r="F231" s="1" t="s">
         <v>919</v>
       </c>
-      <c r="B231" t="s">
-[...11 lines deleted...]
-      <c r="F231" s="1" t="s">
+      <c r="G231" t="s">
         <v>920</v>
-      </c>
-[...1 lines deleted...]
-        <v>921</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
+        <v>921</v>
+      </c>
+      <c r="B232" t="s">
+        <v>762</v>
+      </c>
+      <c r="C232" t="s">
+        <v>90</v>
+      </c>
+      <c r="D232" t="s">
+        <v>10</v>
+      </c>
+      <c r="E232" t="s">
+        <v>11</v>
+      </c>
+      <c r="F232" s="1" t="s">
         <v>922</v>
       </c>
-      <c r="B232" t="s">
-[...11 lines deleted...]
-      <c r="F232" s="1" t="s">
+      <c r="G232" t="s">
         <v>923</v>
-      </c>
-[...1 lines deleted...]
-        <v>924</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
+        <v>924</v>
+      </c>
+      <c r="B233" t="s">
+        <v>762</v>
+      </c>
+      <c r="C233" t="s">
         <v>925</v>
       </c>
-      <c r="B233" t="s">
-[...2 lines deleted...]
-      <c r="C233" t="s">
+      <c r="D233" t="s">
+        <v>10</v>
+      </c>
+      <c r="E233" t="s">
+        <v>11</v>
+      </c>
+      <c r="F233" s="1" t="s">
         <v>926</v>
       </c>
-      <c r="D233" t="s">
-[...5 lines deleted...]
-      <c r="F233" s="1" t="s">
+      <c r="G233" t="s">
         <v>927</v>
-      </c>
-[...1 lines deleted...]
-        <v>928</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
+        <v>928</v>
+      </c>
+      <c r="B234" t="s">
+        <v>762</v>
+      </c>
+      <c r="C234" t="s">
+        <v>94</v>
+      </c>
+      <c r="D234" t="s">
+        <v>36</v>
+      </c>
+      <c r="E234" t="s">
+        <v>37</v>
+      </c>
+      <c r="F234" s="1" t="s">
         <v>929</v>
       </c>
-      <c r="B234" t="s">
-[...11 lines deleted...]
-      <c r="F234" s="1" t="s">
+      <c r="G234" t="s">
         <v>930</v>
-      </c>
-[...1 lines deleted...]
-        <v>931</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
+        <v>931</v>
+      </c>
+      <c r="B235" t="s">
+        <v>762</v>
+      </c>
+      <c r="C235" t="s">
+        <v>118</v>
+      </c>
+      <c r="D235" t="s">
+        <v>10</v>
+      </c>
+      <c r="E235" t="s">
+        <v>11</v>
+      </c>
+      <c r="F235" s="1" t="s">
         <v>932</v>
       </c>
-      <c r="B235" t="s">
-[...11 lines deleted...]
-      <c r="F235" s="1" t="s">
+      <c r="G235" t="s">
         <v>933</v>
-      </c>
-[...1 lines deleted...]
-        <v>934</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
+        <v>934</v>
+      </c>
+      <c r="B236" t="s">
+        <v>762</v>
+      </c>
+      <c r="C236" t="s">
+        <v>122</v>
+      </c>
+      <c r="D236" t="s">
+        <v>10</v>
+      </c>
+      <c r="E236" t="s">
+        <v>11</v>
+      </c>
+      <c r="F236" s="1" t="s">
         <v>935</v>
       </c>
-      <c r="B236" t="s">
-[...2 lines deleted...]
-      <c r="C236" t="s">
+      <c r="G236" t="s">
         <v>936</v>
-      </c>
-[...10 lines deleted...]
-        <v>938</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
+        <v>937</v>
+      </c>
+      <c r="B237" t="s">
+        <v>762</v>
+      </c>
+      <c r="C237" t="s">
+        <v>98</v>
+      </c>
+      <c r="D237" t="s">
+        <v>10</v>
+      </c>
+      <c r="E237" t="s">
+        <v>11</v>
+      </c>
+      <c r="F237" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="G237" t="s">
         <v>939</v>
-      </c>
-[...16 lines deleted...]
-        <v>942</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
-        <v>943</v>
+        <v>940</v>
       </c>
       <c r="B238" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C238" t="s">
-        <v>146</v>
+        <v>106</v>
       </c>
       <c r="D238" t="s">
         <v>10</v>
       </c>
       <c r="E238" t="s">
         <v>11</v>
       </c>
       <c r="F238" s="1" t="s">
-        <v>944</v>
+        <v>941</v>
       </c>
       <c r="G238" t="s">
-        <v>945</v>
+        <v>942</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
-        <v>946</v>
+        <v>943</v>
       </c>
       <c r="B239" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C239" t="s">
-        <v>235</v>
+        <v>110</v>
       </c>
       <c r="D239" t="s">
         <v>10</v>
       </c>
       <c r="E239" t="s">
         <v>11</v>
       </c>
       <c r="F239" s="1" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
       <c r="G239" t="s">
-        <v>948</v>
+        <v>945</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
-        <v>949</v>
+        <v>946</v>
       </c>
       <c r="B240" t="s">
-        <v>730</v>
+        <v>475</v>
       </c>
       <c r="C240" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="D240" t="s">
         <v>10</v>
       </c>
       <c r="E240" t="s">
         <v>11</v>
       </c>
       <c r="F240" s="1" t="s">
-        <v>950</v>
+        <v>947</v>
       </c>
       <c r="G240" t="s">
-        <v>951</v>
+        <v>948</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
+        <v>949</v>
+      </c>
+      <c r="B241" t="s">
+        <v>762</v>
+      </c>
+      <c r="C241" t="s">
+        <v>950</v>
+      </c>
+      <c r="D241" t="s">
+        <v>10</v>
+      </c>
+      <c r="E241" t="s">
+        <v>11</v>
+      </c>
+      <c r="F241" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="G241" t="s">
         <v>952</v>
-      </c>
-[...16 lines deleted...]
-        <v>955</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
-        <v>956</v>
+        <v>953</v>
       </c>
       <c r="B242" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C242" t="s">
-        <v>957</v>
+        <v>138</v>
       </c>
       <c r="D242" t="s">
-        <v>207</v>
+        <v>10</v>
       </c>
       <c r="E242" t="s">
-        <v>208</v>
+        <v>11</v>
       </c>
       <c r="F242" s="1" t="s">
-        <v>958</v>
+        <v>954</v>
       </c>
       <c r="G242" t="s">
-        <v>210</v>
+        <v>955</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
-        <v>959</v>
+        <v>956</v>
       </c>
       <c r="B243" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C243" t="s">
-        <v>960</v>
+        <v>406</v>
       </c>
       <c r="D243" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E243" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F243" s="1" t="s">
-        <v>961</v>
+        <v>957</v>
       </c>
       <c r="G243" t="s">
-        <v>962</v>
+        <v>958</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
-        <v>963</v>
+        <v>959</v>
       </c>
       <c r="B244" t="s">
-        <v>730</v>
+        <v>762</v>
       </c>
       <c r="C244" t="s">
-        <v>102</v>
+        <v>960</v>
       </c>
       <c r="D244" t="s">
         <v>50</v>
       </c>
       <c r="E244" t="s">
         <v>51</v>
       </c>
       <c r="F244" s="1" t="s">
-        <v>964</v>
+        <v>961</v>
       </c>
       <c r="G244" t="s">
-        <v>965</v>
+        <v>962</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
+        <v>963</v>
+      </c>
+      <c r="B245" t="s">
+        <v>762</v>
+      </c>
+      <c r="C245" t="s">
+        <v>964</v>
+      </c>
+      <c r="D245" t="s">
+        <v>50</v>
+      </c>
+      <c r="E245" t="s">
+        <v>51</v>
+      </c>
+      <c r="F245" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="G245" t="s">
         <v>966</v>
-      </c>
-[...16 lines deleted...]
-        <v>968</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
+        <v>967</v>
+      </c>
+      <c r="B246" t="s">
+        <v>762</v>
+      </c>
+      <c r="C246" t="s">
+        <v>178</v>
+      </c>
+      <c r="D246" t="s">
+        <v>10</v>
+      </c>
+      <c r="E246" t="s">
+        <v>11</v>
+      </c>
+      <c r="F246" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="G246" t="s">
         <v>969</v>
-      </c>
-[...16 lines deleted...]
-        <v>971</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
+        <v>970</v>
+      </c>
+      <c r="B247" t="s">
+        <v>762</v>
+      </c>
+      <c r="C247" t="s">
+        <v>267</v>
+      </c>
+      <c r="D247" t="s">
+        <v>10</v>
+      </c>
+      <c r="E247" t="s">
+        <v>11</v>
+      </c>
+      <c r="F247" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="G247" t="s">
         <v>972</v>
-      </c>
-[...16 lines deleted...]
-        <v>974</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
+        <v>973</v>
+      </c>
+      <c r="B248" t="s">
+        <v>762</v>
+      </c>
+      <c r="C248" t="s">
+        <v>126</v>
+      </c>
+      <c r="D248" t="s">
+        <v>10</v>
+      </c>
+      <c r="E248" t="s">
+        <v>11</v>
+      </c>
+      <c r="F248" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="G248" t="s">
         <v>975</v>
-      </c>
-[...16 lines deleted...]
-        <v>978</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
+        <v>976</v>
+      </c>
+      <c r="B249" t="s">
+        <v>762</v>
+      </c>
+      <c r="C249" t="s">
+        <v>977</v>
+      </c>
+      <c r="D249" t="s">
+        <v>50</v>
+      </c>
+      <c r="E249" t="s">
+        <v>51</v>
+      </c>
+      <c r="F249" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="G249" t="s">
         <v>979</v>
-      </c>
-[...16 lines deleted...]
-        <v>981</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
+        <v>980</v>
+      </c>
+      <c r="B250" t="s">
+        <v>762</v>
+      </c>
+      <c r="C250" t="s">
+        <v>981</v>
+      </c>
+      <c r="D250" t="s">
+        <v>239</v>
+      </c>
+      <c r="E250" t="s">
+        <v>240</v>
+      </c>
+      <c r="F250" s="1" t="s">
         <v>982</v>
       </c>
-      <c r="B250" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G250" t="s">
-        <v>984</v>
+        <v>242</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
-        <v>240</v>
+        <v>983</v>
       </c>
       <c r="B251" t="s">
-        <v>976</v>
+        <v>762</v>
       </c>
       <c r="C251" t="s">
-        <v>130</v>
+        <v>984</v>
       </c>
       <c r="D251" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="E251" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="F251" s="1" t="s">
         <v>985</v>
       </c>
       <c r="G251" t="s">
         <v>986</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
-        <v>476</v>
+        <v>987</v>
       </c>
       <c r="B252" t="s">
-        <v>976</v>
+        <v>762</v>
       </c>
       <c r="C252" t="s">
-        <v>987</v>
+        <v>130</v>
       </c>
       <c r="D252" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="E252" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="F252" s="1" t="s">
         <v>988</v>
       </c>
       <c r="G252" t="s">
         <v>989</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
-        <v>379</v>
+        <v>990</v>
       </c>
       <c r="B253" t="s">
-        <v>976</v>
+        <v>762</v>
       </c>
       <c r="C253" t="s">
-        <v>152</v>
+        <v>174</v>
       </c>
       <c r="D253" t="s">
         <v>10</v>
       </c>
       <c r="E253" t="s">
         <v>11</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="G253" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
-        <v>492</v>
+        <v>993</v>
       </c>
       <c r="B254" t="s">
-        <v>976</v>
+        <v>762</v>
       </c>
       <c r="C254" t="s">
-        <v>992</v>
+        <v>166</v>
       </c>
       <c r="D254" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E254" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="G254" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
-        <v>500</v>
+        <v>996</v>
       </c>
       <c r="B255" t="s">
-        <v>976</v>
+        <v>762</v>
       </c>
       <c r="C255" t="s">
-        <v>995</v>
+        <v>192</v>
       </c>
       <c r="D255" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E255" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="G255" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
-        <v>532</v>
+        <v>999</v>
       </c>
       <c r="B256" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C256" t="s">
-        <v>998</v>
+        <v>170</v>
       </c>
       <c r="D256" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="E256" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="F256" s="1" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="G256" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
-        <v>595</v>
+        <v>1003</v>
       </c>
       <c r="B257" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C257" t="s">
-        <v>1001</v>
+        <v>154</v>
       </c>
       <c r="D257" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E257" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F257" s="1" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="G257" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
-        <v>480</v>
+        <v>1006</v>
       </c>
       <c r="B258" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C258" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D258" t="s">
         <v>10</v>
       </c>
       <c r="E258" t="s">
         <v>11</v>
       </c>
       <c r="F258" s="1" t="s">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="G258" t="s">
-        <v>1005</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" t="s">
-        <v>1006</v>
+        <v>272</v>
       </c>
       <c r="B259" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C259" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="D259" t="s">
         <v>10</v>
       </c>
       <c r="E259" t="s">
         <v>11</v>
       </c>
       <c r="F259" s="1" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="G259" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" t="s">
-        <v>654</v>
+        <v>508</v>
       </c>
       <c r="B260" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C260" t="s">
-        <v>738</v>
+        <v>1011</v>
       </c>
       <c r="D260" t="s">
         <v>10</v>
       </c>
       <c r="E260" t="s">
         <v>11</v>
       </c>
       <c r="F260" s="1" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
       <c r="G260" t="s">
-        <v>1010</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" t="s">
-        <v>888</v>
+        <v>411</v>
       </c>
       <c r="B261" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C261" t="s">
-        <v>746</v>
+        <v>184</v>
       </c>
       <c r="D261" t="s">
         <v>10</v>
       </c>
       <c r="E261" t="s">
         <v>11</v>
       </c>
       <c r="F261" s="1" t="s">
-        <v>1011</v>
+        <v>1014</v>
       </c>
       <c r="G261" t="s">
-        <v>1012</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
-        <v>1013</v>
+        <v>524</v>
       </c>
       <c r="B262" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C262" t="s">
-        <v>193</v>
+        <v>1016</v>
       </c>
       <c r="D262" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="E262" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="F262" s="1" t="s">
-        <v>1014</v>
+        <v>1017</v>
       </c>
       <c r="G262" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
-        <v>936</v>
+        <v>532</v>
       </c>
       <c r="B263" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C263" t="s">
-        <v>378</v>
+        <v>1019</v>
       </c>
       <c r="D263" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="E263" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="F263" s="1" t="s">
-        <v>1016</v>
+        <v>1020</v>
       </c>
       <c r="G263" t="s">
-        <v>1017</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
-        <v>940</v>
+        <v>564</v>
       </c>
       <c r="B264" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C264" t="s">
-        <v>185</v>
+        <v>1022</v>
       </c>
       <c r="D264" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="E264" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="F264" s="1" t="s">
-        <v>1018</v>
+        <v>1023</v>
       </c>
       <c r="G264" t="s">
-        <v>1019</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
-        <v>953</v>
+        <v>627</v>
       </c>
       <c r="B265" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C265" t="s">
-        <v>259</v>
+        <v>1025</v>
       </c>
       <c r="D265" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="E265" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="F265" s="1" t="s">
-        <v>1020</v>
+        <v>1026</v>
       </c>
       <c r="G265" t="s">
-        <v>1021</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" t="s">
-        <v>960</v>
+        <v>512</v>
       </c>
       <c r="B266" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C266" t="s">
-        <v>197</v>
+        <v>188</v>
       </c>
       <c r="D266" t="s">
         <v>10</v>
       </c>
       <c r="E266" t="s">
         <v>11</v>
       </c>
       <c r="F266" s="1" t="s">
-        <v>1022</v>
+        <v>1028</v>
       </c>
       <c r="G266" t="s">
-        <v>1023</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" t="s">
-        <v>992</v>
+        <v>1030</v>
       </c>
       <c r="B267" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C267" t="s">
-        <v>201</v>
+        <v>221</v>
       </c>
       <c r="D267" t="s">
         <v>10</v>
       </c>
       <c r="E267" t="s">
         <v>11</v>
       </c>
       <c r="F267" s="1" t="s">
-        <v>1024</v>
+        <v>1031</v>
       </c>
       <c r="G267" t="s">
-        <v>1025</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" t="s">
-        <v>995</v>
+        <v>686</v>
       </c>
       <c r="B268" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C268" t="s">
-        <v>215</v>
+        <v>770</v>
       </c>
       <c r="D268" t="s">
         <v>10</v>
       </c>
       <c r="E268" t="s">
         <v>11</v>
       </c>
       <c r="F268" s="1" t="s">
-        <v>1026</v>
+        <v>1033</v>
       </c>
       <c r="G268" t="s">
-        <v>1025</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" t="s">
-        <v>998</v>
+        <v>912</v>
       </c>
       <c r="B269" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C269" t="s">
-        <v>219</v>
+        <v>778</v>
       </c>
       <c r="D269" t="s">
         <v>10</v>
       </c>
       <c r="E269" t="s">
         <v>11</v>
       </c>
       <c r="F269" s="1" t="s">
-        <v>1027</v>
+        <v>1035</v>
       </c>
       <c r="G269" t="s">
-        <v>1025</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" t="s">
-        <v>1001</v>
+        <v>1037</v>
       </c>
       <c r="B270" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C270" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="D270" t="s">
         <v>10</v>
       </c>
       <c r="E270" t="s">
         <v>11</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>1028</v>
+        <v>1038</v>
       </c>
       <c r="G270" t="s">
-        <v>1029</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" t="s">
-        <v>1030</v>
+        <v>960</v>
       </c>
       <c r="B271" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C271" t="s">
-        <v>177</v>
+        <v>410</v>
       </c>
       <c r="D271" t="s">
         <v>10</v>
       </c>
       <c r="E271" t="s">
         <v>11</v>
       </c>
       <c r="F271" s="1" t="s">
-        <v>1031</v>
+        <v>1040</v>
       </c>
       <c r="G271" t="s">
-        <v>1025</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" t="s">
-        <v>1032</v>
+        <v>964</v>
       </c>
       <c r="B272" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C272" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="D272" t="s">
         <v>10</v>
       </c>
       <c r="E272" t="s">
         <v>11</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>1033</v>
+        <v>1042</v>
       </c>
       <c r="G272" t="s">
-        <v>1034</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" t="s">
-        <v>1035</v>
+        <v>977</v>
       </c>
       <c r="B273" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C273" t="s">
-        <v>845</v>
+        <v>291</v>
       </c>
       <c r="D273" t="s">
         <v>10</v>
       </c>
       <c r="E273" t="s">
         <v>11</v>
       </c>
       <c r="F273" s="1" t="s">
-        <v>1036</v>
+        <v>1044</v>
       </c>
       <c r="G273" t="s">
-        <v>1037</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" t="s">
-        <v>1038</v>
+        <v>984</v>
       </c>
       <c r="B274" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C274" t="s">
-        <v>1039</v>
+        <v>229</v>
       </c>
       <c r="D274" t="s">
         <v>10</v>
       </c>
       <c r="E274" t="s">
         <v>11</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>1040</v>
+        <v>1046</v>
       </c>
       <c r="G274" t="s">
-        <v>1041</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" t="s">
-        <v>1042</v>
+        <v>1016</v>
       </c>
       <c r="B275" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C275" t="s">
-        <v>1030</v>
+        <v>233</v>
       </c>
       <c r="D275" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E275" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>1043</v>
+        <v>1048</v>
       </c>
       <c r="G275" t="s">
-        <v>1044</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" t="s">
-        <v>1045</v>
+        <v>1019</v>
       </c>
       <c r="B276" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C276" t="s">
-        <v>386</v>
+        <v>247</v>
       </c>
       <c r="D276" t="s">
         <v>10</v>
       </c>
       <c r="E276" t="s">
         <v>11</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>1046</v>
+        <v>1050</v>
       </c>
       <c r="G276" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" t="s">
-        <v>1048</v>
+        <v>1022</v>
       </c>
       <c r="B277" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C277" t="s">
-        <v>418</v>
+        <v>251</v>
       </c>
       <c r="D277" t="s">
         <v>10</v>
       </c>
       <c r="E277" t="s">
         <v>11</v>
       </c>
       <c r="F277" s="1" t="s">
+        <v>1051</v>
+      </c>
+      <c r="G277" t="s">
         <v>1049</v>
-      </c>
-[...1 lines deleted...]
-        <v>1050</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" t="s">
-        <v>1051</v>
+        <v>1025</v>
       </c>
       <c r="B278" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C278" t="s">
-        <v>370</v>
+        <v>255</v>
       </c>
       <c r="D278" t="s">
         <v>10</v>
       </c>
       <c r="E278" t="s">
         <v>11</v>
       </c>
       <c r="F278" s="1" t="s">
         <v>1052</v>
       </c>
       <c r="G278" t="s">
         <v>1053</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" t="s">
         <v>1054</v>
       </c>
       <c r="B279" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C279" t="s">
-        <v>394</v>
+        <v>209</v>
       </c>
       <c r="D279" t="s">
         <v>10</v>
       </c>
       <c r="E279" t="s">
         <v>11</v>
       </c>
       <c r="F279" s="1" t="s">
         <v>1055</v>
       </c>
       <c r="G279" t="s">
-        <v>1056</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B280" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C280" t="s">
+        <v>213</v>
+      </c>
+      <c r="D280" t="s">
+        <v>10</v>
+      </c>
+      <c r="E280" t="s">
+        <v>11</v>
+      </c>
+      <c r="F280" s="1" t="s">
         <v>1057</v>
       </c>
-      <c r="B280" t="s">
-[...11 lines deleted...]
-      <c r="F280" s="1" t="s">
+      <c r="G280" t="s">
         <v>1058</v>
-      </c>
-[...1 lines deleted...]
-        <v>1059</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B281" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C281" t="s">
+        <v>871</v>
+      </c>
+      <c r="D281" t="s">
+        <v>10</v>
+      </c>
+      <c r="E281" t="s">
+        <v>11</v>
+      </c>
+      <c r="F281" s="1" t="s">
         <v>1060</v>
       </c>
-      <c r="B281" t="s">
-[...11 lines deleted...]
-      <c r="F281" s="1" t="s">
+      <c r="G281" t="s">
         <v>1061</v>
-      </c>
-[...1 lines deleted...]
-        <v>1047</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" t="s">
         <v>1062</v>
       </c>
       <c r="B282" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C282" t="s">
-        <v>227</v>
+        <v>1063</v>
       </c>
       <c r="D282" t="s">
         <v>10</v>
       </c>
       <c r="E282" t="s">
         <v>11</v>
       </c>
       <c r="F282" s="1" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="G282" t="s">
-        <v>1047</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="B283" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C283" t="s">
-        <v>231</v>
+        <v>1054</v>
       </c>
       <c r="D283" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="E283" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="G283" t="s">
-        <v>1047</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" t="s">
-        <v>1066</v>
+        <v>1069</v>
       </c>
       <c r="B284" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C284" t="s">
-        <v>310</v>
+        <v>418</v>
       </c>
       <c r="D284" t="s">
         <v>10</v>
       </c>
       <c r="E284" t="s">
         <v>11</v>
       </c>
       <c r="F284" s="1" t="s">
-        <v>1067</v>
+        <v>1070</v>
       </c>
       <c r="G284" t="s">
-        <v>1047</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" t="s">
-        <v>1068</v>
+        <v>1072</v>
       </c>
       <c r="B285" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C285" t="s">
-        <v>527</v>
+        <v>450</v>
       </c>
       <c r="D285" t="s">
         <v>10</v>
       </c>
       <c r="E285" t="s">
         <v>11</v>
       </c>
       <c r="F285" s="1" t="s">
-        <v>1069</v>
+        <v>1073</v>
       </c>
       <c r="G285" t="s">
-        <v>1070</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" t="s">
-        <v>1071</v>
+        <v>1075</v>
       </c>
       <c r="B286" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C286" t="s">
-        <v>475</v>
+        <v>402</v>
       </c>
       <c r="D286" t="s">
         <v>10</v>
       </c>
       <c r="E286" t="s">
         <v>11</v>
       </c>
       <c r="F286" s="1" t="s">
-        <v>1072</v>
+        <v>1076</v>
       </c>
       <c r="G286" t="s">
-        <v>1047</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" t="s">
-        <v>1073</v>
+        <v>1078</v>
       </c>
       <c r="B287" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C287" t="s">
-        <v>491</v>
+        <v>426</v>
       </c>
       <c r="D287" t="s">
         <v>10</v>
       </c>
       <c r="E287" t="s">
         <v>11</v>
       </c>
       <c r="F287" s="1" t="s">
-        <v>1074</v>
+        <v>1079</v>
       </c>
       <c r="G287" t="s">
-        <v>1075</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" t="s">
-        <v>147</v>
+        <v>1081</v>
       </c>
       <c r="B288" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C288" t="s">
-        <v>499</v>
+        <v>511</v>
       </c>
       <c r="D288" t="s">
         <v>10</v>
       </c>
       <c r="E288" t="s">
         <v>11</v>
       </c>
       <c r="F288" s="1" t="s">
-        <v>1076</v>
+        <v>1082</v>
       </c>
       <c r="G288" t="s">
-        <v>1075</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" t="s">
-        <v>190</v>
+        <v>1084</v>
       </c>
       <c r="B289" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C289" t="s">
-        <v>531</v>
+        <v>196</v>
       </c>
       <c r="D289" t="s">
         <v>10</v>
       </c>
       <c r="E289" t="s">
         <v>11</v>
       </c>
       <c r="F289" s="1" t="s">
-        <v>1077</v>
+        <v>1085</v>
       </c>
       <c r="G289" t="s">
-        <v>1075</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" t="s">
-        <v>423</v>
+        <v>1086</v>
       </c>
       <c r="B290" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C290" t="s">
-        <v>173</v>
+        <v>259</v>
       </c>
       <c r="D290" t="s">
         <v>10</v>
       </c>
       <c r="E290" t="s">
         <v>11</v>
       </c>
       <c r="F290" s="1" t="s">
-        <v>1078</v>
+        <v>1087</v>
       </c>
       <c r="G290" t="s">
-        <v>1075</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" t="s">
-        <v>431</v>
+        <v>1088</v>
       </c>
       <c r="B291" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C291" t="s">
-        <v>169</v>
+        <v>263</v>
       </c>
       <c r="D291" t="s">
         <v>10</v>
       </c>
       <c r="E291" t="s">
         <v>11</v>
       </c>
       <c r="F291" s="1" t="s">
-        <v>1079</v>
+        <v>1089</v>
       </c>
       <c r="G291" t="s">
-        <v>1080</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" t="s">
-        <v>484</v>
+        <v>1090</v>
       </c>
       <c r="B292" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C292" t="s">
-        <v>205</v>
+        <v>342</v>
       </c>
       <c r="D292" t="s">
         <v>10</v>
       </c>
       <c r="E292" t="s">
         <v>11</v>
       </c>
       <c r="F292" s="1" t="s">
-        <v>1081</v>
+        <v>1091</v>
       </c>
       <c r="G292" t="s">
-        <v>1082</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" t="s">
-        <v>439</v>
+        <v>1092</v>
       </c>
       <c r="B293" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C293" t="s">
-        <v>211</v>
+        <v>559</v>
       </c>
       <c r="D293" t="s">
         <v>10</v>
       </c>
       <c r="E293" t="s">
         <v>11</v>
       </c>
       <c r="F293" s="1" t="s">
-        <v>1083</v>
+        <v>1093</v>
       </c>
       <c r="G293" t="s">
-        <v>1084</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" t="s">
-        <v>516</v>
+        <v>1095</v>
       </c>
       <c r="B294" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C294" t="s">
-        <v>957</v>
+        <v>507</v>
       </c>
       <c r="D294" t="s">
-        <v>148</v>
+        <v>10</v>
       </c>
       <c r="E294" t="s">
-        <v>149</v>
+        <v>11</v>
       </c>
       <c r="F294" s="1" t="s">
-        <v>1085</v>
+        <v>1096</v>
       </c>
       <c r="G294" t="s">
-        <v>1086</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" t="s">
-        <v>630</v>
+        <v>1097</v>
       </c>
       <c r="B295" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C295" t="s">
-        <v>263</v>
+        <v>523</v>
       </c>
       <c r="D295" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="E295" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="F295" s="1" t="s">
-        <v>1087</v>
+        <v>1098</v>
       </c>
       <c r="G295" t="s">
-        <v>1088</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" t="s">
-        <v>488</v>
+        <v>179</v>
       </c>
       <c r="B296" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C296" t="s">
-        <v>354</v>
+        <v>531</v>
       </c>
       <c r="D296" t="s">
         <v>10</v>
       </c>
       <c r="E296" t="s">
         <v>11</v>
       </c>
       <c r="F296" s="1" t="s">
-        <v>1089</v>
+        <v>1100</v>
       </c>
       <c r="G296" t="s">
-        <v>1090</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" t="s">
-        <v>435</v>
+        <v>222</v>
       </c>
       <c r="B297" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C297" t="s">
-        <v>239</v>
+        <v>563</v>
       </c>
       <c r="D297" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="E297" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="F297" s="1" t="s">
-        <v>1091</v>
+        <v>1101</v>
       </c>
       <c r="G297" t="s">
-        <v>1092</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" t="s">
-        <v>739</v>
+        <v>455</v>
       </c>
       <c r="B298" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
       <c r="C298" t="s">
-        <v>842</v>
+        <v>205</v>
       </c>
       <c r="D298" t="s">
-        <v>148</v>
+        <v>10</v>
       </c>
       <c r="E298" t="s">
-        <v>149</v>
+        <v>11</v>
       </c>
       <c r="F298" s="1" t="s">
-        <v>1093</v>
+        <v>1102</v>
       </c>
       <c r="G298" t="s">
-        <v>1094</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" t="s">
-        <v>371</v>
+        <v>463</v>
       </c>
       <c r="B299" t="s">
-        <v>1095</v>
+        <v>1000</v>
       </c>
       <c r="C299" t="s">
-        <v>251</v>
+        <v>201</v>
       </c>
       <c r="D299" t="s">
         <v>10</v>
       </c>
       <c r="E299" t="s">
         <v>11</v>
       </c>
       <c r="F299" s="1" t="s">
-        <v>1096</v>
+        <v>1103</v>
       </c>
       <c r="G299" t="s">
-        <v>1097</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" t="s">
-        <v>957</v>
+        <v>516</v>
       </c>
       <c r="B300" t="s">
-        <v>1095</v>
+        <v>1000</v>
       </c>
       <c r="C300" t="s">
-        <v>255</v>
+        <v>237</v>
       </c>
       <c r="D300" t="s">
         <v>10</v>
       </c>
       <c r="E300" t="s">
         <v>11</v>
       </c>
       <c r="F300" s="1" t="s">
-        <v>1098</v>
+        <v>1105</v>
       </c>
       <c r="G300" t="s">
-        <v>1099</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" t="s">
-        <v>1100</v>
+        <v>471</v>
       </c>
       <c r="B301" t="s">
-        <v>1095</v>
+        <v>1000</v>
       </c>
       <c r="C301" t="s">
-        <v>291</v>
+        <v>243</v>
       </c>
       <c r="D301" t="s">
         <v>10</v>
       </c>
       <c r="E301" t="s">
         <v>11</v>
       </c>
       <c r="F301" s="1" t="s">
-        <v>1101</v>
+        <v>1107</v>
       </c>
       <c r="G301" t="s">
-        <v>1102</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" t="s">
-        <v>1103</v>
+        <v>548</v>
       </c>
       <c r="B302" t="s">
-        <v>1095</v>
+        <v>1000</v>
       </c>
       <c r="C302" t="s">
-        <v>295</v>
+        <v>981</v>
       </c>
       <c r="D302" t="s">
-        <v>10</v>
+        <v>180</v>
       </c>
       <c r="E302" t="s">
-        <v>11</v>
+        <v>181</v>
       </c>
       <c r="F302" s="1" t="s">
-        <v>1104</v>
+        <v>1109</v>
       </c>
       <c r="G302" t="s">
-        <v>1105</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" t="s">
-        <v>311</v>
+        <v>662</v>
       </c>
       <c r="B303" t="s">
-        <v>1095</v>
+        <v>1000</v>
       </c>
       <c r="C303" t="s">
-        <v>267</v>
+        <v>295</v>
       </c>
       <c r="D303" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="E303" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="F303" s="1" t="s">
-        <v>1106</v>
+        <v>1111</v>
       </c>
       <c r="G303" t="s">
-        <v>1107</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" t="s">
-        <v>842</v>
+        <v>520</v>
       </c>
       <c r="B304" t="s">
-        <v>1095</v>
+        <v>1000</v>
       </c>
       <c r="C304" t="s">
-        <v>299</v>
+        <v>386</v>
       </c>
       <c r="D304" t="s">
         <v>10</v>
       </c>
       <c r="E304" t="s">
         <v>11</v>
       </c>
       <c r="F304" s="1" t="s">
-        <v>1108</v>
+        <v>1113</v>
       </c>
       <c r="G304" t="s">
-        <v>1109</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" t="s">
-        <v>1110</v>
+        <v>467</v>
       </c>
       <c r="B305" t="s">
-        <v>1095</v>
+        <v>1000</v>
       </c>
       <c r="C305" t="s">
-        <v>314</v>
+        <v>271</v>
       </c>
       <c r="D305" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="E305" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="F305" s="1" t="s">
-        <v>1111</v>
+        <v>1115</v>
       </c>
       <c r="G305" t="s">
-        <v>1112</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" t="s">
-        <v>355</v>
+        <v>771</v>
       </c>
       <c r="B306" t="s">
-        <v>1095</v>
+        <v>1000</v>
       </c>
       <c r="C306" t="s">
-        <v>318</v>
+        <v>868</v>
       </c>
       <c r="D306" t="s">
-        <v>50</v>
+        <v>180</v>
       </c>
       <c r="E306" t="s">
-        <v>51</v>
+        <v>181</v>
       </c>
       <c r="F306" s="1" t="s">
-        <v>1113</v>
+        <v>1117</v>
       </c>
       <c r="G306" t="s">
-        <v>1114</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" t="s">
-        <v>206</v>
+        <v>403</v>
       </c>
       <c r="B307" t="s">
-        <v>1095</v>
+        <v>1119</v>
       </c>
       <c r="C307" t="s">
-        <v>322</v>
+        <v>283</v>
       </c>
       <c r="D307" t="s">
         <v>10</v>
       </c>
       <c r="E307" t="s">
         <v>11</v>
       </c>
       <c r="F307" s="1" t="s">
-        <v>1115</v>
+        <v>1120</v>
       </c>
       <c r="G307" t="s">
-        <v>1116</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" t="s">
-        <v>375</v>
+        <v>981</v>
       </c>
       <c r="B308" t="s">
-        <v>1095</v>
+        <v>1119</v>
       </c>
       <c r="C308" t="s">
-        <v>271</v>
+        <v>287</v>
       </c>
       <c r="D308" t="s">
         <v>10</v>
       </c>
       <c r="E308" t="s">
         <v>11</v>
       </c>
       <c r="F308" s="1" t="s">
-        <v>1117</v>
+        <v>1122</v>
       </c>
       <c r="G308" t="s">
-        <v>1118</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B309" t="s">
         <v>1119</v>
       </c>
-      <c r="B309" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C309" t="s">
-        <v>275</v>
+        <v>323</v>
       </c>
       <c r="D309" t="s">
         <v>10</v>
       </c>
       <c r="E309" t="s">
         <v>11</v>
       </c>
       <c r="F309" s="1" t="s">
-        <v>1120</v>
+        <v>1125</v>
       </c>
       <c r="G309" t="s">
-        <v>1121</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" t="s">
-        <v>1122</v>
+        <v>1127</v>
       </c>
       <c r="B310" t="s">
-        <v>1123</v>
+        <v>1119</v>
       </c>
       <c r="C310" t="s">
-        <v>382</v>
+        <v>327</v>
       </c>
       <c r="D310" t="s">
         <v>10</v>
       </c>
       <c r="E310" t="s">
         <v>11</v>
       </c>
       <c r="F310" s="1" t="s">
-        <v>1124</v>
+        <v>1128</v>
       </c>
       <c r="G310" t="s">
-        <v>1125</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" t="s">
-        <v>1126</v>
+        <v>343</v>
       </c>
       <c r="B311" t="s">
-        <v>1123</v>
+        <v>1119</v>
       </c>
       <c r="C311" t="s">
-        <v>1127</v>
+        <v>299</v>
       </c>
       <c r="D311" t="s">
         <v>10</v>
       </c>
       <c r="E311" t="s">
         <v>11</v>
       </c>
       <c r="F311" s="1" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="G311" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" t="s">
-        <v>1130</v>
+        <v>868</v>
       </c>
       <c r="B312" t="s">
-        <v>1123</v>
+        <v>1119</v>
       </c>
       <c r="C312" t="s">
-        <v>362</v>
+        <v>331</v>
       </c>
       <c r="D312" t="s">
         <v>10</v>
       </c>
       <c r="E312" t="s">
         <v>11</v>
       </c>
       <c r="F312" s="1" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="G312" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="B313" t="s">
-        <v>1123</v>
+        <v>1119</v>
       </c>
       <c r="C313" t="s">
-        <v>326</v>
+        <v>346</v>
       </c>
       <c r="D313" t="s">
         <v>10</v>
       </c>
       <c r="E313" t="s">
         <v>11</v>
       </c>
       <c r="F313" s="1" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="G313" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" t="s">
-        <v>1136</v>
+        <v>387</v>
       </c>
       <c r="B314" t="s">
-        <v>1123</v>
+        <v>1119</v>
       </c>
       <c r="C314" t="s">
-        <v>330</v>
+        <v>350</v>
       </c>
       <c r="D314" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="E314" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="F314" s="1" t="s">
         <v>1137</v>
       </c>
       <c r="G314" t="s">
         <v>1138</v>
       </c>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" t="s">
+        <v>238</v>
+      </c>
+      <c r="B315" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C315" t="s">
+        <v>354</v>
+      </c>
+      <c r="D315" t="s">
+        <v>10</v>
+      </c>
+      <c r="E315" t="s">
+        <v>11</v>
+      </c>
+      <c r="F315" s="1" t="s">
         <v>1139</v>
       </c>
-      <c r="B315" t="s">
-[...11 lines deleted...]
-      <c r="F315" s="1" t="s">
+      <c r="G315" t="s">
         <v>1140</v>
-      </c>
-[...1 lines deleted...]
-        <v>1141</v>
       </c>
     </row>
     <row r="316" spans="1:7">
       <c r="A316" t="s">
+        <v>407</v>
+      </c>
+      <c r="B316" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C316" t="s">
+        <v>303</v>
+      </c>
+      <c r="D316" t="s">
+        <v>10</v>
+      </c>
+      <c r="E316" t="s">
+        <v>11</v>
+      </c>
+      <c r="F316" s="1" t="s">
+        <v>1141</v>
+      </c>
+      <c r="G316" t="s">
         <v>1142</v>
-      </c>
-[...16 lines deleted...]
-        <v>1145</v>
       </c>
     </row>
     <row r="317" spans="1:7">
       <c r="A317" t="s">
-        <v>1146</v>
+        <v>1143</v>
       </c>
       <c r="B317" t="s">
-        <v>1123</v>
+        <v>1119</v>
       </c>
       <c r="C317" t="s">
-        <v>342</v>
+        <v>307</v>
       </c>
       <c r="D317" t="s">
         <v>10</v>
       </c>
       <c r="E317" t="s">
         <v>11</v>
       </c>
       <c r="F317" s="1" t="s">
-        <v>1147</v>
+        <v>1144</v>
       </c>
       <c r="G317" t="s">
-        <v>1148</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="318" spans="1:7">
       <c r="A318" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B318" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C318" t="s">
+        <v>414</v>
+      </c>
+      <c r="D318" t="s">
+        <v>10</v>
+      </c>
+      <c r="E318" t="s">
+        <v>11</v>
+      </c>
+      <c r="F318" s="1" t="s">
+        <v>1148</v>
+      </c>
+      <c r="G318" t="s">
         <v>1149</v>
-      </c>
-[...16 lines deleted...]
-        <v>1151</v>
       </c>
     </row>
     <row r="319" spans="1:7">
       <c r="A319" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B319" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C319" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D319" t="s">
+        <v>10</v>
+      </c>
+      <c r="E319" t="s">
+        <v>11</v>
+      </c>
+      <c r="F319" s="1" t="s">
         <v>1152</v>
       </c>
-      <c r="B319" t="s">
-[...11 lines deleted...]
-      <c r="F319" s="1" t="s">
+      <c r="G319" t="s">
         <v>1153</v>
-      </c>
-[...1 lines deleted...]
-        <v>1154</v>
       </c>
     </row>
     <row r="320" spans="1:7">
       <c r="A320" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B320" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C320" t="s">
+        <v>394</v>
+      </c>
+      <c r="D320" t="s">
+        <v>10</v>
+      </c>
+      <c r="E320" t="s">
+        <v>11</v>
+      </c>
+      <c r="F320" s="1" t="s">
         <v>1155</v>
       </c>
-      <c r="B320" t="s">
-[...11 lines deleted...]
-      <c r="F320" s="1" t="s">
+      <c r="G320" t="s">
         <v>1156</v>
-      </c>
-[...1 lines deleted...]
-        <v>1157</v>
       </c>
     </row>
     <row r="321" spans="1:7">
       <c r="A321" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B321" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C321" t="s">
+        <v>358</v>
+      </c>
+      <c r="D321" t="s">
+        <v>10</v>
+      </c>
+      <c r="E321" t="s">
+        <v>11</v>
+      </c>
+      <c r="F321" s="1" t="s">
         <v>1158</v>
       </c>
-      <c r="B321" t="s">
-[...11 lines deleted...]
-      <c r="F321" s="1" t="s">
+      <c r="G321" t="s">
         <v>1159</v>
-      </c>
-[...1 lines deleted...]
-        <v>1160</v>
       </c>
     </row>
     <row r="322" spans="1:7">
       <c r="A322" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B322" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C322" t="s">
+        <v>362</v>
+      </c>
+      <c r="D322" t="s">
+        <v>10</v>
+      </c>
+      <c r="E322" t="s">
+        <v>11</v>
+      </c>
+      <c r="F322" s="1" t="s">
         <v>1161</v>
       </c>
-      <c r="B322" t="s">
-[...11 lines deleted...]
-      <c r="F322" s="1" t="s">
+      <c r="G322" t="s">
         <v>1162</v>
-      </c>
-[...1 lines deleted...]
-        <v>1163</v>
       </c>
     </row>
     <row r="323" spans="1:7">
       <c r="A323" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B323" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C323" t="s">
+        <v>366</v>
+      </c>
+      <c r="D323" t="s">
+        <v>10</v>
+      </c>
+      <c r="E323" t="s">
+        <v>11</v>
+      </c>
+      <c r="F323" s="1" t="s">
         <v>1164</v>
       </c>
-      <c r="B323" t="s">
+      <c r="G323" t="s">
         <v>1165</v>
-      </c>
-[...13 lines deleted...]
-        <v>1167</v>
       </c>
     </row>
     <row r="324" spans="1:7">
       <c r="A324" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B324" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C324" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D324" t="s">
+        <v>10</v>
+      </c>
+      <c r="E324" t="s">
+        <v>11</v>
+      </c>
+      <c r="F324" s="1" t="s">
         <v>1168</v>
       </c>
-      <c r="B324" t="s">
-[...11 lines deleted...]
-      <c r="F324" s="1" t="s">
+      <c r="G324" t="s">
         <v>1169</v>
-      </c>
-[...1 lines deleted...]
-        <v>1170</v>
       </c>
     </row>
     <row r="325" spans="1:7">
       <c r="A325" t="s">
+        <v>1170</v>
+      </c>
+      <c r="B325" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C325" t="s">
+        <v>374</v>
+      </c>
+      <c r="D325" t="s">
+        <v>10</v>
+      </c>
+      <c r="E325" t="s">
+        <v>11</v>
+      </c>
+      <c r="F325" s="1" t="s">
         <v>1171</v>
       </c>
-      <c r="B325" t="s">
-[...11 lines deleted...]
-      <c r="F325" s="1" t="s">
+      <c r="G325" t="s">
         <v>1172</v>
-      </c>
-[...1 lines deleted...]
-        <v>1173</v>
       </c>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B326" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C326" t="s">
+        <v>378</v>
+      </c>
+      <c r="D326" t="s">
+        <v>10</v>
+      </c>
+      <c r="E326" t="s">
+        <v>11</v>
+      </c>
+      <c r="F326" s="1" t="s">
         <v>1174</v>
       </c>
-      <c r="B326" t="s">
-[...11 lines deleted...]
-      <c r="F326" s="1" t="s">
+      <c r="G326" t="s">
         <v>1175</v>
-      </c>
-[...1 lines deleted...]
-        <v>1176</v>
       </c>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B327" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C327" t="s">
+        <v>446</v>
+      </c>
+      <c r="D327" t="s">
+        <v>10</v>
+      </c>
+      <c r="E327" t="s">
+        <v>11</v>
+      </c>
+      <c r="F327" s="1" t="s">
         <v>1177</v>
       </c>
-      <c r="B327" t="s">
-[...11 lines deleted...]
-      <c r="F327" s="1" t="s">
+      <c r="G327" t="s">
         <v>1178</v>
-      </c>
-[...1 lines deleted...]
-        <v>1179</v>
       </c>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B328" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C328" t="s">
+        <v>398</v>
+      </c>
+      <c r="D328" t="s">
+        <v>10</v>
+      </c>
+      <c r="E328" t="s">
+        <v>11</v>
+      </c>
+      <c r="F328" s="1" t="s">
         <v>1180</v>
       </c>
-      <c r="B328" t="s">
-[...11 lines deleted...]
-      <c r="F328" s="1" t="s">
+      <c r="G328" t="s">
         <v>1181</v>
-      </c>
-[...1 lines deleted...]
-        <v>1182</v>
       </c>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B329" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C329" t="s">
+        <v>430</v>
+      </c>
+      <c r="D329" t="s">
+        <v>10</v>
+      </c>
+      <c r="E329" t="s">
+        <v>11</v>
+      </c>
+      <c r="F329" s="1" t="s">
         <v>1183</v>
       </c>
-      <c r="B329" t="s">
-[...11 lines deleted...]
-      <c r="F329" s="1" t="s">
+      <c r="G329" t="s">
         <v>1184</v>
-      </c>
-[...1 lines deleted...]
-        <v>1185</v>
       </c>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B330" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C330" t="s">
+        <v>626</v>
+      </c>
+      <c r="D330" t="s">
+        <v>10</v>
+      </c>
+      <c r="E330" t="s">
+        <v>11</v>
+      </c>
+      <c r="F330" s="1" t="s">
         <v>1186</v>
       </c>
-      <c r="B330" t="s">
-[...11 lines deleted...]
-      <c r="F330" s="1" t="s">
+      <c r="G330" t="s">
         <v>1187</v>
-      </c>
-[...1 lines deleted...]
-        <v>1188</v>
       </c>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B331" t="s">
         <v>1189</v>
       </c>
-      <c r="B331" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C331" t="s">
-        <v>434</v>
+        <v>454</v>
       </c>
       <c r="D331" t="s">
         <v>10</v>
       </c>
       <c r="E331" t="s">
         <v>11</v>
       </c>
       <c r="F331" s="1" t="s">
         <v>1190</v>
       </c>
       <c r="G331" t="s">
         <v>1191</v>
       </c>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" t="s">
-        <v>19</v>
+        <v>1192</v>
       </c>
       <c r="B332" t="s">
-        <v>1165</v>
+        <v>1189</v>
       </c>
       <c r="C332" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="D332" t="s">
         <v>10</v>
       </c>
       <c r="E332" t="s">
         <v>11</v>
       </c>
       <c r="F332" s="1" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="G332" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="B333" t="s">
-        <v>1165</v>
+        <v>1189</v>
       </c>
       <c r="C333" t="s">
-        <v>426</v>
+        <v>438</v>
       </c>
       <c r="D333" t="s">
         <v>10</v>
       </c>
       <c r="E333" t="s">
         <v>11</v>
       </c>
       <c r="F333" s="1" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="G333" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="B334" t="s">
-        <v>1165</v>
+        <v>1189</v>
       </c>
       <c r="C334" t="s">
-        <v>442</v>
+        <v>547</v>
       </c>
       <c r="D334" t="s">
         <v>10</v>
       </c>
       <c r="E334" t="s">
         <v>11</v>
       </c>
       <c r="F334" s="1" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="G334" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="B335" t="s">
-        <v>1165</v>
+        <v>1189</v>
       </c>
       <c r="C335" t="s">
-        <v>447</v>
+        <v>519</v>
       </c>
       <c r="D335" t="s">
         <v>10</v>
       </c>
       <c r="E335" t="s">
         <v>11</v>
       </c>
       <c r="F335" s="1" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="G335" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="B336" t="s">
-        <v>1165</v>
+        <v>1189</v>
       </c>
       <c r="C336" t="s">
-        <v>451</v>
+        <v>868</v>
       </c>
       <c r="D336" t="s">
-        <v>10</v>
+        <v>180</v>
       </c>
       <c r="E336" t="s">
-        <v>11</v>
+        <v>181</v>
       </c>
       <c r="F336" s="1" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="G336" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="B337" t="s">
-        <v>1165</v>
+        <v>1189</v>
       </c>
       <c r="C337" t="s">
-        <v>455</v>
+        <v>495</v>
       </c>
       <c r="D337" t="s">
         <v>10</v>
       </c>
       <c r="E337" t="s">
         <v>11</v>
       </c>
       <c r="F337" s="1" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="G337" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="B338" t="s">
-        <v>1165</v>
+        <v>1189</v>
       </c>
       <c r="C338" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="D338" t="s">
         <v>10</v>
       </c>
       <c r="E338" t="s">
         <v>11</v>
       </c>
       <c r="F338" s="1" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="G338" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="B339" t="s">
-        <v>1165</v>
+        <v>1189</v>
       </c>
       <c r="C339" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="D339" t="s">
         <v>10</v>
       </c>
       <c r="E339" t="s">
         <v>11</v>
       </c>
       <c r="F339" s="1" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="G339" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="340" spans="1:7">
       <c r="A340" t="s">
-        <v>236</v>
+        <v>49</v>
       </c>
       <c r="B340" t="s">
-        <v>1215</v>
+        <v>1189</v>
       </c>
       <c r="C340" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="D340" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="E340" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="F340" s="1" t="s">
         <v>1216</v>
       </c>
       <c r="G340" t="s">
         <v>1217</v>
       </c>
     </row>
     <row r="341" spans="1:7">
       <c r="A341" t="s">
         <v>1218</v>
       </c>
       <c r="B341" t="s">
-        <v>1215</v>
+        <v>1189</v>
       </c>
       <c r="C341" t="s">
-        <v>495</v>
+        <v>458</v>
       </c>
       <c r="D341" t="s">
         <v>10</v>
       </c>
       <c r="E341" t="s">
         <v>11</v>
       </c>
       <c r="F341" s="1" t="s">
         <v>1219</v>
       </c>
       <c r="G341" t="s">
         <v>1220</v>
       </c>
     </row>
     <row r="342" spans="1:7">
       <c r="A342" t="s">
         <v>1221</v>
       </c>
       <c r="B342" t="s">
-        <v>1215</v>
+        <v>1189</v>
       </c>
       <c r="C342" t="s">
+        <v>474</v>
+      </c>
+      <c r="D342" t="s">
+        <v>10</v>
+      </c>
+      <c r="E342" t="s">
+        <v>11</v>
+      </c>
+      <c r="F342" s="1" t="s">
         <v>1222</v>
       </c>
-      <c r="D342" t="s">
-[...5 lines deleted...]
-      <c r="F342" s="1" t="s">
+      <c r="G342" t="s">
         <v>1223</v>
-      </c>
-[...1 lines deleted...]
-        <v>1224</v>
       </c>
     </row>
     <row r="343" spans="1:7">
       <c r="A343" t="s">
-        <v>170</v>
+        <v>1224</v>
       </c>
       <c r="B343" t="s">
-        <v>1215</v>
+        <v>1189</v>
       </c>
       <c r="C343" t="s">
-        <v>511</v>
+        <v>479</v>
       </c>
       <c r="D343" t="s">
         <v>10</v>
       </c>
       <c r="E343" t="s">
         <v>11</v>
       </c>
       <c r="F343" s="1" t="s">
         <v>1225</v>
       </c>
       <c r="G343" t="s">
         <v>1226</v>
       </c>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" t="s">
-        <v>174</v>
+        <v>143</v>
       </c>
       <c r="B344" t="s">
-        <v>1215</v>
+        <v>1189</v>
       </c>
       <c r="C344" t="s">
-        <v>519</v>
+        <v>483</v>
       </c>
       <c r="D344" t="s">
         <v>10</v>
       </c>
       <c r="E344" t="s">
         <v>11</v>
       </c>
       <c r="F344" s="1" t="s">
         <v>1227</v>
       </c>
       <c r="G344" t="s">
-        <v>948</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="B345" t="s">
-        <v>1215</v>
+        <v>1189</v>
       </c>
       <c r="C345" t="s">
-        <v>523</v>
+        <v>487</v>
       </c>
       <c r="D345" t="s">
         <v>10</v>
       </c>
       <c r="E345" t="s">
         <v>11</v>
       </c>
       <c r="F345" s="1" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="G345" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" t="s">
-        <v>926</v>
+        <v>1232</v>
       </c>
       <c r="B346" t="s">
-        <v>1215</v>
+        <v>1189</v>
       </c>
       <c r="C346" t="s">
-        <v>507</v>
+        <v>491</v>
       </c>
       <c r="D346" t="s">
         <v>10</v>
       </c>
       <c r="E346" t="s">
         <v>11</v>
       </c>
       <c r="F346" s="1" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
       <c r="G346" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" t="s">
-        <v>1233</v>
+        <v>1235</v>
       </c>
       <c r="B347" t="s">
-        <v>1215</v>
+        <v>1189</v>
       </c>
       <c r="C347" t="s">
-        <v>535</v>
+        <v>499</v>
       </c>
       <c r="D347" t="s">
         <v>10</v>
       </c>
       <c r="E347" t="s">
         <v>11</v>
       </c>
       <c r="F347" s="1" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="G347" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" t="s">
-        <v>1236</v>
+        <v>268</v>
       </c>
       <c r="B348" t="s">
-        <v>1215</v>
+        <v>1238</v>
       </c>
       <c r="C348" t="s">
-        <v>543</v>
+        <v>503</v>
       </c>
       <c r="D348" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="E348" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="F348" s="1" t="s">
-        <v>1237</v>
+        <v>1239</v>
       </c>
       <c r="G348" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" t="s">
-        <v>244</v>
+        <v>1241</v>
       </c>
       <c r="B349" t="s">
-        <v>1215</v>
+        <v>1238</v>
       </c>
       <c r="C349" t="s">
-        <v>547</v>
+        <v>527</v>
       </c>
       <c r="D349" t="s">
         <v>10</v>
       </c>
       <c r="E349" t="s">
         <v>11</v>
       </c>
       <c r="F349" s="1" t="s">
-        <v>1239</v>
+        <v>1242</v>
       </c>
       <c r="G349" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="350" spans="1:7">
       <c r="A350" t="s">
-        <v>143</v>
+        <v>1244</v>
       </c>
       <c r="B350" t="s">
-        <v>1215</v>
+        <v>1238</v>
       </c>
       <c r="C350" t="s">
-        <v>570</v>
+        <v>1245</v>
       </c>
       <c r="D350" t="s">
         <v>10</v>
       </c>
       <c r="E350" t="s">
         <v>11</v>
       </c>
       <c r="F350" s="1" t="s">
-        <v>1241</v>
+        <v>1246</v>
       </c>
       <c r="G350" t="s">
-        <v>1242</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="351" spans="1:7">
       <c r="A351" t="s">
-        <v>1243</v>
+        <v>202</v>
       </c>
       <c r="B351" t="s">
-        <v>1215</v>
+        <v>1238</v>
       </c>
       <c r="C351" t="s">
-        <v>566</v>
+        <v>543</v>
       </c>
       <c r="D351" t="s">
         <v>10</v>
       </c>
       <c r="E351" t="s">
         <v>11</v>
       </c>
       <c r="F351" s="1" t="s">
-        <v>1244</v>
+        <v>1248</v>
       </c>
       <c r="G351" t="s">
-        <v>1245</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" t="s">
-        <v>232</v>
+        <v>206</v>
       </c>
       <c r="B352" t="s">
-        <v>1215</v>
+        <v>1238</v>
       </c>
       <c r="C352" t="s">
-        <v>559</v>
+        <v>551</v>
       </c>
       <c r="D352" t="s">
         <v>10</v>
       </c>
       <c r="E352" t="s">
         <v>11</v>
       </c>
       <c r="F352" s="1" t="s">
-        <v>1246</v>
+        <v>1250</v>
       </c>
       <c r="G352" t="s">
-        <v>1247</v>
+        <v>972</v>
       </c>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" t="s">
-        <v>228</v>
+        <v>1251</v>
       </c>
       <c r="B353" t="s">
-        <v>1215</v>
+        <v>1238</v>
       </c>
       <c r="C353" t="s">
-        <v>563</v>
+        <v>555</v>
       </c>
       <c r="D353" t="s">
         <v>10</v>
       </c>
       <c r="E353" t="s">
         <v>11</v>
       </c>
       <c r="F353" s="1" t="s">
-        <v>1248</v>
+        <v>1252</v>
       </c>
       <c r="G353" t="s">
-        <v>1249</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" t="s">
-        <v>1250</v>
+        <v>950</v>
       </c>
       <c r="B354" t="s">
-        <v>1251</v>
+        <v>1238</v>
       </c>
       <c r="C354" t="s">
-        <v>582</v>
+        <v>539</v>
       </c>
       <c r="D354" t="s">
         <v>10</v>
       </c>
       <c r="E354" t="s">
         <v>11</v>
       </c>
       <c r="F354" s="1" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="G354" t="s">
-        <v>1253</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="B355" t="s">
-        <v>1251</v>
+        <v>1238</v>
       </c>
       <c r="C355" t="s">
-        <v>673</v>
+        <v>567</v>
       </c>
       <c r="D355" t="s">
         <v>10</v>
       </c>
       <c r="E355" t="s">
         <v>11</v>
       </c>
       <c r="F355" s="1" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
       <c r="G355" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" t="s">
-        <v>1257</v>
+        <v>1259</v>
       </c>
       <c r="B356" t="s">
-        <v>1251</v>
+        <v>1238</v>
       </c>
       <c r="C356" t="s">
-        <v>1258</v>
+        <v>575</v>
       </c>
       <c r="D356" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="E356" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="F356" s="1" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="G356" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="357" spans="1:7">
       <c r="A357" t="s">
-        <v>1261</v>
+        <v>276</v>
       </c>
       <c r="B357" t="s">
-        <v>1251</v>
+        <v>1238</v>
       </c>
       <c r="C357" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="D357" t="s">
         <v>10</v>
       </c>
       <c r="E357" t="s">
         <v>11</v>
       </c>
       <c r="F357" s="1" t="s">
         <v>1262</v>
       </c>
       <c r="G357" t="s">
         <v>1263</v>
       </c>
     </row>
     <row r="358" spans="1:7">
       <c r="A358" t="s">
+        <v>175</v>
+      </c>
+      <c r="B358" t="s">
+        <v>1238</v>
+      </c>
+      <c r="C358" t="s">
+        <v>602</v>
+      </c>
+      <c r="D358" t="s">
+        <v>10</v>
+      </c>
+      <c r="E358" t="s">
+        <v>11</v>
+      </c>
+      <c r="F358" s="1" t="s">
         <v>1264</v>
       </c>
-      <c r="B358" t="s">
-[...11 lines deleted...]
-      <c r="F358" s="1" t="s">
+      <c r="G358" t="s">
         <v>1265</v>
-      </c>
-[...1 lines deleted...]
-        <v>1266</v>
       </c>
     </row>
     <row r="359" spans="1:7">
       <c r="A359" t="s">
+        <v>1266</v>
+      </c>
+      <c r="B359" t="s">
+        <v>1238</v>
+      </c>
+      <c r="C359" t="s">
+        <v>598</v>
+      </c>
+      <c r="D359" t="s">
+        <v>10</v>
+      </c>
+      <c r="E359" t="s">
+        <v>11</v>
+      </c>
+      <c r="F359" s="1" t="s">
         <v>1267</v>
       </c>
-      <c r="B359" t="s">
-[...11 lines deleted...]
-      <c r="F359" s="1" t="s">
+      <c r="G359" t="s">
         <v>1268</v>
-      </c>
-[...1 lines deleted...]
-        <v>1269</v>
       </c>
     </row>
     <row r="360" spans="1:7">
       <c r="A360" t="s">
+        <v>264</v>
+      </c>
+      <c r="B360" t="s">
+        <v>1238</v>
+      </c>
+      <c r="C360" t="s">
+        <v>591</v>
+      </c>
+      <c r="D360" t="s">
+        <v>10</v>
+      </c>
+      <c r="E360" t="s">
+        <v>11</v>
+      </c>
+      <c r="F360" s="1" t="s">
+        <v>1269</v>
+      </c>
+      <c r="G360" t="s">
         <v>1270</v>
-      </c>
-[...16 lines deleted...]
-        <v>1272</v>
       </c>
     </row>
     <row r="361" spans="1:7">
       <c r="A361" t="s">
-        <v>1273</v>
+        <v>260</v>
       </c>
       <c r="B361" t="s">
-        <v>1251</v>
+        <v>1238</v>
       </c>
       <c r="C361" t="s">
-        <v>956</v>
+        <v>595</v>
       </c>
       <c r="D361" t="s">
         <v>10</v>
       </c>
       <c r="E361" t="s">
         <v>11</v>
       </c>
       <c r="F361" s="1" t="s">
-        <v>1274</v>
+        <v>1271</v>
       </c>
       <c r="G361" t="s">
-        <v>1275</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="362" spans="1:7">
       <c r="A362" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B362" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C362" t="s">
+        <v>614</v>
+      </c>
+      <c r="D362" t="s">
+        <v>10</v>
+      </c>
+      <c r="E362" t="s">
+        <v>11</v>
+      </c>
+      <c r="F362" s="1" t="s">
+        <v>1275</v>
+      </c>
+      <c r="G362" t="s">
         <v>1276</v>
-      </c>
-[...16 lines deleted...]
-        <v>1278</v>
       </c>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B363" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C363" t="s">
+        <v>705</v>
+      </c>
+      <c r="D363" t="s">
+        <v>10</v>
+      </c>
+      <c r="E363" t="s">
+        <v>11</v>
+      </c>
+      <c r="F363" s="1" t="s">
+        <v>1278</v>
+      </c>
+      <c r="G363" t="s">
         <v>1279</v>
-      </c>
-[...16 lines deleted...]
-        <v>1281</v>
       </c>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B364" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C364" t="s">
+        <v>1281</v>
+      </c>
+      <c r="D364" t="s">
+        <v>36</v>
+      </c>
+      <c r="E364" t="s">
+        <v>37</v>
+      </c>
+      <c r="F364" s="1" t="s">
         <v>1282</v>
       </c>
-      <c r="B364" t="s">
-[...11 lines deleted...]
-      <c r="F364" s="1" t="s">
+      <c r="G364" t="s">
         <v>1283</v>
-      </c>
-[...1 lines deleted...]
-        <v>1284</v>
       </c>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" t="s">
+        <v>1284</v>
+      </c>
+      <c r="B365" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C365" t="s">
+        <v>606</v>
+      </c>
+      <c r="D365" t="s">
+        <v>10</v>
+      </c>
+      <c r="E365" t="s">
+        <v>11</v>
+      </c>
+      <c r="F365" s="1" t="s">
         <v>1285</v>
       </c>
-      <c r="B365" t="s">
-[...11 lines deleted...]
-      <c r="F365" s="1" t="s">
+      <c r="G365" t="s">
         <v>1286</v>
-      </c>
-[...1 lines deleted...]
-        <v>1287</v>
       </c>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" t="s">
-        <v>1288</v>
+        <v>1287</v>
       </c>
       <c r="B366" t="s">
-        <v>1251</v>
+        <v>1274</v>
       </c>
       <c r="C366" t="s">
         <v>610</v>
       </c>
       <c r="D366" t="s">
         <v>10</v>
       </c>
       <c r="E366" t="s">
         <v>11</v>
       </c>
       <c r="F366" s="1" t="s">
+        <v>1288</v>
+      </c>
+      <c r="G366" t="s">
         <v>1289</v>
-      </c>
-[...1 lines deleted...]
-        <v>1290</v>
       </c>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" t="s">
+        <v>1290</v>
+      </c>
+      <c r="B367" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C367" t="s">
+        <v>618</v>
+      </c>
+      <c r="D367" t="s">
+        <v>10</v>
+      </c>
+      <c r="E367" t="s">
+        <v>11</v>
+      </c>
+      <c r="F367" s="1" t="s">
         <v>1291</v>
       </c>
-      <c r="B367" t="s">
-[...11 lines deleted...]
-      <c r="F367" s="1" t="s">
+      <c r="G367" t="s">
         <v>1292</v>
-      </c>
-[...1 lines deleted...]
-        <v>1293</v>
       </c>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" t="s">
+        <v>1293</v>
+      </c>
+      <c r="B368" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C368" t="s">
+        <v>622</v>
+      </c>
+      <c r="D368" t="s">
+        <v>10</v>
+      </c>
+      <c r="E368" t="s">
+        <v>11</v>
+      </c>
+      <c r="F368" s="1" t="s">
         <v>1294</v>
       </c>
-      <c r="B368" t="s">
-[...11 lines deleted...]
-      <c r="F368" s="1" t="s">
+      <c r="G368" t="s">
         <v>1295</v>
-      </c>
-[...1 lines deleted...]
-        <v>1296</v>
       </c>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B369" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C369" t="s">
+        <v>980</v>
+      </c>
+      <c r="D369" t="s">
+        <v>10</v>
+      </c>
+      <c r="E369" t="s">
+        <v>11</v>
+      </c>
+      <c r="F369" s="1" t="s">
         <v>1297</v>
       </c>
-      <c r="B369" t="s">
-[...11 lines deleted...]
-      <c r="F369" s="1" t="s">
+      <c r="G369" t="s">
         <v>1298</v>
-      </c>
-[...1 lines deleted...]
-        <v>1299</v>
       </c>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" t="s">
+        <v>1299</v>
+      </c>
+      <c r="B370" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C370" t="s">
+        <v>661</v>
+      </c>
+      <c r="D370" t="s">
+        <v>10</v>
+      </c>
+      <c r="E370" t="s">
+        <v>11</v>
+      </c>
+      <c r="F370" s="1" t="s">
         <v>1300</v>
       </c>
-      <c r="B370" t="s">
-[...11 lines deleted...]
-      <c r="F370" s="1" t="s">
+      <c r="G370" t="s">
         <v>1301</v>
-      </c>
-[...1 lines deleted...]
-        <v>1302</v>
       </c>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B371" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C371" t="s">
+        <v>685</v>
+      </c>
+      <c r="D371" t="s">
+        <v>10</v>
+      </c>
+      <c r="E371" t="s">
+        <v>11</v>
+      </c>
+      <c r="F371" s="1" t="s">
         <v>1303</v>
       </c>
-      <c r="B371" t="s">
-[...11 lines deleted...]
-      <c r="F371" s="1" t="s">
+      <c r="G371" t="s">
         <v>1304</v>
-      </c>
-[...1 lines deleted...]
-        <v>1305</v>
       </c>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" t="s">
+        <v>1305</v>
+      </c>
+      <c r="B372" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C372" t="s">
+        <v>646</v>
+      </c>
+      <c r="D372" t="s">
+        <v>10</v>
+      </c>
+      <c r="E372" t="s">
+        <v>11</v>
+      </c>
+      <c r="F372" s="1" t="s">
         <v>1306</v>
       </c>
-      <c r="B372" t="s">
-[...11 lines deleted...]
-      <c r="F372" s="1" t="s">
+      <c r="G372" t="s">
         <v>1307</v>
-      </c>
-[...1 lines deleted...]
-        <v>1308</v>
       </c>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" t="s">
+        <v>1308</v>
+      </c>
+      <c r="B373" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C373" t="s">
+        <v>650</v>
+      </c>
+      <c r="D373" t="s">
+        <v>10</v>
+      </c>
+      <c r="E373" t="s">
+        <v>11</v>
+      </c>
+      <c r="F373" s="1" t="s">
         <v>1309</v>
       </c>
-      <c r="B373" t="s">
-[...11 lines deleted...]
-      <c r="F373" s="1" t="s">
+      <c r="G373" t="s">
         <v>1310</v>
-      </c>
-[...1 lines deleted...]
-        <v>1311</v>
       </c>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" t="s">
+        <v>1311</v>
+      </c>
+      <c r="B374" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C374" t="s">
+        <v>642</v>
+      </c>
+      <c r="D374" t="s">
+        <v>10</v>
+      </c>
+      <c r="E374" t="s">
+        <v>11</v>
+      </c>
+      <c r="F374" s="1" t="s">
         <v>1312</v>
       </c>
-      <c r="B374" t="s">
+      <c r="G374" t="s">
         <v>1313</v>
-      </c>
-[...13 lines deleted...]
-        <v>1315</v>
       </c>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" t="s">
+        <v>1314</v>
+      </c>
+      <c r="B375" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C375" t="s">
+        <v>658</v>
+      </c>
+      <c r="D375" t="s">
+        <v>10</v>
+      </c>
+      <c r="E375" t="s">
+        <v>11</v>
+      </c>
+      <c r="F375" s="1" t="s">
+        <v>1315</v>
+      </c>
+      <c r="G375" t="s">
         <v>1316</v>
-      </c>
-[...16 lines deleted...]
-        <v>1318</v>
       </c>
     </row>
     <row r="376" spans="1:7">
       <c r="A376" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B376" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C376" t="s">
+        <v>634</v>
+      </c>
+      <c r="D376" t="s">
+        <v>10</v>
+      </c>
+      <c r="E376" t="s">
+        <v>11</v>
+      </c>
+      <c r="F376" s="1" t="s">
+        <v>1318</v>
+      </c>
+      <c r="G376" t="s">
         <v>1319</v>
-      </c>
-[...16 lines deleted...]
-        <v>1321</v>
       </c>
     </row>
     <row r="377" spans="1:7">
       <c r="A377" t="s">
+        <v>1320</v>
+      </c>
+      <c r="B377" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C377" t="s">
+        <v>689</v>
+      </c>
+      <c r="D377" t="s">
+        <v>10</v>
+      </c>
+      <c r="E377" t="s">
+        <v>11</v>
+      </c>
+      <c r="F377" s="1" t="s">
+        <v>1321</v>
+      </c>
+      <c r="G377" t="s">
         <v>1322</v>
-      </c>
-[...16 lines deleted...]
-        <v>1324</v>
       </c>
     </row>
     <row r="378" spans="1:7">
       <c r="A378" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B378" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C378" t="s">
+        <v>665</v>
+      </c>
+      <c r="D378" t="s">
+        <v>10</v>
+      </c>
+      <c r="E378" t="s">
+        <v>11</v>
+      </c>
+      <c r="F378" s="1" t="s">
+        <v>1324</v>
+      </c>
+      <c r="G378" t="s">
         <v>1325</v>
-      </c>
-[...16 lines deleted...]
-        <v>1327</v>
       </c>
     </row>
     <row r="379" spans="1:7">
       <c r="A379" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B379" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C379" t="s">
+        <v>669</v>
+      </c>
+      <c r="D379" t="s">
+        <v>10</v>
+      </c>
+      <c r="E379" t="s">
+        <v>11</v>
+      </c>
+      <c r="F379" s="1" t="s">
+        <v>1327</v>
+      </c>
+      <c r="G379" t="s">
         <v>1328</v>
-      </c>
-[...16 lines deleted...]
-        <v>1330</v>
       </c>
     </row>
     <row r="380" spans="1:7">
       <c r="A380" t="s">
+        <v>1329</v>
+      </c>
+      <c r="B380" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C380" t="s">
+        <v>673</v>
+      </c>
+      <c r="D380" t="s">
+        <v>10</v>
+      </c>
+      <c r="E380" t="s">
+        <v>11</v>
+      </c>
+      <c r="F380" s="1" t="s">
+        <v>1330</v>
+      </c>
+      <c r="G380" t="s">
         <v>1331</v>
-      </c>
-[...16 lines deleted...]
-        <v>1333</v>
       </c>
     </row>
     <row r="381" spans="1:7">
       <c r="A381" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B381" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C381" t="s">
+        <v>681</v>
+      </c>
+      <c r="D381" t="s">
+        <v>10</v>
+      </c>
+      <c r="E381" t="s">
+        <v>11</v>
+      </c>
+      <c r="F381" s="1" t="s">
+        <v>1333</v>
+      </c>
+      <c r="G381" t="s">
         <v>1334</v>
-      </c>
-[...16 lines deleted...]
-        <v>1337</v>
       </c>
     </row>
     <row r="382" spans="1:7">
       <c r="A382" t="s">
+        <v>1335</v>
+      </c>
+      <c r="B382" t="s">
+        <v>1336</v>
+      </c>
+      <c r="C382" t="s">
+        <v>693</v>
+      </c>
+      <c r="D382" t="s">
+        <v>10</v>
+      </c>
+      <c r="E382" t="s">
+        <v>11</v>
+      </c>
+      <c r="F382" s="1" t="s">
+        <v>1337</v>
+      </c>
+      <c r="G382" t="s">
         <v>1338</v>
-      </c>
-[...16 lines deleted...]
-        <v>1340</v>
       </c>
     </row>
     <row r="383" spans="1:7">
       <c r="A383" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B383" t="s">
+        <v>1336</v>
+      </c>
+      <c r="C383" t="s">
+        <v>774</v>
+      </c>
+      <c r="D383" t="s">
+        <v>10</v>
+      </c>
+      <c r="E383" t="s">
+        <v>11</v>
+      </c>
+      <c r="F383" s="1" t="s">
+        <v>1340</v>
+      </c>
+      <c r="G383" t="s">
         <v>1341</v>
-      </c>
-[...16 lines deleted...]
-        <v>1343</v>
       </c>
     </row>
     <row r="384" spans="1:7">
       <c r="A384" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B384" t="s">
+        <v>1336</v>
+      </c>
+      <c r="C384" t="s">
+        <v>697</v>
+      </c>
+      <c r="D384" t="s">
+        <v>10</v>
+      </c>
+      <c r="E384" t="s">
+        <v>11</v>
+      </c>
+      <c r="F384" s="1" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G384" t="s">
         <v>1344</v>
-      </c>
-[...16 lines deleted...]
-        <v>1346</v>
       </c>
     </row>
     <row r="385" spans="1:7">
       <c r="A385" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B385" t="s">
+        <v>1336</v>
+      </c>
+      <c r="C385" t="s">
+        <v>709</v>
+      </c>
+      <c r="D385" t="s">
+        <v>10</v>
+      </c>
+      <c r="E385" t="s">
+        <v>11</v>
+      </c>
+      <c r="F385" s="1" t="s">
+        <v>1346</v>
+      </c>
+      <c r="G385" t="s">
         <v>1347</v>
-      </c>
-[...16 lines deleted...]
-        <v>1349</v>
       </c>
     </row>
     <row r="386" spans="1:7">
       <c r="A386" t="s">
+        <v>1348</v>
+      </c>
+      <c r="B386" t="s">
+        <v>1336</v>
+      </c>
+      <c r="C386" t="s">
+        <v>713</v>
+      </c>
+      <c r="D386" t="s">
+        <v>10</v>
+      </c>
+      <c r="E386" t="s">
+        <v>11</v>
+      </c>
+      <c r="F386" s="1" t="s">
+        <v>1349</v>
+      </c>
+      <c r="G386" t="s">
         <v>1350</v>
-      </c>
-[...16 lines deleted...]
-        <v>1352</v>
       </c>
     </row>
     <row r="387" spans="1:7">
       <c r="A387" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B387" t="s">
+        <v>1336</v>
+      </c>
+      <c r="C387" t="s">
+        <v>721</v>
+      </c>
+      <c r="D387" t="s">
+        <v>10</v>
+      </c>
+      <c r="E387" t="s">
+        <v>11</v>
+      </c>
+      <c r="F387" s="1" t="s">
+        <v>1352</v>
+      </c>
+      <c r="G387" t="s">
         <v>1353</v>
-      </c>
-[...16 lines deleted...]
-        <v>1355</v>
       </c>
     </row>
     <row r="388" spans="1:7">
       <c r="A388" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B388" t="s">
+        <v>1336</v>
+      </c>
+      <c r="C388" t="s">
+        <v>725</v>
+      </c>
+      <c r="D388" t="s">
+        <v>10</v>
+      </c>
+      <c r="E388" t="s">
+        <v>11</v>
+      </c>
+      <c r="F388" s="1" t="s">
+        <v>1355</v>
+      </c>
+      <c r="G388" t="s">
         <v>1356</v>
-      </c>
-[...16 lines deleted...]
-        <v>1358</v>
       </c>
     </row>
     <row r="389" spans="1:7">
       <c r="A389" t="s">
-        <v>1359</v>
+        <v>1357</v>
       </c>
       <c r="B389" t="s">
-        <v>1335</v>
+        <v>1358</v>
       </c>
       <c r="C389" t="s">
         <v>729</v>
       </c>
       <c r="D389" t="s">
         <v>10</v>
       </c>
       <c r="E389" t="s">
         <v>11</v>
       </c>
       <c r="F389" s="1" t="s">
+        <v>1359</v>
+      </c>
+      <c r="G389" t="s">
         <v>1360</v>
-      </c>
-[...1 lines deleted...]
-        <v>1361</v>
       </c>
     </row>
     <row r="390" spans="1:7">
       <c r="A390" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B390" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C390" t="s">
+        <v>946</v>
+      </c>
+      <c r="D390" t="s">
+        <v>10</v>
+      </c>
+      <c r="E390" t="s">
+        <v>11</v>
+      </c>
+      <c r="F390" s="1" t="s">
         <v>1362</v>
       </c>
-      <c r="B390" t="s">
-[...11 lines deleted...]
-      <c r="F390" s="1" t="s">
+      <c r="G390" t="s">
         <v>1363</v>
-      </c>
-[...1 lines deleted...]
-        <v>1364</v>
       </c>
     </row>
     <row r="391" spans="1:7">
       <c r="A391" t="s">
+        <v>1364</v>
+      </c>
+      <c r="B391" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C391" t="s">
+        <v>733</v>
+      </c>
+      <c r="D391" t="s">
+        <v>36</v>
+      </c>
+      <c r="E391" t="s">
+        <v>37</v>
+      </c>
+      <c r="F391" s="1" t="s">
         <v>1365</v>
       </c>
-      <c r="B391" t="s">
-[...11 lines deleted...]
-      <c r="F391" s="1" t="s">
+      <c r="G391" t="s">
         <v>1366</v>
-      </c>
-[...1 lines deleted...]
-        <v>1367</v>
       </c>
     </row>
     <row r="392" spans="1:7">
       <c r="A392" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B392" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C392" t="s">
+        <v>876</v>
+      </c>
+      <c r="D392" t="s">
+        <v>10</v>
+      </c>
+      <c r="E392" t="s">
+        <v>11</v>
+      </c>
+      <c r="F392" s="1" t="s">
         <v>1368</v>
       </c>
-      <c r="B392" t="s">
-[...11 lines deleted...]
-      <c r="F392" s="1" t="s">
+      <c r="G392" t="s">
         <v>1369</v>
-      </c>
-[...1 lines deleted...]
-        <v>1370</v>
       </c>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B393" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C393" t="s">
+        <v>737</v>
+      </c>
+      <c r="D393" t="s">
+        <v>10</v>
+      </c>
+      <c r="E393" t="s">
+        <v>11</v>
+      </c>
+      <c r="F393" s="1" t="s">
         <v>1371</v>
       </c>
-      <c r="B393" t="s">
-[...11 lines deleted...]
-      <c r="F393" s="1" t="s">
+      <c r="G393" t="s">
         <v>1372</v>
-      </c>
-[...1 lines deleted...]
-        <v>1373</v>
       </c>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B394" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C394" t="s">
+        <v>741</v>
+      </c>
+      <c r="D394" t="s">
+        <v>10</v>
+      </c>
+      <c r="E394" t="s">
+        <v>11</v>
+      </c>
+      <c r="F394" s="1" t="s">
         <v>1374</v>
       </c>
-      <c r="B394" t="s">
-[...11 lines deleted...]
-      <c r="F394" s="1" t="s">
+      <c r="G394" t="s">
         <v>1375</v>
-      </c>
-[...1 lines deleted...]
-        <v>1376</v>
       </c>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" t="s">
+        <v>1376</v>
+      </c>
+      <c r="B395" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C395" t="s">
+        <v>745</v>
+      </c>
+      <c r="D395" t="s">
+        <v>10</v>
+      </c>
+      <c r="E395" t="s">
+        <v>11</v>
+      </c>
+      <c r="F395" s="1" t="s">
         <v>1377</v>
       </c>
-      <c r="B395" t="s">
+      <c r="G395" t="s">
         <v>1378</v>
-      </c>
-[...13 lines deleted...]
-        <v>1380</v>
       </c>
     </row>
     <row r="396" spans="1:7">
       <c r="A396" t="s">
+        <v>1379</v>
+      </c>
+      <c r="B396" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C396" t="s">
+        <v>749</v>
+      </c>
+      <c r="D396" t="s">
+        <v>10</v>
+      </c>
+      <c r="E396" t="s">
+        <v>11</v>
+      </c>
+      <c r="F396" s="1" t="s">
+        <v>1380</v>
+      </c>
+      <c r="G396" t="s">
         <v>1381</v>
-      </c>
-[...16 lines deleted...]
-        <v>1383</v>
       </c>
     </row>
     <row r="397" spans="1:7">
       <c r="A397" t="s">
-        <v>1384</v>
+        <v>1382</v>
       </c>
       <c r="B397" t="s">
-        <v>1378</v>
+        <v>1358</v>
       </c>
       <c r="C397" t="s">
         <v>761</v>
       </c>
       <c r="D397" t="s">
         <v>10</v>
       </c>
       <c r="E397" t="s">
         <v>11</v>
       </c>
       <c r="F397" s="1" t="s">
-        <v>1385</v>
+        <v>1383</v>
       </c>
       <c r="G397" t="s">
-        <v>1386</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="398" spans="1:7">
       <c r="A398" t="s">
+        <v>1385</v>
+      </c>
+      <c r="B398" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C398" t="s">
+        <v>879</v>
+      </c>
+      <c r="D398" t="s">
+        <v>10</v>
+      </c>
+      <c r="E398" t="s">
+        <v>11</v>
+      </c>
+      <c r="F398" s="1" t="s">
+        <v>1386</v>
+      </c>
+      <c r="G398" t="s">
         <v>1387</v>
-      </c>
-[...16 lines deleted...]
-        <v>1389</v>
       </c>
     </row>
     <row r="399" spans="1:7">
       <c r="A399" t="s">
+        <v>1388</v>
+      </c>
+      <c r="B399" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C399" t="s">
+        <v>908</v>
+      </c>
+      <c r="D399" t="s">
+        <v>10</v>
+      </c>
+      <c r="E399" t="s">
+        <v>11</v>
+      </c>
+      <c r="F399" s="1" t="s">
+        <v>1389</v>
+      </c>
+      <c r="G399" t="s">
         <v>1390</v>
-      </c>
-[...16 lines deleted...]
-        <v>1392</v>
       </c>
     </row>
     <row r="400" spans="1:7">
       <c r="A400" t="s">
+        <v>1391</v>
+      </c>
+      <c r="B400" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C400" t="s">
+        <v>882</v>
+      </c>
+      <c r="D400" t="s">
+        <v>10</v>
+      </c>
+      <c r="E400" t="s">
+        <v>11</v>
+      </c>
+      <c r="F400" s="1" t="s">
+        <v>1392</v>
+      </c>
+      <c r="G400" t="s">
         <v>1393</v>
-      </c>
-[...16 lines deleted...]
-        <v>1395</v>
       </c>
     </row>
     <row r="401" spans="1:7">
       <c r="A401" t="s">
+        <v>1394</v>
+      </c>
+      <c r="B401" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C401" t="s">
+        <v>885</v>
+      </c>
+      <c r="D401" t="s">
+        <v>10</v>
+      </c>
+      <c r="E401" t="s">
+        <v>11</v>
+      </c>
+      <c r="F401" s="1" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G401" t="s">
         <v>1396</v>
-      </c>
-[...16 lines deleted...]
-        <v>1398</v>
       </c>
     </row>
     <row r="402" spans="1:7">
       <c r="A402" t="s">
+        <v>1397</v>
+      </c>
+      <c r="B402" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C402" t="s">
+        <v>766</v>
+      </c>
+      <c r="D402" t="s">
+        <v>10</v>
+      </c>
+      <c r="E402" t="s">
+        <v>11</v>
+      </c>
+      <c r="F402" s="1" t="s">
+        <v>1398</v>
+      </c>
+      <c r="G402" t="s">
         <v>1399</v>
-      </c>
-[...16 lines deleted...]
-        <v>1401</v>
       </c>
     </row>
     <row r="403" spans="1:7">
       <c r="A403" t="s">
+        <v>1400</v>
+      </c>
+      <c r="B403" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C403" t="s">
+        <v>785</v>
+      </c>
+      <c r="D403" t="s">
+        <v>36</v>
+      </c>
+      <c r="E403" t="s">
+        <v>37</v>
+      </c>
+      <c r="F403" s="1" t="s">
         <v>1402</v>
       </c>
-      <c r="B403" t="s">
-[...11 lines deleted...]
-      <c r="F403" s="1" t="s">
+      <c r="G403" t="s">
         <v>1403</v>
-      </c>
-[...1 lines deleted...]
-        <v>1404</v>
       </c>
     </row>
     <row r="404" spans="1:7">
       <c r="A404" t="s">
+        <v>1404</v>
+      </c>
+      <c r="B404" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C404" t="s">
+        <v>789</v>
+      </c>
+      <c r="D404" t="s">
+        <v>10</v>
+      </c>
+      <c r="E404" t="s">
+        <v>11</v>
+      </c>
+      <c r="F404" s="1" t="s">
         <v>1405</v>
       </c>
-      <c r="B404" t="s">
-[...2 lines deleted...]
-      <c r="C404" t="s">
+      <c r="G404" t="s">
         <v>1406</v>
-      </c>
-[...10 lines deleted...]
-        <v>1408</v>
       </c>
     </row>
     <row r="405" spans="1:7">
       <c r="A405" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B405" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C405" t="s">
+        <v>793</v>
+      </c>
+      <c r="D405" t="s">
+        <v>10</v>
+      </c>
+      <c r="E405" t="s">
+        <v>11</v>
+      </c>
+      <c r="F405" s="1" t="s">
+        <v>1408</v>
+      </c>
+      <c r="G405" t="s">
         <v>1409</v>
-      </c>
-[...16 lines deleted...]
-        <v>1411</v>
       </c>
     </row>
     <row r="406" spans="1:7">
       <c r="A406" t="s">
+        <v>1410</v>
+      </c>
+      <c r="B406" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C406" t="s">
+        <v>813</v>
+      </c>
+      <c r="D406" t="s">
+        <v>10</v>
+      </c>
+      <c r="E406" t="s">
+        <v>11</v>
+      </c>
+      <c r="F406" s="1" t="s">
+        <v>1411</v>
+      </c>
+      <c r="G406" t="s">
         <v>1412</v>
-      </c>
-[...16 lines deleted...]
-        <v>1414</v>
       </c>
     </row>
     <row r="407" spans="1:7">
       <c r="A407" t="s">
+        <v>1413</v>
+      </c>
+      <c r="B407" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C407" t="s">
+        <v>797</v>
+      </c>
+      <c r="D407" t="s">
+        <v>10</v>
+      </c>
+      <c r="E407" t="s">
+        <v>11</v>
+      </c>
+      <c r="F407" s="1" t="s">
+        <v>1414</v>
+      </c>
+      <c r="G407" t="s">
         <v>1415</v>
-      </c>
-[...16 lines deleted...]
-        <v>1417</v>
       </c>
     </row>
     <row r="408" spans="1:7">
       <c r="A408" t="s">
+        <v>1416</v>
+      </c>
+      <c r="B408" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C408" t="s">
+        <v>805</v>
+      </c>
+      <c r="D408" t="s">
+        <v>10</v>
+      </c>
+      <c r="E408" t="s">
+        <v>11</v>
+      </c>
+      <c r="F408" s="1" t="s">
+        <v>1417</v>
+      </c>
+      <c r="G408" t="s">
         <v>1418</v>
-      </c>
-[...16 lines deleted...]
-        <v>1417</v>
       </c>
     </row>
     <row r="409" spans="1:7">
       <c r="A409" t="s">
+        <v>1419</v>
+      </c>
+      <c r="B409" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C409" t="s">
+        <v>809</v>
+      </c>
+      <c r="D409" t="s">
+        <v>36</v>
+      </c>
+      <c r="E409" t="s">
+        <v>37</v>
+      </c>
+      <c r="F409" s="1" t="s">
         <v>1420</v>
       </c>
-      <c r="B409" t="s">
-[...11 lines deleted...]
-      <c r="F409" s="1" t="s">
+      <c r="G409" t="s">
         <v>1421</v>
-      </c>
-[...1 lines deleted...]
-        <v>1422</v>
       </c>
     </row>
     <row r="410" spans="1:7">
       <c r="A410" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B410" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C410" t="s">
+        <v>817</v>
+      </c>
+      <c r="D410" t="s">
+        <v>10</v>
+      </c>
+      <c r="E410" t="s">
+        <v>11</v>
+      </c>
+      <c r="F410" s="1" t="s">
         <v>1423</v>
       </c>
-      <c r="B410" t="s">
+      <c r="G410" t="s">
         <v>1424</v>
-      </c>
-[...13 lines deleted...]
-        <v>1426</v>
       </c>
     </row>
     <row r="411" spans="1:7">
       <c r="A411" t="s">
+        <v>1425</v>
+      </c>
+      <c r="B411" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C411" t="s">
+        <v>891</v>
+      </c>
+      <c r="D411" t="s">
+        <v>10</v>
+      </c>
+      <c r="E411" t="s">
+        <v>11</v>
+      </c>
+      <c r="F411" s="1" t="s">
+        <v>1426</v>
+      </c>
+      <c r="G411" t="s">
         <v>1427</v>
-      </c>
-[...16 lines deleted...]
-        <v>1429</v>
       </c>
     </row>
     <row r="412" spans="1:7">
       <c r="A412" t="s">
+        <v>1428</v>
+      </c>
+      <c r="B412" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C412" t="s">
+        <v>1429</v>
+      </c>
+      <c r="D412" t="s">
+        <v>10</v>
+      </c>
+      <c r="E412" t="s">
+        <v>11</v>
+      </c>
+      <c r="F412" s="1" t="s">
         <v>1430</v>
       </c>
-      <c r="B412" t="s">
-[...2 lines deleted...]
-      <c r="C412" t="s">
+      <c r="G412" t="s">
         <v>1431</v>
-      </c>
-[...10 lines deleted...]
-        <v>1433</v>
       </c>
     </row>
     <row r="413" spans="1:7">
       <c r="A413" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B413" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C413" t="s">
+        <v>829</v>
+      </c>
+      <c r="D413" t="s">
+        <v>10</v>
+      </c>
+      <c r="E413" t="s">
+        <v>11</v>
+      </c>
+      <c r="F413" s="1" t="s">
+        <v>1433</v>
+      </c>
+      <c r="G413" t="s">
         <v>1434</v>
-      </c>
-[...16 lines deleted...]
-        <v>1436</v>
       </c>
     </row>
     <row r="414" spans="1:7">
       <c r="A414" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B414" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C414" t="s">
+        <v>833</v>
+      </c>
+      <c r="D414" t="s">
+        <v>10</v>
+      </c>
+      <c r="E414" t="s">
+        <v>11</v>
+      </c>
+      <c r="F414" s="1" t="s">
+        <v>1436</v>
+      </c>
+      <c r="G414" t="s">
         <v>1437</v>
-      </c>
-[...16 lines deleted...]
-        <v>1440</v>
       </c>
     </row>
     <row r="415" spans="1:7">
       <c r="A415" t="s">
-        <v>1039</v>
+        <v>1438</v>
       </c>
       <c r="B415" t="s">
-        <v>1424</v>
+        <v>1401</v>
       </c>
       <c r="C415" t="s">
-        <v>842</v>
+        <v>837</v>
       </c>
       <c r="D415" t="s">
-        <v>1441</v>
+        <v>10</v>
       </c>
       <c r="E415" t="s">
-        <v>1442</v>
+        <v>11</v>
       </c>
       <c r="F415" s="1" t="s">
-        <v>1443</v>
+        <v>1439</v>
       </c>
       <c r="G415" t="s">
-        <v>1444</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="416" spans="1:7">
       <c r="A416" t="s">
-        <v>1445</v>
+        <v>1441</v>
       </c>
       <c r="B416" t="s">
-        <v>1424</v>
+        <v>1401</v>
       </c>
       <c r="C416" t="s">
-        <v>1446</v>
+        <v>841</v>
       </c>
       <c r="D416" t="s">
         <v>10</v>
       </c>
       <c r="E416" t="s">
         <v>11</v>
       </c>
       <c r="F416" s="1" t="s">
-        <v>1447</v>
+        <v>1442</v>
       </c>
       <c r="G416" t="s">
-        <v>1448</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="417" spans="1:7">
       <c r="A417" t="s">
-        <v>1449</v>
+        <v>1443</v>
       </c>
       <c r="B417" t="s">
-        <v>1424</v>
+        <v>1401</v>
       </c>
       <c r="C417" t="s">
-        <v>817</v>
+        <v>825</v>
       </c>
       <c r="D417" t="s">
         <v>10</v>
       </c>
       <c r="E417" t="s">
         <v>11</v>
       </c>
       <c r="F417" s="1" t="s">
-        <v>1450</v>
+        <v>1444</v>
       </c>
       <c r="G417" t="s">
-        <v>1451</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="418" spans="1:7">
       <c r="A418" t="s">
-        <v>1452</v>
+        <v>1446</v>
       </c>
       <c r="B418" t="s">
-        <v>1424</v>
+        <v>1447</v>
       </c>
       <c r="C418" t="s">
-        <v>925</v>
+        <v>928</v>
       </c>
       <c r="D418" t="s">
         <v>10</v>
       </c>
       <c r="E418" t="s">
         <v>11</v>
       </c>
       <c r="F418" s="1" t="s">
-        <v>1453</v>
+        <v>1448</v>
       </c>
       <c r="G418" t="s">
-        <v>1454</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="419" spans="1:7">
       <c r="A419" t="s">
-        <v>1455</v>
+        <v>1450</v>
       </c>
       <c r="B419" t="s">
-        <v>1424</v>
+        <v>1447</v>
       </c>
       <c r="C419" t="s">
-        <v>932</v>
+        <v>921</v>
       </c>
       <c r="D419" t="s">
         <v>10</v>
       </c>
       <c r="E419" t="s">
         <v>11</v>
       </c>
       <c r="F419" s="1" t="s">
-        <v>1456</v>
+        <v>1451</v>
       </c>
       <c r="G419" t="s">
-        <v>1457</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="420" spans="1:7">
       <c r="A420" t="s">
-        <v>1458</v>
+        <v>1453</v>
       </c>
       <c r="B420" t="s">
-        <v>1424</v>
+        <v>1447</v>
       </c>
       <c r="C420" t="s">
-        <v>929</v>
+        <v>1454</v>
       </c>
       <c r="D420" t="s">
         <v>10</v>
       </c>
       <c r="E420" t="s">
         <v>11</v>
       </c>
       <c r="F420" s="1" t="s">
-        <v>1459</v>
+        <v>1455</v>
       </c>
       <c r="G420" t="s">
-        <v>1460</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="421" spans="1:7">
       <c r="A421" t="s">
-        <v>1461</v>
+        <v>1457</v>
       </c>
       <c r="B421" t="s">
-        <v>1424</v>
+        <v>1447</v>
       </c>
       <c r="C421" t="s">
-        <v>943</v>
+        <v>1453</v>
       </c>
       <c r="D421" t="s">
         <v>10</v>
       </c>
       <c r="E421" t="s">
         <v>11</v>
       </c>
       <c r="F421" s="1" t="s">
-        <v>1462</v>
+        <v>1458</v>
       </c>
       <c r="G421" t="s">
-        <v>1463</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="422" spans="1:7">
       <c r="A422" t="s">
-        <v>1464</v>
+        <v>1460</v>
       </c>
       <c r="B422" t="s">
-        <v>1424</v>
+        <v>1447</v>
       </c>
       <c r="C422" t="s">
-        <v>949</v>
+        <v>1461</v>
       </c>
       <c r="D422" t="s">
         <v>10</v>
       </c>
       <c r="E422" t="s">
         <v>11</v>
       </c>
       <c r="F422" s="1" t="s">
-        <v>1465</v>
+        <v>1462</v>
       </c>
       <c r="G422" t="s">
-        <v>1466</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="423" spans="1:7">
       <c r="A423" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B423" t="s">
+        <v>1447</v>
+      </c>
+      <c r="C423" t="s">
+        <v>868</v>
+      </c>
+      <c r="D423" t="s">
+        <v>1464</v>
+      </c>
+      <c r="E423" t="s">
+        <v>1465</v>
+      </c>
+      <c r="F423" s="1" t="s">
+        <v>1466</v>
+      </c>
+      <c r="G423" t="s">
         <v>1467</v>
-      </c>
-[...16 lines deleted...]
-        <v>1469</v>
       </c>
     </row>
     <row r="424" spans="1:7">
       <c r="A424" t="s">
+        <v>1468</v>
+      </c>
+      <c r="B424" t="s">
+        <v>1447</v>
+      </c>
+      <c r="C424" t="s">
+        <v>1469</v>
+      </c>
+      <c r="D424" t="s">
+        <v>10</v>
+      </c>
+      <c r="E424" t="s">
+        <v>11</v>
+      </c>
+      <c r="F424" s="1" t="s">
         <v>1470</v>
       </c>
-      <c r="B424" t="s">
-[...11 lines deleted...]
-      <c r="F424" s="1" t="s">
+      <c r="G424" t="s">
         <v>1471</v>
-      </c>
-[...1 lines deleted...]
-        <v>1472</v>
       </c>
     </row>
     <row r="425" spans="1:7">
       <c r="A425" t="s">
+        <v>1472</v>
+      </c>
+      <c r="B425" t="s">
+        <v>1447</v>
+      </c>
+      <c r="C425" t="s">
+        <v>849</v>
+      </c>
+      <c r="D425" t="s">
+        <v>10</v>
+      </c>
+      <c r="E425" t="s">
+        <v>11</v>
+      </c>
+      <c r="F425" s="1" t="s">
         <v>1473</v>
       </c>
-      <c r="B425" t="s">
-[...2 lines deleted...]
-      <c r="C425" t="s">
+      <c r="G425" t="s">
         <v>1474</v>
-      </c>
-[...10 lines deleted...]
-        <v>1476</v>
       </c>
     </row>
     <row r="426" spans="1:7">
       <c r="A426" t="s">
+        <v>1475</v>
+      </c>
+      <c r="B426" t="s">
+        <v>1447</v>
+      </c>
+      <c r="C426" t="s">
+        <v>949</v>
+      </c>
+      <c r="D426" t="s">
+        <v>10</v>
+      </c>
+      <c r="E426" t="s">
+        <v>11</v>
+      </c>
+      <c r="F426" s="1" t="s">
+        <v>1476</v>
+      </c>
+      <c r="G426" t="s">
         <v>1477</v>
-      </c>
-[...16 lines deleted...]
-        <v>1479</v>
       </c>
     </row>
     <row r="427" spans="1:7">
       <c r="A427" t="s">
-        <v>248</v>
+        <v>1478</v>
       </c>
       <c r="B427" t="s">
-        <v>1424</v>
+        <v>1447</v>
       </c>
       <c r="C427" t="s">
-        <v>959</v>
+        <v>956</v>
       </c>
       <c r="D427" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="E427" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="F427" s="1" t="s">
+        <v>1479</v>
+      </c>
+      <c r="G427" t="s">
         <v>1480</v>
-      </c>
-[...1 lines deleted...]
-        <v>1481</v>
       </c>
     </row>
     <row r="428" spans="1:7">
       <c r="A428" t="s">
-        <v>1474</v>
+        <v>1481</v>
       </c>
       <c r="B428" t="s">
-        <v>1424</v>
+        <v>1447</v>
       </c>
       <c r="C428" t="s">
-        <v>972</v>
+        <v>953</v>
       </c>
       <c r="D428" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="E428" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="F428" s="1" t="s">
         <v>1482</v>
       </c>
       <c r="G428" t="s">
         <v>1483</v>
       </c>
     </row>
     <row r="429" spans="1:7">
       <c r="A429" t="s">
         <v>1484</v>
       </c>
       <c r="B429" t="s">
-        <v>1424</v>
+        <v>1447</v>
       </c>
       <c r="C429" t="s">
-        <v>969</v>
+        <v>967</v>
       </c>
       <c r="D429" t="s">
         <v>10</v>
       </c>
       <c r="E429" t="s">
         <v>11</v>
       </c>
       <c r="F429" s="1" t="s">
         <v>1485</v>
       </c>
       <c r="G429" t="s">
         <v>1486</v>
       </c>
     </row>
     <row r="430" spans="1:7">
       <c r="A430" t="s">
-        <v>419</v>
+        <v>1487</v>
       </c>
       <c r="B430" t="s">
-        <v>1487</v>
+        <v>1447</v>
       </c>
       <c r="C430" t="s">
+        <v>973</v>
+      </c>
+      <c r="D430" t="s">
+        <v>10</v>
+      </c>
+      <c r="E430" t="s">
+        <v>11</v>
+      </c>
+      <c r="F430" s="1" t="s">
         <v>1488</v>
       </c>
-      <c r="D430" t="s">
-[...5 lines deleted...]
-      <c r="F430" s="1" t="s">
+      <c r="G430" t="s">
         <v>1489</v>
-      </c>
-[...1 lines deleted...]
-        <v>1490</v>
       </c>
     </row>
     <row r="431" spans="1:7">
       <c r="A431" t="s">
-        <v>387</v>
+        <v>1490</v>
       </c>
       <c r="B431" t="s">
-        <v>1487</v>
+        <v>1447</v>
       </c>
       <c r="C431" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D431" t="s">
+        <v>10</v>
+      </c>
+      <c r="E431" t="s">
+        <v>11</v>
+      </c>
+      <c r="F431" s="1" t="s">
         <v>1491</v>
       </c>
-      <c r="D431" t="s">
-[...5 lines deleted...]
-      <c r="F431" s="1" t="s">
+      <c r="G431" t="s">
         <v>1492</v>
-      </c>
-[...1 lines deleted...]
-        <v>1493</v>
       </c>
     </row>
     <row r="432" spans="1:7">
       <c r="A432" t="s">
-        <v>395</v>
+        <v>1493</v>
       </c>
       <c r="B432" t="s">
-        <v>1487</v>
+        <v>1447</v>
       </c>
       <c r="C432" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D432" t="s">
+        <v>10</v>
+      </c>
+      <c r="E432" t="s">
+        <v>11</v>
+      </c>
+      <c r="F432" s="1" t="s">
         <v>1494</v>
       </c>
-      <c r="D432" t="s">
-[...5 lines deleted...]
-      <c r="F432" s="1" t="s">
+      <c r="G432" t="s">
         <v>1495</v>
-      </c>
-[...1 lines deleted...]
-        <v>1496</v>
       </c>
     </row>
     <row r="433" spans="1:7">
       <c r="A433" t="s">
-        <v>1406</v>
+        <v>1496</v>
       </c>
       <c r="B433" t="s">
-        <v>1487</v>
+        <v>1447</v>
       </c>
       <c r="C433" t="s">
         <v>1497</v>
       </c>
       <c r="D433" t="s">
         <v>10</v>
       </c>
       <c r="E433" t="s">
         <v>11</v>
       </c>
       <c r="F433" s="1" t="s">
         <v>1498</v>
       </c>
       <c r="G433" t="s">
         <v>1499</v>
       </c>
     </row>
     <row r="434" spans="1:7">
       <c r="A434" t="s">
         <v>1500</v>
       </c>
       <c r="B434" t="s">
-        <v>1487</v>
+        <v>1447</v>
       </c>
       <c r="C434" t="s">
+        <v>1364</v>
+      </c>
+      <c r="D434" t="s">
+        <v>36</v>
+      </c>
+      <c r="E434" t="s">
+        <v>37</v>
+      </c>
+      <c r="F434" s="1" t="s">
         <v>1501</v>
       </c>
-      <c r="D434" t="s">
-[...5 lines deleted...]
-      <c r="F434" s="1" t="s">
+      <c r="G434" t="s">
         <v>1502</v>
-      </c>
-[...1 lines deleted...]
-        <v>1503</v>
       </c>
     </row>
     <row r="435" spans="1:7">
       <c r="A435" t="s">
+        <v>280</v>
+      </c>
+      <c r="B435" t="s">
+        <v>1447</v>
+      </c>
+      <c r="C435" t="s">
+        <v>983</v>
+      </c>
+      <c r="D435" t="s">
+        <v>36</v>
+      </c>
+      <c r="E435" t="s">
+        <v>37</v>
+      </c>
+      <c r="F435" s="1" t="s">
+        <v>1503</v>
+      </c>
+      <c r="G435" t="s">
         <v>1504</v>
-      </c>
-[...16 lines deleted...]
-        <v>1507</v>
       </c>
     </row>
     <row r="436" spans="1:7">
       <c r="A436" t="s">
-        <v>307</v>
+        <v>1497</v>
       </c>
       <c r="B436" t="s">
-        <v>1487</v>
+        <v>1447</v>
       </c>
       <c r="C436" t="s">
-        <v>1508</v>
+        <v>996</v>
       </c>
       <c r="D436" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="E436" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="F436" s="1" t="s">
-        <v>1509</v>
+        <v>1505</v>
       </c>
       <c r="G436" t="s">
-        <v>1510</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="437" spans="1:7">
       <c r="A437" t="s">
-        <v>1438</v>
+        <v>1507</v>
       </c>
       <c r="B437" t="s">
-        <v>1487</v>
+        <v>1447</v>
       </c>
       <c r="C437" t="s">
-        <v>1511</v>
+        <v>993</v>
       </c>
       <c r="D437" t="s">
         <v>10</v>
       </c>
       <c r="E437" t="s">
         <v>11</v>
       </c>
       <c r="F437" s="1" t="s">
-        <v>1512</v>
+        <v>1508</v>
       </c>
       <c r="G437" t="s">
-        <v>1513</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="438" spans="1:7">
       <c r="A438" t="s">
-        <v>1431</v>
+        <v>451</v>
       </c>
       <c r="B438" t="s">
-        <v>1487</v>
+        <v>1510</v>
       </c>
       <c r="C438" t="s">
-        <v>1514</v>
+        <v>1511</v>
       </c>
       <c r="D438" t="s">
         <v>10</v>
       </c>
       <c r="E438" t="s">
         <v>11</v>
       </c>
       <c r="F438" s="1" t="s">
-        <v>1515</v>
+        <v>1512</v>
       </c>
       <c r="G438" t="s">
-        <v>1516</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="439" spans="1:7">
       <c r="A439" t="s">
-        <v>1517</v>
+        <v>419</v>
       </c>
       <c r="B439" t="s">
-        <v>1487</v>
+        <v>1510</v>
       </c>
       <c r="C439" t="s">
-        <v>1331</v>
+        <v>1514</v>
       </c>
       <c r="D439" t="s">
         <v>10</v>
       </c>
       <c r="E439" t="s">
         <v>11</v>
       </c>
       <c r="F439" s="1" t="s">
-        <v>1518</v>
+        <v>1515</v>
       </c>
       <c r="G439" t="s">
-        <v>1519</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="440" spans="1:7">
       <c r="A440" t="s">
-        <v>528</v>
+        <v>427</v>
       </c>
       <c r="B440" t="s">
-        <v>1487</v>
+        <v>1510</v>
       </c>
       <c r="C440" t="s">
-        <v>1520</v>
+        <v>1517</v>
       </c>
       <c r="D440" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="E440" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="F440" s="1" t="s">
-        <v>1521</v>
+        <v>1518</v>
       </c>
       <c r="G440" t="s">
-        <v>1522</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="441" spans="1:7">
       <c r="A441" t="s">
-        <v>987</v>
+        <v>1429</v>
       </c>
       <c r="B441" t="s">
-        <v>1487</v>
+        <v>1510</v>
       </c>
       <c r="C441" t="s">
-        <v>1264</v>
+        <v>1520</v>
       </c>
       <c r="D441" t="s">
         <v>10</v>
       </c>
       <c r="E441" t="s">
         <v>11</v>
       </c>
       <c r="F441" s="1" t="s">
-        <v>1523</v>
+        <v>1521</v>
       </c>
       <c r="G441" t="s">
-        <v>1524</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="442" spans="1:7">
       <c r="A442" t="s">
+        <v>1523</v>
+      </c>
+      <c r="B442" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C442" t="s">
+        <v>1524</v>
+      </c>
+      <c r="D442" t="s">
+        <v>10</v>
+      </c>
+      <c r="E442" t="s">
+        <v>11</v>
+      </c>
+      <c r="F442" s="1" t="s">
         <v>1525</v>
       </c>
-      <c r="B442" t="s">
+      <c r="G442" t="s">
         <v>1526</v>
-      </c>
-[...13 lines deleted...]
-        <v>1528</v>
       </c>
     </row>
     <row r="443" spans="1:7">
       <c r="A443" t="s">
-        <v>1446</v>
+        <v>1527</v>
       </c>
       <c r="B443" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C443" t="s">
+        <v>1528</v>
+      </c>
+      <c r="D443" t="s">
+        <v>10</v>
+      </c>
+      <c r="E443" t="s">
+        <v>11</v>
+      </c>
+      <c r="F443" s="1" t="s">
         <v>1529</v>
       </c>
-      <c r="C443" t="s">
-[...8 lines deleted...]
-      <c r="F443" s="1" t="s">
+      <c r="G443" t="s">
         <v>1530</v>
-      </c>
-[...1 lines deleted...]
-        <v>1531</v>
       </c>
     </row>
     <row r="444" spans="1:7">
       <c r="A444" t="s">
+        <v>339</v>
+      </c>
+      <c r="B444" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C444" t="s">
+        <v>1531</v>
+      </c>
+      <c r="D444" t="s">
+        <v>10</v>
+      </c>
+      <c r="E444" t="s">
+        <v>11</v>
+      </c>
+      <c r="F444" s="1" t="s">
         <v>1532</v>
       </c>
-      <c r="B444" t="s">
+      <c r="G444" t="s">
         <v>1533</v>
-      </c>
-[...13 lines deleted...]
-        <v>1535</v>
       </c>
     </row>
     <row r="445" spans="1:7">
       <c r="A445" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B445" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C445" t="s">
+        <v>1534</v>
+      </c>
+      <c r="D445" t="s">
+        <v>10</v>
+      </c>
+      <c r="E445" t="s">
+        <v>11</v>
+      </c>
+      <c r="F445" s="1" t="s">
+        <v>1535</v>
+      </c>
+      <c r="G445" t="s">
         <v>1536</v>
-      </c>
-[...16 lines deleted...]
-        <v>1538</v>
       </c>
     </row>
     <row r="446" spans="1:7">
       <c r="A446" t="s">
+        <v>1454</v>
+      </c>
+      <c r="B446" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C446" t="s">
+        <v>1537</v>
+      </c>
+      <c r="D446" t="s">
+        <v>10</v>
+      </c>
+      <c r="E446" t="s">
+        <v>11</v>
+      </c>
+      <c r="F446" s="1" t="s">
+        <v>1538</v>
+      </c>
+      <c r="G446" t="s">
         <v>1539</v>
-      </c>
-[...16 lines deleted...]
-        <v>1542</v>
       </c>
     </row>
     <row r="447" spans="1:7">
       <c r="A447" t="s">
-        <v>1543</v>
+        <v>1540</v>
       </c>
       <c r="B447" t="s">
-        <v>1540</v>
+        <v>1510</v>
       </c>
       <c r="C447" t="s">
-        <v>1233</v>
+        <v>1354</v>
       </c>
       <c r="D447" t="s">
         <v>10</v>
       </c>
       <c r="E447" t="s">
         <v>11</v>
       </c>
       <c r="F447" s="1" t="s">
-        <v>1544</v>
+        <v>1541</v>
       </c>
       <c r="G447" t="s">
-        <v>1545</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="448" spans="1:7">
       <c r="A448" t="s">
-        <v>1546</v>
+        <v>560</v>
       </c>
       <c r="B448" t="s">
-        <v>1540</v>
+        <v>1510</v>
       </c>
       <c r="C448" t="s">
-        <v>979</v>
+        <v>1543</v>
       </c>
       <c r="D448" t="s">
         <v>10</v>
       </c>
       <c r="E448" t="s">
         <v>11</v>
       </c>
       <c r="F448" s="1" t="s">
-        <v>1547</v>
+        <v>1544</v>
       </c>
       <c r="G448" t="s">
-        <v>1548</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="449" spans="1:7">
       <c r="A449" t="s">
-        <v>1127</v>
+        <v>1011</v>
       </c>
       <c r="B449" t="s">
-        <v>1540</v>
+        <v>1510</v>
       </c>
       <c r="C449" t="s">
-        <v>982</v>
+        <v>1287</v>
       </c>
       <c r="D449" t="s">
         <v>10</v>
       </c>
       <c r="E449" t="s">
         <v>11</v>
       </c>
       <c r="F449" s="1" t="s">
-        <v>1549</v>
+        <v>1546</v>
       </c>
       <c r="G449" t="s">
-        <v>1550</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="450" spans="1:7">
       <c r="A450" t="s">
-        <v>1505</v>
+        <v>1548</v>
       </c>
       <c r="B450" t="s">
+        <v>1549</v>
+      </c>
+      <c r="C450" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D450" t="s">
+        <v>10</v>
+      </c>
+      <c r="E450" t="s">
+        <v>11</v>
+      </c>
+      <c r="F450" s="1" t="s">
+        <v>1550</v>
+      </c>
+      <c r="G450" t="s">
         <v>1551</v>
-      </c>
-[...13 lines deleted...]
-        <v>1553</v>
       </c>
     </row>
     <row r="451" spans="1:7">
       <c r="A451" t="s">
-        <v>1501</v>
+        <v>1469</v>
       </c>
       <c r="B451" t="s">
+        <v>1552</v>
+      </c>
+      <c r="C451" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D451" t="s">
+        <v>10</v>
+      </c>
+      <c r="E451" t="s">
+        <v>11</v>
+      </c>
+      <c r="F451" s="1" t="s">
+        <v>1553</v>
+      </c>
+      <c r="G451" t="s">
         <v>1554</v>
-      </c>
-[...13 lines deleted...]
-        <v>1556</v>
       </c>
     </row>
     <row r="452" spans="1:7">
       <c r="A452" t="s">
-        <v>1491</v>
+        <v>1555</v>
       </c>
       <c r="B452" t="s">
-        <v>1554</v>
+        <v>1556</v>
       </c>
       <c r="C452" t="s">
-        <v>1161</v>
+        <v>1351</v>
       </c>
       <c r="D452" t="s">
         <v>10</v>
       </c>
       <c r="E452" t="s">
         <v>11</v>
       </c>
       <c r="F452" s="1" t="s">
         <v>1557</v>
       </c>
       <c r="G452" t="s">
         <v>1558</v>
       </c>
     </row>
     <row r="453" spans="1:7">
       <c r="A453" t="s">
         <v>1559</v>
       </c>
       <c r="B453" t="s">
-        <v>1554</v>
+        <v>1556</v>
       </c>
       <c r="C453" t="s">
-        <v>1174</v>
+        <v>1348</v>
       </c>
       <c r="D453" t="s">
         <v>10</v>
       </c>
       <c r="E453" t="s">
         <v>11</v>
       </c>
       <c r="F453" s="1" t="s">
         <v>1560</v>
       </c>
       <c r="G453" t="s">
         <v>1561</v>
       </c>
     </row>
     <row r="454" spans="1:7">
       <c r="A454" t="s">
-        <v>1514</v>
+        <v>1562</v>
       </c>
       <c r="B454" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="C454" t="s">
-        <v>1164</v>
+        <v>1229</v>
       </c>
       <c r="D454" t="s">
         <v>10</v>
       </c>
       <c r="E454" t="s">
         <v>11</v>
       </c>
       <c r="F454" s="1" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="G454" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="455" spans="1:7">
       <c r="A455" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="B455" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="C455" t="s">
-        <v>1149</v>
+        <v>1256</v>
       </c>
       <c r="D455" t="s">
         <v>10</v>
       </c>
       <c r="E455" t="s">
         <v>11</v>
       </c>
       <c r="F455" s="1" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="G455" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="456" spans="1:7">
       <c r="A456" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="B456" t="s">
-        <v>1569</v>
+        <v>1563</v>
       </c>
       <c r="C456" t="s">
-        <v>842</v>
+        <v>1003</v>
       </c>
       <c r="D456" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E456" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F456" s="1" t="s">
         <v>1570</v>
       </c>
       <c r="G456" t="s">
         <v>1571</v>
       </c>
     </row>
     <row r="457" spans="1:7">
       <c r="A457" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B457" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C457" t="s">
+        <v>1006</v>
+      </c>
+      <c r="D457" t="s">
+        <v>10</v>
+      </c>
+      <c r="E457" t="s">
+        <v>11</v>
+      </c>
+      <c r="F457" s="1" t="s">
         <v>1572</v>
       </c>
-      <c r="B457" t="s">
-[...11 lines deleted...]
-      <c r="F457" s="1" t="s">
+      <c r="G457" t="s">
         <v>1573</v>
-      </c>
-[...1 lines deleted...]
-        <v>1574</v>
       </c>
     </row>
     <row r="458" spans="1:7">
       <c r="A458" t="s">
+        <v>1528</v>
+      </c>
+      <c r="B458" t="s">
+        <v>1574</v>
+      </c>
+      <c r="C458" t="s">
+        <v>662</v>
+      </c>
+      <c r="D458" t="s">
+        <v>50</v>
+      </c>
+      <c r="E458" t="s">
+        <v>51</v>
+      </c>
+      <c r="F458" s="1" t="s">
         <v>1575</v>
       </c>
-      <c r="B458" t="s">
+      <c r="G458" t="s">
         <v>1576</v>
-      </c>
-[...13 lines deleted...]
-        <v>1578</v>
       </c>
     </row>
     <row r="459" spans="1:7">
       <c r="A459" t="s">
-        <v>1511</v>
+        <v>1524</v>
       </c>
       <c r="B459" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C459" t="s">
+        <v>238</v>
+      </c>
+      <c r="D459" t="s">
+        <v>50</v>
+      </c>
+      <c r="E459" t="s">
+        <v>51</v>
+      </c>
+      <c r="F459" s="1" t="s">
+        <v>1578</v>
+      </c>
+      <c r="G459" t="s">
         <v>1579</v>
-      </c>
-[...13 lines deleted...]
-        <v>1581</v>
       </c>
     </row>
     <row r="460" spans="1:7">
       <c r="A460" t="s">
-        <v>1582</v>
+        <v>1514</v>
       </c>
       <c r="B460" t="s">
-        <v>1583</v>
+        <v>1577</v>
       </c>
       <c r="C460" t="s">
-        <v>375</v>
+        <v>1185</v>
       </c>
       <c r="D460" t="s">
         <v>10</v>
       </c>
       <c r="E460" t="s">
         <v>11</v>
       </c>
       <c r="F460" s="1" t="s">
-        <v>1584</v>
+        <v>1580</v>
       </c>
       <c r="G460" t="s">
-        <v>1585</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="461" spans="1:7">
       <c r="A461" t="s">
-        <v>1586</v>
+        <v>1582</v>
       </c>
       <c r="B461" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C461" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D461" t="s">
+        <v>10</v>
+      </c>
+      <c r="E461" t="s">
+        <v>11</v>
+      </c>
+      <c r="F461" s="1" t="s">
         <v>1583</v>
       </c>
-      <c r="C461" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G461" t="s">
-        <v>1588</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="462" spans="1:7">
       <c r="A462" t="s">
-        <v>1589</v>
+        <v>1537</v>
       </c>
       <c r="B462" t="s">
-        <v>1583</v>
+        <v>1585</v>
       </c>
       <c r="C462" t="s">
-        <v>371</v>
+        <v>1188</v>
       </c>
       <c r="D462" t="s">
         <v>10</v>
       </c>
       <c r="E462" t="s">
         <v>11</v>
       </c>
       <c r="F462" s="1" t="s">
-        <v>1590</v>
+        <v>1586</v>
       </c>
       <c r="G462" t="s">
-        <v>1591</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="463" spans="1:7">
       <c r="A463" t="s">
-        <v>1592</v>
+        <v>1588</v>
       </c>
       <c r="B463" t="s">
-        <v>1583</v>
+        <v>1585</v>
       </c>
       <c r="C463" t="s">
-        <v>975</v>
+        <v>1173</v>
       </c>
       <c r="D463" t="s">
         <v>10</v>
       </c>
       <c r="E463" t="s">
         <v>11</v>
       </c>
       <c r="F463" s="1" t="s">
-        <v>1593</v>
+        <v>1589</v>
       </c>
       <c r="G463" t="s">
-        <v>1594</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="464" spans="1:7">
       <c r="A464" t="s">
-        <v>1595</v>
+        <v>1591</v>
       </c>
       <c r="B464" t="s">
-        <v>1596</v>
+        <v>1592</v>
       </c>
       <c r="C464" t="s">
-        <v>1013</v>
+        <v>868</v>
       </c>
       <c r="D464" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="E464" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="F464" s="1" t="s">
-        <v>1597</v>
+        <v>1593</v>
       </c>
       <c r="G464" t="s">
-        <v>1598</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="465" spans="1:7">
       <c r="A465" t="s">
-        <v>1494</v>
+        <v>1595</v>
       </c>
       <c r="B465" t="s">
-        <v>1599</v>
+        <v>1592</v>
       </c>
       <c r="C465" t="s">
-        <v>739</v>
+        <v>49</v>
       </c>
       <c r="D465" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E465" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F465" s="1" t="s">
-        <v>1600</v>
+        <v>1596</v>
       </c>
       <c r="G465" t="s">
-        <v>1601</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="466" spans="1:7">
       <c r="A466" t="s">
-        <v>1602</v>
+        <v>1598</v>
       </c>
       <c r="B466" t="s">
         <v>1599</v>
       </c>
       <c r="C466" t="s">
-        <v>630</v>
+        <v>206</v>
       </c>
       <c r="D466" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E466" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F466" s="1" t="s">
-        <v>1603</v>
+        <v>1600</v>
       </c>
       <c r="G466" t="s">
-        <v>1604</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="467" spans="1:7">
       <c r="A467" t="s">
-        <v>1497</v>
+        <v>1534</v>
       </c>
       <c r="B467" t="s">
-        <v>1599</v>
+        <v>1602</v>
       </c>
       <c r="C467" t="s">
-        <v>206</v>
+        <v>1134</v>
       </c>
       <c r="D467" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E467" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F467" s="1" t="s">
-        <v>1605</v>
+        <v>1603</v>
       </c>
       <c r="G467" t="s">
-        <v>1606</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="468" spans="1:7">
       <c r="A468" t="s">
-        <v>1488</v>
+        <v>1605</v>
       </c>
       <c r="B468" t="s">
+        <v>1606</v>
+      </c>
+      <c r="C468" t="s">
+        <v>407</v>
+      </c>
+      <c r="D468" t="s">
+        <v>10</v>
+      </c>
+      <c r="E468" t="s">
+        <v>11</v>
+      </c>
+      <c r="F468" s="1" t="s">
         <v>1607</v>
       </c>
-      <c r="C468" t="s">
-[...8 lines deleted...]
-      <c r="F468" s="1" t="s">
+      <c r="G468" t="s">
         <v>1608</v>
-      </c>
-[...1 lines deleted...]
-        <v>1609</v>
       </c>
     </row>
     <row r="469" spans="1:7">
       <c r="A469" t="s">
-        <v>1508</v>
+        <v>1609</v>
       </c>
       <c r="B469" t="s">
-        <v>1607</v>
+        <v>1606</v>
       </c>
       <c r="C469" t="s">
-        <v>1045</v>
+        <v>981</v>
       </c>
       <c r="D469" t="s">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="E469" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="F469" s="1" t="s">
         <v>1610</v>
       </c>
       <c r="G469" t="s">
         <v>1611</v>
       </c>
     </row>
     <row r="470" spans="1:7">
       <c r="A470" t="s">
         <v>1612</v>
       </c>
       <c r="B470" t="s">
+        <v>1606</v>
+      </c>
+      <c r="C470" t="s">
+        <v>403</v>
+      </c>
+      <c r="D470" t="s">
+        <v>10</v>
+      </c>
+      <c r="E470" t="s">
+        <v>11</v>
+      </c>
+      <c r="F470" s="1" t="s">
         <v>1613</v>
       </c>
-      <c r="C470" t="s">
-[...8 lines deleted...]
-      <c r="F470" s="1" t="s">
+      <c r="G470" t="s">
         <v>1614</v>
       </c>
-      <c r="G470" t="s">
+    </row>
+    <row r="471" spans="1:7">
+      <c r="A471" t="s">
         <v>1615</v>
+      </c>
+      <c r="B471" t="s">
+        <v>1606</v>
+      </c>
+      <c r="C471" t="s">
+        <v>999</v>
+      </c>
+      <c r="D471" t="s">
+        <v>10</v>
+      </c>
+      <c r="E471" t="s">
+        <v>11</v>
+      </c>
+      <c r="F471" s="1" t="s">
+        <v>1616</v>
+      </c>
+      <c r="G471" t="s">
+        <v>1617</v>
+      </c>
+    </row>
+    <row r="472" spans="1:7">
+      <c r="A472" t="s">
+        <v>1618</v>
+      </c>
+      <c r="B472" t="s">
+        <v>1619</v>
+      </c>
+      <c r="C472" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D472" t="s">
+        <v>10</v>
+      </c>
+      <c r="E472" t="s">
+        <v>11</v>
+      </c>
+      <c r="F472" s="1" t="s">
+        <v>1620</v>
+      </c>
+      <c r="G472" t="s">
+        <v>1621</v>
+      </c>
+    </row>
+    <row r="473" spans="1:7">
+      <c r="A473" t="s">
+        <v>1517</v>
+      </c>
+      <c r="B473" t="s">
+        <v>1622</v>
+      </c>
+      <c r="C473" t="s">
+        <v>771</v>
+      </c>
+      <c r="D473" t="s">
+        <v>50</v>
+      </c>
+      <c r="E473" t="s">
+        <v>51</v>
+      </c>
+      <c r="F473" s="1" t="s">
+        <v>1623</v>
+      </c>
+      <c r="G473" t="s">
+        <v>1624</v>
+      </c>
+    </row>
+    <row r="474" spans="1:7">
+      <c r="A474" t="s">
+        <v>1625</v>
+      </c>
+      <c r="B474" t="s">
+        <v>1622</v>
+      </c>
+      <c r="C474" t="s">
+        <v>662</v>
+      </c>
+      <c r="D474" t="s">
+        <v>50</v>
+      </c>
+      <c r="E474" t="s">
+        <v>51</v>
+      </c>
+      <c r="F474" s="1" t="s">
+        <v>1626</v>
+      </c>
+      <c r="G474" t="s">
+        <v>1627</v>
+      </c>
+    </row>
+    <row r="475" spans="1:7">
+      <c r="A475" t="s">
+        <v>1520</v>
+      </c>
+      <c r="B475" t="s">
+        <v>1622</v>
+      </c>
+      <c r="C475" t="s">
+        <v>238</v>
+      </c>
+      <c r="D475" t="s">
+        <v>50</v>
+      </c>
+      <c r="E475" t="s">
+        <v>51</v>
+      </c>
+      <c r="F475" s="1" t="s">
+        <v>1628</v>
+      </c>
+      <c r="G475" t="s">
+        <v>1629</v>
+      </c>
+    </row>
+    <row r="476" spans="1:7">
+      <c r="A476" t="s">
+        <v>1511</v>
+      </c>
+      <c r="B476" t="s">
+        <v>1630</v>
+      </c>
+      <c r="C476" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D476" t="s">
+        <v>50</v>
+      </c>
+      <c r="E476" t="s">
+        <v>51</v>
+      </c>
+      <c r="F476" s="1" t="s">
+        <v>1631</v>
+      </c>
+      <c r="G476" t="s">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="477" spans="1:7">
+      <c r="A477" t="s">
+        <v>1531</v>
+      </c>
+      <c r="B477" t="s">
+        <v>1630</v>
+      </c>
+      <c r="C477" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D477" t="s">
+        <v>50</v>
+      </c>
+      <c r="E477" t="s">
+        <v>51</v>
+      </c>
+      <c r="F477" s="1" t="s">
+        <v>1633</v>
+      </c>
+      <c r="G477" t="s">
+        <v>1634</v>
+      </c>
+    </row>
+    <row r="478" spans="1:7">
+      <c r="A478" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B478" t="s">
+        <v>1636</v>
+      </c>
+      <c r="C478" t="s">
+        <v>222</v>
+      </c>
+      <c r="D478" t="s">
+        <v>50</v>
+      </c>
+      <c r="E478" t="s">
+        <v>51</v>
+      </c>
+      <c r="F478" s="1" t="s">
+        <v>1637</v>
+      </c>
+      <c r="G478" t="s">
+        <v>1638</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -16522,50 +16775,58 @@
     <hyperlink ref="F446" r:id="rId445"/>
     <hyperlink ref="F447" r:id="rId446"/>
     <hyperlink ref="F448" r:id="rId447"/>
     <hyperlink ref="F449" r:id="rId448"/>
     <hyperlink ref="F450" r:id="rId449"/>
     <hyperlink ref="F451" r:id="rId450"/>
     <hyperlink ref="F452" r:id="rId451"/>
     <hyperlink ref="F453" r:id="rId452"/>
     <hyperlink ref="F454" r:id="rId453"/>
     <hyperlink ref="F455" r:id="rId454"/>
     <hyperlink ref="F456" r:id="rId455"/>
     <hyperlink ref="F457" r:id="rId456"/>
     <hyperlink ref="F458" r:id="rId457"/>
     <hyperlink ref="F459" r:id="rId458"/>
     <hyperlink ref="F460" r:id="rId459"/>
     <hyperlink ref="F461" r:id="rId460"/>
     <hyperlink ref="F462" r:id="rId461"/>
     <hyperlink ref="F463" r:id="rId462"/>
     <hyperlink ref="F464" r:id="rId463"/>
     <hyperlink ref="F465" r:id="rId464"/>
     <hyperlink ref="F466" r:id="rId465"/>
     <hyperlink ref="F467" r:id="rId466"/>
     <hyperlink ref="F468" r:id="rId467"/>
     <hyperlink ref="F469" r:id="rId468"/>
     <hyperlink ref="F470" r:id="rId469"/>
+    <hyperlink ref="F471" r:id="rId470"/>
+    <hyperlink ref="F472" r:id="rId471"/>
+    <hyperlink ref="F473" r:id="rId472"/>
+    <hyperlink ref="F474" r:id="rId473"/>
+    <hyperlink ref="F475" r:id="rId474"/>
+    <hyperlink ref="F476" r:id="rId475"/>
+    <hyperlink ref="F477" r:id="rId476"/>
+    <hyperlink ref="F478" r:id="rId477"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>