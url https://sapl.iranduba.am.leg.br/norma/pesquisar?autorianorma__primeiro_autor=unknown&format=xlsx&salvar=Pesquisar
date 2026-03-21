--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -10,4983 +10,5007 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3346" uniqueCount="1639">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3360" uniqueCount="1647">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>LEI</t>
   </si>
   <si>
     <t>Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/478/lei_no_663_de_17_de_dezembro_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/478/lei_no_663_de_17_de_dezembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do Município de Iranduba a abertura de crédito suplementar, no valor de R$ 1.500,000,00 (Um milhão e quinhentos mil reais) e dá outras providências.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/477/lei_no_662_de_17_de_dezembro_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/477/lei_no_662_de_17_de_dezembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do Município de Iranduba a abertura de crédito suplementar, no valor de R$ 3.000.055,00 (Três milhões e cinquenta e cinco reais) e dá outras providências.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/476/lei_no_661_de_17_de_dezembro_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/476/lei_no_661_de_17_de_dezembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do Município de Iranduba a abertura de crédito suplementar, no valor de R$ 2.000,000,00 (Dois milhões de reais) e dá outras providências.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/481/lei_no_660_de_17_de_dezembro_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/481/lei_no_660_de_17_de_dezembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a implementação, no âmbito municipal da Lei nº 14.986/2024, para incluir, nos currículos da Educação Básica, abordagens fundamentadas nas experiências e nas perspectivas femininas, e institui a “Semana de Valorização de Mulheres que Fizeram História”.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/480/lei_no_659_de_16_de_dezembro_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/480/lei_no_659_de_16_de_dezembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de Iranduba - AM para o quadriênio 2026 a 2029 e dá outras providências.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/479/lei_no_658_de_02_de_dezembro_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/479/lei_no_658_de_02_de_dezembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de IRANDUBA, para o exercício de 2026.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/483/lei_complementar_no_657_de_02_de_dezembro_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/483/lei_complementar_no_657_de_02_de_dezembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação da Contribuição de Iluminação Pública - COSIP e dá outras providências.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/473/lei_n_655_de_18_de_novembro_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/473/lei_n_655_de_18_de_novembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Altera o inciso II, do Art. 1º da Lei nº 512/2023.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/472/lei_n_654_de_18_de_novembro_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/472/lei_n_654_de_18_de_novembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo a Lei Nº 316, de 13 de dezembro de 2016, PCCS dos servidores públicos da Câmara Municipal de Iranduba.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/471/decreto_legislativo_n_78_de_14_de_outubro_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/471/decreto_legislativo_n_78_de_14_de_outubro_de_2025.pdf</t>
   </si>
   <si>
     <t>DECRETO LEGISLATIVO N° 78 DE 14 DE OUTUBRO DE 2025</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/475/lei_n_652_de_09_de_outubro_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/475/lei_n_652_de_09_de_outubro_de_2025.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal dos Desbravadores no âmbito do Município de Iranduba-AM e dá outras providências.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/474/lei_n_651_de_09_de_outubro_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/474/lei_n_651_de_09_de_outubro_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da “Semana Municipal de Prevenção à Violência e ao Abuso Infantil no Município de Iranduba e dá outras providências.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/467/lei_no_650_de_09_de_outubro_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/467/lei_no_650_de_09_de_outubro_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Fórum Municipal Permanente de Educação de Iranduba – FMEI, para acompanhamento e monitoramento das ações do Plano Municipal de Educação – PME do município de Iranduba e dá outras providências.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/470/lei_n_649_de_02_de_outubro_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/470/lei_n_649_de_02_de_outubro_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição de distinção entre receituários médicos prescritos por médicos da rede pública ou privada no âmbito das instituições de saúde públicas municipais, e dá outras providências.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/469/lei_n_648_de_02_de_outubro_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/469/lei_n_648_de_02_de_outubro_de_2025.pdf</t>
   </si>
   <si>
     <t>Institui no calendário oficial do Município de Iranduba o “Dia Donato do Estudante” e dá outras providências.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/468/lei_n_647_de_02_de_outubro_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/468/lei_n_647_de_02_de_outubro_de_2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI o Programa Municipal de Prevenção e Redução de Acidentes com Motociclistas – "Vida Sobre Duas Rodas" e dá outras providências.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/466/lei_complementar_no_646_de_02_de_outubro_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/466/lei_complementar_no_646_de_02_de_outubro_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre compensação de crédito tributários do Município de Iranduba/AM, com os créditos de fornecedores, prestadores de serviços e executantes de obras e dá outras providências.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/465/lei_no_645_de_01_de_outubro_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/465/lei_no_645_de_01_de_outubro_de_2025.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal do Município de Iranduba e dá outras providências</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/464/lei_no_644_de_01_de_outubro_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/464/lei_no_644_de_01_de_outubro_de_2025.pdf</t>
   </si>
   <si>
     <t>Altera a lei n.º 191/2011, de 02 de dezembro de 2011, que criou o Conselho Municipal dos Direitos da Mulher do Município de Iranduba – CMDMI, e cria o Fundo Municipal dos Direitos da Mulher – FMDM, e dá outras providências.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/463/lei_no_643_de_23_de_setembro_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/463/lei_no_643_de_23_de_setembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste remuneratório dos servidores efetivos ocupantes de cargo de nível fundamental da Administração Pública Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/462/lei_no_642_de_23_de_setembro_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/462/lei_no_642_de_23_de_setembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização dos Anexos I, III e IV da Lei nº 283, de 13 de maio de 2014, e inclui o art. 40-A para instituir a política de revisão anual dos vencimentos dos servidores efetivos do Instituto de Previdência de Iranduba – INPREVI, e dá outras providências.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/458/lei_no_639_de_01_de_julho_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/458/lei_no_639_de_01_de_julho_de_2025.pdf</t>
   </si>
   <si>
     <t>ALTERA, na forma que especifica, os vencimentos dos servidores integrantes da Secretaria de Educação, Esporte e Lazer - SEMEI, e dá outras providências.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/457/lei_no_638_de_01_de_julho_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/457/lei_no_638_de_01_de_julho_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão do Ensino da História e da Cultura Afro-Brasileira e Indígena nas escolas da Rede Pública Municipal de Ensino de Iranduba/AM e dá outras providências.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/456/lei_no_637_de_01_de_julho_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/456/lei_no_637_de_01_de_julho_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e organização do Sistema Municipal de Educação de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/455/lei_no_636_de_25_de_junho_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/455/lei_no_636_de_25_de_junho_de_2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com o BANCO DO BRASIL S.A até o valor de R$ 29.000.000,00 (vinte e nove milhões de reais)</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/454/lei_no_635_de_25_de_junho_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/454/lei_no_635_de_25_de_junho_de_2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2026, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/460/lei_n_633_de_17_de_junho_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/460/lei_n_633_de_17_de_junho_de_2025.pdf</t>
   </si>
   <si>
     <t>Institui a Semana de Conscientização, Prevenção e Combate à Prática de Queimadas Urbanas e Rurais no Município de Iranduba.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/459/lei_n_632_de_17_de_junho_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/459/lei_n_632_de_17_de_junho_de_2025.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Reabilitação Oral para Mulheres Vítimas de Violência Doméstica, no âmbito do Sistema Único de Saúde (SUS), visando garantir o atendimento odontológico para mulheres que tenham sofrido agressões que comprometam a saúde bucal.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/445/lei_complementar_no_631_de_13_de_maio_de_2025..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/445/lei_complementar_no_631_de_13_de_maio_de_2025..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre adequação ao piso salarial profissional nacional dos profissionais do magistério público da educação básica, nos termos da Lei Federal nº 11.738/2008.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/444/lei_complementar_no_630_de_13_de_maio_de_2025..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/444/lei_complementar_no_630_de_13_de_maio_de_2025..pdf</t>
   </si>
   <si>
     <t>ALTERA, na forma específica, a redação do Art. 1º da Lei Municipal n. º 469/2022, de 22 de novembro de 2022, que dispõe sobre a alíquota de Contribuição dos servidores públicos Municipais, para o custeio do Regime Próprio de Previdência de Iranduba.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/452/lei_n_629_de_06_de_maio_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/452/lei_n_629_de_06_de_maio_de_2025.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Cultural nas Escolas da Rede Municipal de Ensino do Município de Iranduba e dá Outras Providências.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/451/lei_n_628_de_06_de_maio_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/451/lei_n_628_de_06_de_maio_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do programa Saúde na Praça no Município de Iranduba e dá outras providências.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/482/decreto_legislativo_n_75_de_06_de_maio_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/482/decreto_legislativo_n_75_de_06_de_maio_de_2025.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Cidadão Honorário de Iranduba ao Senhor Antônio Silva da Mota.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/450/lei_n_627_de_22_de_abril_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/450/lei_n_627_de_22_de_abril_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre A Criação Do Programa Saúde Mental Ativa No Âmbito Do Município, Visando A Promoção Da Saúde Mental Através Da Atividade Física.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/449/lei_n_626_de_22_de_abril_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/449/lei_n_626_de_22_de_abril_de_2025.pdf</t>
   </si>
   <si>
     <t>Institui o fevereiro Pink no Munícipio de Iranduba, como o mês de conscientização, prevenção e tratamento das Infecções Sexualmente Transmissíveis (ISTs) e dá outras providências.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/441/lei_n_625_de_01_abril_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/441/lei_n_625_de_01_abril_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção do pagamento da taxa de inscrição em concursos públicos e processos seletivos municipais para pessoas com deficiência no âmbito do Município de Iranduba e dá outras providências.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/440/lei_n_624_de_01_abril_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/440/lei_n_624_de_01_abril_de_2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI a faixa liberada na Av. Coronel Jorge Teixeira (antiga Av. Amazonas), no Município de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/439/lei_n_623_de_25_de_marco_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/439/lei_n_623_de_25_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Logradouro Público no Município de Iranduba e dá outras Providências.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/438/lei_n_622_de_25_de_marco_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/438/lei_n_622_de_25_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>Declara Entidade de Utilidade Pública a Associação Rede Girassol Maria da Penha do Amazonas – ARGMP/AM.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/442/lei_n_621_de_25_de_marco_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/442/lei_n_621_de_25_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>Institui a inclusão do ensino de primeiros_x000D_
  socorros nos conteúdos programáticos da rede_x000D_
  Municipal de Educação de Iranduba.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/443/decreto_legislativo_n_72_de_25_de_marco_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/443/decreto_legislativo_n_72_de_25_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Cidadã Honorária de Iranduba a Senhora Nádia Vettori.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/447/resolucao_legislativa_no_14_de_18_de_marco_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/447/resolucao_legislativa_no_14_de_18_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivo na resolução nº 004/2022, que dispõe sobre o Regimento Interno da Câmara Municipal de Iranduba, e cria a Comissão de agricultura, aquicultura, pecuária e desenvolvimento rural, dentro das comissões permanentes.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/436/lei_n_619_de_11_de_marco_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/436/lei_n_619_de_11_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>Estabelece a Política Municipal de Apoio e Incentivo à Mulher no Esporte no Município de Iranduba e dá outras providências.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/434/lei_no_618_de_11_de_marco_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/434/lei_no_618_de_11_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>“Altera dispositivos da Lei Municipal n.º 572, de 23 de fevereiro de 2024, que institui a Política Municipal de Educação Integral da Rede Municipal de Ensino do Município de Iranduba, para incluir a regulamentação da educação integral para a Educação Infantil e os Anos Iniciais do Ensino Fundamental.”</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/435/lei_n_617_de_25_de_fevereiro_de_2025.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/435/lei_n_617_de_25_de_fevereiro_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a criação de escolas bilíngues em Língua Brasileira de Sinais- LIBRAS e Língua Portuguesa, na Rede Municipal de Educação de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/417/lei_no_616_de_23_de_dezembro_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/417/lei_no_616_de_23_de_dezembro_de_2024.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de IRANDUBA, para o exercício de 2025.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/402/decreto_legislativo_no50.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/402/decreto_legislativo_no50.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Cidadão Honorário de Iranduba ao empresário Almir da Silva Prestes.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/403/decreto_legislativo_no60.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/403/decreto_legislativo_no60.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Cidadão Honorário de Iranduba ao Senhor Nelson de Souza Maranhão, 1º Prefeito do Município de Iranduba.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/421/lei_no_615_de_09_de_dezembro_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/421/lei_no_615_de_09_de_dezembro_de_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a ceder às instituições financeiras públicas créditos decorrentes de royalties, participações especiais e compensações financeiras relacionados à exploração de petróleo e gás natural, recursos hídricos e minerais.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/420/lei_no_614_de_09_de_dezembro_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/420/lei_no_614_de_09_de_dezembro_de_2024.pdf</t>
   </si>
   <si>
     <t>INSTITUI o Programa de Recuperação Fiscal do Município de Iranduba (Refis Municipal) e dá outras providências.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/428/lei_no_613_de_09_de_dezembro_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/428/lei_no_613_de_09_de_dezembro_de_2024.pdf</t>
   </si>
   <si>
     <t>Institui o auxílio transporte aos servidores efetivos e comissionados no âmbito do Poder Legislativo de Iranduba.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/433/resolucao_no13.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/433/resolucao_no13.pdf</t>
   </si>
   <si>
     <t>Institui o decimo terceiro subsidio aos vereadores integrantes da Câmara Municipal de Iranduba.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/430/lei_no_612_de_03_de_dezembro_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/430/lei_no_612_de_03_de_dezembro_de_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição do nome da Estrada do Distrito do Lago do Limão para Estrada Osvaldo Gomes da Silva.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/426/lei_no_611_de_26_de_novembro_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/426/lei_no_611_de_26_de_novembro_de_2024.pdf</t>
   </si>
   <si>
     <t>Institui prioridade na matrícula em creches e escolas da rede de ensino municipal às crianças com deficiência e dá outras providências.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/425/lei_no_610_de_26_de_novembro_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/425/lei_no_610_de_26_de_novembro_de_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição do nome da Av. Amazonas para Av. Coronel Teixeira.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>AN</t>
   </si>
   <si>
     <t>Ato Normativo</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/401/ato_normativo_no_003_-_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/401/ato_normativo_no_003_-_2024.pdf</t>
   </si>
   <si>
     <t>Uniformização das regras gerais para prestação de contas a concessão por adiantamento do CEAP no âmbito do Poder Legislativo.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/400/lei_complementar_no_609_de_19_de_novembro_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/400/lei_complementar_no_609_de_19_de_novembro_de_2024.pdf</t>
   </si>
   <si>
     <t>“ALTERA O ART. 1º DA LEI COMPLEMENTAR Nº 569/2024 - GP/CMI, QUE “INSTITUIU A COTA PARA O EXERCÍCIO DA ATIVIDADE PARLAMENTAR - CEAP - E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/424/lei_no_608_de_19_de_novembro_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/424/lei_no_608_de_19_de_novembro_de_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão nas Diretrizes Escolares do Ensino Fundamental, o ensino do Hino do Município de Iranduba.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/423/lei_no_607_de_19_de_novembro_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/423/lei_no_607_de_19_de_novembro_de_2024.pdf</t>
   </si>
   <si>
     <t>Declara Entidade de Utilidade Pública Municipal o Instituto Integral Clínica Médica – ICM.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/422/lei_no_606_de_19_de_novembro_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/422/lei_no_606_de_19_de_novembro_de_2024.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal do Pescador e inclui a data no calendário oficial de eventos do Município de Iranduba.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/416/decreto_legislativo_n_69_de_19_novembro_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/416/decreto_legislativo_n_69_de_19_novembro_de_2024.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Cidadão Honorário de Iranduba ao Senhor José Augusto Ferraz de Lima, pelos relevantes serviços prestados ao Município de Iranduba, quando Deputado Estadual.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/415/decreto_legislativo_n_67_de_19_de_novembro_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/415/decreto_legislativo_n_67_de_19_de_novembro_de_2024.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Cidadão Honorário de Iranduba ao Senhor Raimundo Ferreira dos Santos (Doca).</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/446/decreto_legislativo_n_66_de_19_de_novembro_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/446/decreto_legislativo_n_66_de_19_de_novembro_de_2024.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Cidadão Honorário de Iranduba ao Senhor Gilson Willian da Cunha.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/395/decreto_legislativo_n_049__de_28_de_novembro_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/395/decreto_legislativo_n_049__de_28_de_novembro_de_2023.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Cidadão Honorário de Iranduba ao 1º Tenente do Corpo de Bombeiros Moab Pereira Briglia.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/398/decreto_legislativo_n_065_de_2024_de_22_de_outubro_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/398/decreto_legislativo_n_065_de_2024_de_22_de_outubro_de_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas da Prefeitura Municipal de Iranduba, correspondente ao exercício financeiro de 2020 .</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/397/decreto_legislativo_n_064_de_2024_de_22_de_outubro_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/397/decreto_legislativo_n_064_de_2024_de_22_de_outubro_de_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas da Prefeitura Municipal de Iranduba, correspondente ao exercício financeiro de 2017 .</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/394/lei_no_605_de_08_de_outubro_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/394/lei_no_605_de_08_de_outubro_de_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do Município de Iranduba a abertura de crédito suplementar, no valor de R$100.000,00 (cem mil reais) e dá outras providências.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/393/lei_no_604_de_10_de_setembro_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/393/lei_no_604_de_10_de_setembro_de_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal de Iranduba a abertura de crédito suplementar, no valor de R$1.400.000,00 (um milhão e quatrocentos mil reais) e dá outras providências.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/427/lei_no_603_de_27_de_agosto_de_2024..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/427/lei_no_603_de_27_de_agosto_de_2024..pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a instituir um período entre os meses de agosto a novembro a saúde oftalmológica nas Escolas do Ensino Fundamental, do Município de Iranduba.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/399/lei_no_602_de_27_de_agosto_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/399/lei_no_602_de_27_de_agosto_de_2024.pdf</t>
   </si>
   <si>
     <t>Determina que seja fixado o local visível, a última data de dedetização em todas as Escolas Municipais.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/391/lei_n_601_de_26_de_agosto_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/391/lei_n_601_de_26_de_agosto_de_2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA o Poder Executivo Municipal a alienar, por meio de doação, imóveis pertencentes ao patrimônio público municipal, ao Fundo de Arrendamento Residencial - FAR, para fins de implantação de projeto habitacional de interesse social no âmbito do Programa “Minha Casa, Minha Vida”, e dá outras providências.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/385/lei_complementar_no_600_de_09_de_julho_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/385/lei_complementar_no_600_de_09_de_julho_de_2024.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao art. 9º da Lei Complementar Nº 470/2022, e altera e cria dispositivos no art. 11 e no art. 12 da Lei 316, de 13 de dezembro de 2016.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/384/lei_no_598_de_09_de_julho_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/384/lei_no_598_de_09_de_julho_de_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do Município de Iranduba a abertura de crédito suplementar, no valor de R$3.000.00,00 (três milhões de reais) e dá outras providências.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/383/lei_no_597_de_09_de_julho_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/383/lei_no_597_de_09_de_julho_de_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do Município de Iranduba a abertura de crédito suplementar, no valor de R$1.420.905,00 (um milhão, quatrocentos e vinte mil, novecentos e cinco reais) e dá outras providências.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/382/lei_no_596_de_09_de_julho_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/382/lei_no_596_de_09_de_julho_de_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do Município de Iranduba a abertura de crédito especial, no valor de R$2.020.691,73 (Dois Milhões, Vinte Mil, Seiscentos e_x000D_
 Noventa e Um Reais e Setenta e Três Centavos) e dá outras providências.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/381/lei_no_595_de_09_de_julho_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/381/lei_no_595_de_09_de_julho_de_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do Município de Iranduba a abertura de crédito especial, no valor de R$2.063.648,32 (Dois Milhões Sessenta e Três Mil Seiscentos e Quarenta e Oito Reais e Trinta e Dois Centavos) e dá outras providências.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/392/lei_n_594_de_25_de_junho_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/392/lei_n_594_de_25_de_junho_de_2024.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/390/lei_n_593_de_18_de_junho_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/390/lei_n_593_de_18_de_junho_de_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição do nome da Escola Municipal São Lázaro para Escola Municipal Prof. Maria do Carmo de Souza Cavalcante.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/389/lei_n_592_de_18_de_junho_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/389/lei_n_592_de_18_de_junho_de_2024.pdf</t>
   </si>
   <si>
     <t>Declara Entidade de Utilidade Pública Municipal o Instituto Cultural Social e Educacional Raio de Sol.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/377/lei_no_591_de_18_de_junho_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/377/lei_no_591_de_18_de_junho_de_2024.pdf</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/378/decreto_legislativo_n_062__de_18_de_junho_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/378/decreto_legislativo_n_062__de_18_de_junho_de_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para inclusão de consulta popular sobre a vontade da população em emancipar o Distrito do Cacau Pirêra.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/414/decreto_legislativo_n_61_de_18_de_junho_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/414/decreto_legislativo_n_61_de_18_de_junho_de_2024.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Cidadão Honorário de Iranduba ao Senhor Nelson Ferreira Gomes Filho.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/388/lei_no_590_de_04_de_junho_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/388/lei_no_590_de_04_de_junho_de_2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a proibição de festa e eventos particulares nos Ginásios e quadras Poliesportivas do Município de Iranduba.”</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/387/lei_no_589_de_4_de_junho_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/387/lei_no_589_de_4_de_junho_de_2024.pdf</t>
   </si>
   <si>
     <t>“Institui a Semana de Esportes no município de Iranduba – Am, e dá outras providências”</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/386/lei_no_588_de_28_de_maio_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/386/lei_no_588_de_28_de_maio_de_2024.pdf</t>
   </si>
   <si>
     <t>“Declara Entidade de Utilidade Pública ao Estatuto de Associação de Moradores e Moradoras do Parque Areal.”</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/371/lei_no_587_de_21_de_maio_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/371/lei_no_587_de_21_de_maio_de_2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE IRANDUBA/AM, A DOAR TERRENO AO INSTITUTO FEDERAL DO AMAZONAS PARA CONSTRUÇÃO DO CAMPUS AVANÇADO IRANDUBA, NA COMARCA DE IRANDUBA.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/370/lei_no_586_de_21_de_maio_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/370/lei_no_586_de_21_de_maio_de_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do Município de Iranduba a abertura de crédito especial, no valor de R$96.019,03 (Noventa e Seis Mil, Dezenove Reais e Três Centavos) e dá outras providências.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/369/lei_no_585_de_21_de_maio_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/369/lei_no_585_de_21_de_maio_de_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do Município de Iranduba a abertura de crédito suplementar, no valor de R$7.798.333,69 (Sete Milhões Setecentos e Noventa e Oito Mil, Trezentos e Trinta e Três Reais e Sessenta e Nove Centavos) e dá outras providências.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/375/lei_no_584_de_14_de_maio_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/375/lei_no_584_de_14_de_maio_de_2024.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei Municipal n. º 123, de 05 de julho de 2006.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/367/lei_n_583__de_14_de_maio_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/367/lei_n_583__de_14_de_maio_de_2024.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios do Prefeito, Vice-Prefeito e Secretários Municipais para a Legislatura 2025/2028 e dá outras providências.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/366/lei_n_582__de_14_de_maio_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/366/lei_n_582__de_14_de_maio_de_2024.pdf</t>
   </si>
   <si>
     <t>Fixa o subsídio dos Vereadores para a Legislatura 2025/2028 e dá outras providências.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/379/lei_no_581_de_7_de_maio_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/379/lei_no_581_de_7_de_maio_de_2024.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO EM FUNCIONAMENTO DO SERVIÇO DE CONTROLE DE ZOONOSES E DO ABRIGO MUNICIPAL DE ANIMAIS DOMÉSTICOS E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/396/decreto_legislativo_n_059__de_07_de_maio_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/396/decreto_legislativo_n_059__de_07_de_maio_de_2024.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Cidadão Honorário de Iranduba ao Delegado Adjunto Geraldo Jorge Eloi de Souza.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/380/lei_no_581_de_7_de_maio_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/380/lei_no_581_de_7_de_maio_de_2024.pdf</t>
   </si>
   <si>
     <t>“DECLARA ENTIDADE DE UTILIDADE PÚBLICA MUNICIPAL Á ASSOCIAÇÃO DE DESENVOLVIMENTO RURAL DE AGRICULTORES E FAMILIAR DO RIO ARIAU.”</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/372/lei_n_579_de_23_de_abril_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/372/lei_n_579_de_23_de_abril_de_2024.pdf</t>
   </si>
   <si>
     <t>Declara Entidade de Utilidade Pública Municipal a Associação de Desenvolvimento Rural dos Produtores do Município de Iranduba – PRODUIRA.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/364/lei_n_578_de_09_de_abril_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/364/lei_n_578_de_09_de_abril_de_2024.pdf</t>
   </si>
   <si>
     <t>Declara Entidade de Utilidade Pública Municipal o Instituto Social Irmã Antônia – ISMA.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/413/decreto_legislativo_n_58_de_09_de_abril_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/413/decreto_legislativo_n_58_de_09_de_abril_de_2024.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Cidadão Honorário de Iranduba ao Senhor Amilton Bezerra Gadelha.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/448/decreto_legislativo_n_57_de_09_de_abril_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/448/decreto_legislativo_n_57_de_09_de_abril_de_2024.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Cidadão Irandubense ao Senhor Júlio Cezar Gonçalves de Moura, Major QOPM, Comandante da 8ª CIPM.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/429/decreto_legislativo_no_56_de_09_de_abril_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/429/decreto_legislativo_no_56_de_09_de_abril_de_2024.pdf</t>
   </si>
   <si>
     <t>Concede Titulo Honorífico de Cidadão Irandubense ao Senhor Paulo Mavignier, Delegado do Estado do Amazonas.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/376/lei_no_577_de_26_de_marco_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/376/lei_no_577_de_26_de_marco_de_2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a realização de exames preventivos de câncer de mama e do colo de útero em servidoras Públicas Municipais Professora Maria Elítia e dá outras providências.”</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/412/decreto_legislativo_n_55_de_26_de_marco_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/412/decreto_legislativo_n_55_de_26_de_marco_de_2024.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Cidadão Honorário de Iranduba ao Senhor Thiago Allende Silva de Lima.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/363/lei_n_576_de_12_de_marco_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/363/lei_n_576_de_12_de_marco_de_2024.pdf</t>
   </si>
   <si>
     <t>Declara Entidade de Utilidade Pública Municipal a Associação de Moradores do Cacau Pirêra.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/411/decreto_legislativo_n_54_de_12_de_marco_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/411/decreto_legislativo_n_54_de_12_de_marco_de_2024.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Cidadã Honorária de Iranduba a Senhora Ádina Vaz Campos, administradora e empresária de Iranduba.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/362/lei_n_574_de_27_de_fevereiro_de_2024..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/362/lei_n_574_de_27_de_fevereiro_de_2024..pdf</t>
   </si>
   <si>
     <t>Fica declarada Entidade de Utilidade Pública Municipal o Instituto Anjos da Amazonia, inscrito no CNPJ sob o n° 37.363.408/0001-38, com sede na Rua Péricles de Moraes, n° 01, travessa 10, Cidade Nova, CEP 69.415-000, Iranduba-Am.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/358/lei_no_572_de_23_de_fevereiro_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/358/lei_no_572_de_23_de_fevereiro_de_2024.pdf</t>
   </si>
   <si>
     <t>“Institui a Política Municipal de Educação Integral da Rede Municipal de Ensino do Município de Iranduba e dá outras providências.”</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/357/lei_no_571_de_23_de_fevereiro_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/357/lei_no_571_de_23_de_fevereiro_de_2024.pdf</t>
   </si>
   <si>
     <t>Concede reajuste de vencimentos aos servidores do quadro efetivo da Saúde e Administração do Município de Iranduba e dá outras providências.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/359/lei_no_573_de_20_de_fevereiro_de_2024..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/359/lei_no_573_de_20_de_fevereiro_de_2024..pdf</t>
   </si>
   <si>
     <t>“Concede reajuste salarial aos servidores públicos efetivos da Câmara Municipal de Iranduba.”</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/365/lei_no_570_de_20_de_fevereiro_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/365/lei_no_570_de_20_de_fevereiro_de_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Ramal Uga-Uga, do Km 26 do Município de Iranduba._x000D_
 _x000D_
 O Presidente da Câmara Municipal de Iranduba, Kelison Dieb da Silva, no uso das atribuições que lhe são conferidas no §1º do art. 157 do Regimento Interno, faz saber a todos os habitantes do Município, que a Câmara Municipal aprovou e eu promulgo a seguinte:_x000D_
 _x000D_
 LEI: Art. 1º - O Ramal Uga-Uga da Comunidade do Km26, passa a denominar-se, “RAMAL DO KM 26 AMIGO DO BENTO”</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/410/decreto_legislativo_n_53__de_20_de_fevereiro__de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/410/decreto_legislativo_n_53__de_20_de_fevereiro__de_2024.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Cidadão Honorário de Iranduba ao Senhor Radyr Gomes de Oliveira, Técnico de interior e relações Institucionais da Amazonas Energia.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/360/resolucao_no12.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/360/resolucao_no12.pdf</t>
   </si>
   <si>
     <t>Regulamenta o acesso à informação pública pelo cidadão, no âmbito do Poder Legislativo Municipal, cria normas de procedimento e dá outras providências.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/349/lei_complementar_no_569_2024_de_30_de_janeiro_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/349/lei_complementar_no_569_2024_de_30_de_janeiro_de_2024.pdf</t>
   </si>
   <si>
     <t>Altera o art. 1° da Lei Complementar n°444/2022 – GP/CMI, que institui a cota para exercício da atividade parlamentar – CEAP – e dá outras providências.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/352/resolucao_n_011.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/352/resolucao_n_011.pdf</t>
   </si>
   <si>
     <t>Suprime o inciso I do art. 32 a resolução n° 004/2022, que dispõe sobre o Regimento Interno da Câmara Municipal de Iranduba.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/351/resolucao_n_010.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/351/resolucao_n_010.pdf</t>
   </si>
   <si>
     <t>Regulamenta a Lei Federal de N°14.133, de 01 de abril de 2021, que dispõe sobre licitações e contratos administrativos, no âmbito do Poder Legislativo do Município de Iranduba e dá outras providências.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/350/resolucao_legislativa_n_009_de_26_de_janeiro_de_2024.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/350/resolucao_legislativa_n_009_de_26_de_janeiro_de_2024.pdf</t>
   </si>
   <si>
     <t>Altera o inciso I do art.66 da resolução n°004/2022, que dispõe sobre o Regimento Interno da Câmara Municipal de Iranduba.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/348/lei_no_567_de_12_de_dezembro_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/348/lei_no_567_de_12_de_dezembro_de_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do Município de Iranduba a abertura de crédito especial, no valor de R$7.656.000,00 (Sete Milhões Seiscentos e Cinquenta e Seis Mil Reais) e dá outras providências.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/347/lei_no_566_de_12_de_dezembro_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/347/lei_no_566_de_12_de_dezembro_de_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do Município de Iranduba a abertura de crédito especial, no valor de R$1.174.041,00 (Hum Milhão Cento e Setenta e Quatro Mil e Quarenta e Um Reais) e dá outras providências.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/346/lei_no_565_de_12_de_dezembro_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/346/lei_no_565_de_12_de_dezembro_de_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do Município de Iranduba a abertura de crédito especial, no valor de R$19.192.042,47 (Dezenove Milhões Cento e Noventa e Dois Mil, Quarenta e Dois Reais e Quarenta e Sete Centavos) e dá outras providências.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/345/lei_no_564_de_12_de_dezembro_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/345/lei_no_564_de_12_de_dezembro_de_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do Município de Iranduba a abertura de crédito especial, no valor de R$365.022,00 (Trezentos e Sessenta e Cinco Mil e Vinte e Dois Reais) e dá outras providências.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/344/lei_no_563__de_12_de_dezembro_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/344/lei_no_563__de_12_de_dezembro_de_2023.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei Municipal n. º 337, de 12 de dezembro de 2017, que dispõe sobre a criação da Junta Médica oficial.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/353/lei_no_568_de_05_de_dezembro_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/353/lei_no_568_de_05_de_dezembro_de_2023.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de IRANDUBA, para o exercício de 2024.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/343/lei_complementar_no_560_de_28_de_novembro_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/343/lei_complementar_no_560_de_28_de_novembro_de_2023.pdf</t>
   </si>
   <si>
     <t>Altera a LEI COMPLEMENTAR Nº 549, DE 26 DE SETEMBRO DE 2023, versando sobre adequação orçamentária e autorização de abertura de crédito especial ao orçamento anual de 2023 (Lei Paulo Gustavo).</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/342/lei_no_559__de_28_de_novembro_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/342/lei_no_559__de_28_de_novembro_de_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobe a vedação de demissão de vítimas de assédio sexual, em que haja processo de investigação em aberto no município de Iranduba, e dá outras providências – LEI DAS MARIAS.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/408/decreto_legislativo_n_51__de_28_de_novembro_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/408/decreto_legislativo_n_51__de_28_de_novembro_de_2023.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Cidadão Honorário de Iranduba ao Senhor José Ivanildo Azevedo.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/407/decreto_legislativo_n_48__de_28_de_novembro_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/407/decreto_legislativo_n_48__de_28_de_novembro_de_2023.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Cidadão Honorário de Iranduba ao Secretário de Educação, Altemar Leão.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/354/resolucao_legislativa_n__008_de_21_de_novembro_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/354/resolucao_legislativa_n__008_de_21_de_novembro_de_2023.pdf</t>
   </si>
   <si>
     <t>Estabelece critérios para a concessão dos Títulos Honoríficos de Cidadão Benemérito e de Cidadão Irandubense.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/356/resolucao_legislativa_n_007_de_21_de_novembro_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/356/resolucao_legislativa_n_007_de_21_de_novembro_de_2023.pdf</t>
   </si>
   <si>
     <t>Altera o inciso I, do art. 66, da resolução n°004/2022, que dispõe sobre o Regimento Interno da Câmara Municipal de Iranduba.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/406/decreto_legislativo_n_46_de_14_de_novembro_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/406/decreto_legislativo_n_46_de_14_de_novembro_de_2023.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Cidadão Honorário de Iranduba ao engenheiro e eletricista Alain da Silva Cruz.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/341/lei_no_558_de_07_de_novembro_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/341/lei_no_558_de_07_de_novembro_de_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição da denominação da Escola Municipal São Joaquim, localizado no Lago do Cacau, para Maria de Fátima Morais Dias.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/405/decreto_legislativo_n_45__de_07_de_novembro_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/405/decreto_legislativo_n_45__de_07_de_novembro_de_2023.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Cidadã Honorária de Iranduba a Professora Neila Nádia de Oliveira Lobo Souza.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/339/lei_n__557_de_31_de_outubro_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/339/lei_n__557_de_31_de_outubro_de_2023.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do Município de Iranduba o programa " Mulher Viva", destinado ao apoio às mulheres em situação de violência doméstica e familiar.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/338/lei_n_556_de_31_de_outubro_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/338/lei_n_556_de_31_de_outubro_de_2023.pdf</t>
   </si>
   <si>
     <t>ESTABELECE, no âmbito da cidade de Iranduba, prazo de validade indeterminado para laudo que atesta o Transtorno do Espectro Autista (TEA) ou a Síndrome de Down.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/337/lei_n__555_de_31_de_outubro_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/337/lei_n__555_de_31_de_outubro_de_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a Criação do Mapa da Violência contra a Mulher, Pessoa Idosa, Crianças e Adolescentes, no âmbito do Município de Iranduba e dá outras providências.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/355/resolucao_legislativa_n_006_de_31_de_outubro_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/355/resolucao_legislativa_n_006_de_31_de_outubro_de_2023.pdf</t>
   </si>
   <si>
     <t>Modifica-se o §9º do art. 69 da resolução nº 004/2022, que dispõe sobre o Regimento Interno da Câmara Municipal de Iranduba.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/336/lei_n__554__de_10_de_outubro_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/336/lei_n__554__de_10_de_outubro_de_2023.pdf</t>
   </si>
   <si>
     <t>Versa sobre o protocolo TODOS POR TODAS, que institui uma gama de ações que deverão ser adotadas por estabelecimentos públicos e privados para acolher e atender mulheres vítimas de violência contra mulher em especial ao abuso sexual em suas dependências.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/335/lei_n_553__de_10_de_outubro_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/335/lei_n_553__de_10_de_outubro_de_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a realização do Teste de Cores Ishihara, visando ao diagnóstico de Daltonismo nos alunos da Rede Municipal de Ensino de Iranduba.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/409/decreto_legislativo_n_52__de_10_de_outubro_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/409/decreto_legislativo_n_52__de_10_de_outubro_de_2023.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Cidadão Honorário de Iranduba ao Senhor Carlos Arimar Barroso da Silva, investigador da Policia Civil.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/404/decreto_legislativo_n_44__de_10_de_outubro_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/404/decreto_legislativo_n_44__de_10_de_outubro_de_2023.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Cidadão Honorário de Iranduba ao Senhor Francisco Alves Belfort.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/334/lei_n_552_de_03_de_outubro_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/334/lei_n_552_de_03_de_outubro_de_2023.pdf</t>
   </si>
   <si>
     <t>“Institui a Política para Educação Especial e Inclusiva, para atendimento às pessoas com Transtorno do Espetro Autista (TEA), deficiência Intelectual e_x000D_
 Deficiências Múltiplas.”</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/331/lei_n__550__de_26_de_setembro_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/331/lei_n__550__de_26_de_setembro_de_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do Município de Iranduba a abertura de crédito especial, no valor de R$972.726,00 (Novecentos e setenta e Dois Mil Setecentos e Vinte e Seis Reais) e dá outras providências.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/330/lei_complementar_n_549__de_26_de_setembro_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/330/lei_complementar_n_549__de_26_de_setembro_de_2023.pdf</t>
   </si>
   <si>
     <t>Promove a adequação orçamentária e autoriza a abertura de crédito especial ao orçamento anual de 2023 no valor de R$429.485,22 (Quatrocentos e vinte e nove mil quatrocentos e oitenta e cinco reais e vinte e dois centavos).</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/329/lei_n_548__de_26_de_setembro_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/329/lei_n_548__de_26_de_setembro_de_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação da Assistência Financeira Complementar repassada pela União Federal visando dar cumprimento ao disposto na Lei Federal n° 14.434, de 4 de agosto de 2022 que instituiu o piso salarial nacional do Enfermeiro, do Técnico de Enfermagem, do Auxiliar de Enfermagem e da Parteira.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/333/lei_543.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/333/lei_543.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO DO MUNICIPIO DE IRANDUBA/AM A ABERTURA DE DOTAÇÃO ORÇAMENTÁRIA E CRÉDITO ESPECIAL DO TIPO ORIGINAL NO ORÇAMENTO DE 2023 DO MUNICIPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/332/lei_551.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/332/lei_551.pdf</t>
   </si>
   <si>
     <t>ALTERA o Anexo IX da Lei Delegada Nº 01/2022, que dispõe sobre a reestruturada administração direta e indireta do município de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/326/lei_n__545__de_22_de_agosto_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/326/lei_n__545__de_22_de_agosto_de_2023.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO DO MUNICÍPIO DE IRANDUBA/AM A ABERTURA DE DOTAÇÃO ORÇAMENTARIA E CRÉDITO SUPLEMENTAR DO TIPO ORIGINAL NO ORÇAMENTO DE 2023 DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/325/lei_n__544__de_22_de_agosto_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/325/lei_n__544__de_22_de_agosto_de_2023.pdf</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/327/lei_n__547__de_12_de_agosto_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/327/lei_n__547__de_12_de_agosto_de_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Unidade Municipal de Educação Infantil Professora Silvânia Silva e Silva, e dá outras providências.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/328/lei_n_542__de_08_de_agosto_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/328/lei_n_542__de_08_de_agosto_de_2023.pdf</t>
   </si>
   <si>
     <t>Institui a campanha Junho Violeta no Município de Iranduba, mês dedicado à prevenção e conscientização da violência contra a pessoa idosa.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/322/541.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/322/541.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Escola Municipal Ariaú, passando a denominar-se Escola Municipal Maria Arlete Coriolano de Freitas, e dá outras providências.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/321/540.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/321/540.pdf</t>
   </si>
   <si>
     <t>ALTERA a Lei Municipal N º 123, de 5 de julho de 2006, na forma que especifica.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/323/539.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/323/539.pdf</t>
   </si>
   <si>
     <t>“Altera redação do Art. 5° da Lei Municipal n° 519, de 18 de abril de 2023, que dispõe sobre o uso de sistema de segurança baseado em monitoramento por meio de câmeras de segurança nas Escolas, Centros de Educação Infantil e Unidades Básicas de Saúde.”</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/320/538.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/320/538.pdf</t>
   </si>
   <si>
     <t>“DISPÕE sobre diretrizes para as ações de Promoção da Dignidade Menstrual, de conscientização e informações sobre a menstruação, o fornecimento de absorventes higiênicos e dá outras providências.”</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/319/537.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/319/537.pdf</t>
   </si>
   <si>
     <t>“DETERMINA a inserção do símbolo do Autismo nas placas de atendimento prioritário e dá outras providências.”</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/361/decreto_legislativo_no43.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/361/decreto_legislativo_no43.pdf</t>
   </si>
   <si>
     <t>Concede Titulo Honorífico de Cidadã Irandubense a Senhora Dra. Aline Kelly Ribeiro Marcovicz Lins, Juiza da 56º Zona Eleitoral do Município de Iranduba.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/314/lei_n_536_de_27_de_junho_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/314/lei_n_536_de_27_de_junho_de_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/308/lei_complementar_n_530_de_16_de_junho_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/308/lei_complementar_n_530_de_16_de_junho_de_2023.pdf</t>
   </si>
   <si>
     <t>Concede reajuste aos servidores do quadro efetivo da Educação, do Regime Jurídico Administrativo, na monta de 15%,_x000D_
 para recomposição salarial do ano 2023.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/307/lei_complementar_n_529_de_16_de_junho_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/307/lei_complementar_n_529_de_16_de_junho_de_2023.pdf</t>
   </si>
   <si>
     <t>Dispões sobre o reajuste nos vencimentos dos Profissionais do Magistério Municipal, com base no novo Piso Salarial Nacional.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/313/lei_n_535_de_13_de_junho_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/313/lei_n_535_de_13_de_junho_de_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição do nome da Escola Municipal Chico Mendes para Escola Municipal Professora Maria Auxiliadora Mesquita Simas.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/312/lei_n_534_de_13_de_junho_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/312/lei_n_534_de_13_de_junho_de_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Unidade Básica de Saúde do Distrito de Cacau Pirêra do Município de Iranduba – Am.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/311/lei_n_533_de_13_de_junho_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/311/lei_n_533_de_13_de_junho_de_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Polo da Saúde da Cidade Nova do Cacau Pirêra do Município de Iranduba – Am.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/310/lei_n_532_de_13_de_junho_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/310/lei_n_532_de_13_de_junho_de_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do Município de Iranduba a abertura de dotação orçamentária e crédito especial do tipo original no orçamento de 2023 do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/309/lei_n_531_de_13_de_junho_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/309/lei_n_531_de_13_de_junho_de_2023.pdf</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/317/resolucao_n-005-2023-gabpres-cmi.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/317/resolucao_n-005-2023-gabpres-cmi.pdf</t>
   </si>
   <si>
     <t>Modifica e cria dispositivos na resolução nº 004/2022, que dispõe sobre o_x000D_
 Regimento Interno da Câmara Municipal de Iranduba, dentre as comissões_x000D_
 permanentes, cria a Comissão de Segurança Pública e dá nova redação ao inciso I_x000D_
 do art. 67.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/305/lei_n_527_de_30_de_maio_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/305/lei_n_527_de_30_de_maio_de_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação de Políticas Públicas para Combate à Violência Física, Sexual e Emocional contra à Pessoa Idosa no Município de Iranduba.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/304/lei_n_526_de_30_de_maio_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/304/lei_n_526_de_30_de_maio_de_2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI a Semana Municipal de ações voltadas à Lei Maria da Penha nas Escolas Municipais de Ensino Fundamental – Séries Finais e dá outras providências.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/303/lei_n_525_de_30_de_maio_de_2023__lei__josenilce_rodrigues_marinho.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/303/lei_n_525_de_30_de_maio_de_2023__lei__josenilce_rodrigues_marinho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição de nomeação em cargos públicos na Administração Direta e Indireta de agressores_x000D_
 que cometeram crimes de violência contra a mulher.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/302/lei_n_524_de_30_de_maio_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/302/lei_n_524_de_30_de_maio_de_2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI no âmbito do Município de Iranduba a “Semana Municipal da Enfermagem”</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/301/lei_n_523_de_30_de_maio_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/301/lei_n_523_de_30_de_maio_de_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a proteção da pessoa idosa, do aposentado e do pensionista nos procedimentos de contratação não presencial de empréstimos consignados e de cartão de crédito consignado no município de Iranduba.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/316/decreto_legislativo_n-_042__de_30_de_maio_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/316/decreto_legislativo_n-_042__de_30_de_maio_de_2023.pdf</t>
   </si>
   <si>
     <t>Concede titulo honorífico de Cidadão Irandubense ao Senhor Raul Augusto de_x000D_
 Araújo Neto, Delegado de Polícia Civil, lotado no Município de Iranduba.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/306/lei_n_528_de_23_de_maio_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/306/lei_n_528_de_23_de_maio_de_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA a redação da Lei Delegada Municipal n. º 01/2022, de 11 de novembro de 2022, que dispõe sobre a estrutura organizacional do Poder Executivo Municipal, criando a Ouvidoria da Mulher, para o recebimento das demandas relativas à violência contra a mulher, sobretudo à qualquer tipo de violência à igualdade de gênero e à participação feminina na sociedade no âmbito do Município de Iranduba.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/300/lei_n_522_de_16_de_maio_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/300/lei_n_522_de_16_de_maio_de_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Campo do Poeirinha para Campo Otávio Nogueira Nonato.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/298/lei_n_521_de_02_de_maio_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/298/lei_n_521_de_02_de_maio_de_2023.pdf</t>
   </si>
   <si>
     <t>Altera o art. 1º, da Lei nº 351/2018, que dispõe sobre a denominação da Escola Municipal Dona Lina Gomes.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/297/lei_n__520_de_18_de_abril_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/297/lei_n__520_de_18_de_abril_de_2023.pdf</t>
   </si>
   <si>
     <t>“Declara Entidade de Utilidade Pública Municipal a Associação dos Moradores e Agricultores da Comunidade São Sebastião - Iranduba - AMACS”.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/315/lei_n_519_2023_de_18_de_abril_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/315/lei_n_519_2023_de_18_de_abril_de_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o uso de sistema de segurança baseado em monitoramento por meio de câmeras de seguranças em Escolas, Centros de Educação Infantil e Unidades Básicas de Saúde do Município de Iranduba.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/296/lei_n__518_de_18_de_abril_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/296/lei_n__518_de_18_de_abril_de_2023.pdf</t>
   </si>
   <si>
     <t>“Declara Entidade de Utilidade Pública Municipal a Associação de Agricultores Familiares Ramal Santo Antônio II - Zona Rural de Iranduba - AGRIFAM”.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/295/lei_n__517__de_18_de_abril_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/295/lei_n__517__de_18_de_abril_de_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de nome do Centro Educacional Estrelas do Amanhã, para Escola Municipal de Educação Especial Professora Dilce Damiana de_x000D_
 Lima.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/294/lei_n__515__de_28_de_marco_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/294/lei_n__515__de_28_de_marco_de_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a substituição do nome da Escola Municipal Independência para Escola Municipal Socorro da Silva Pinheiro do Município de Iranduba e dá_x000D_
 outras providencias.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/293/lei_n_514__de_28_de_marco_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/293/lei_n_514__de_28_de_marco_de_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Unidade Básica de Saúde, localizada no Residencial Amazonas I.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/292/lei_n_516_-_2023_de_21de_marco_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/292/lei_n_516_-_2023_de_21de_marco_de_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do sistema de doação de lixeiras a serem instaladas no Município de Iranduba.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/291/lei_n__513__de_21_de_marco_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/291/lei_n__513__de_21_de_marco_de_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a denominação de uma rua localizada nas imediações do Distrito de Cacau Pirêra, acesso pelo Km-01 da Rodovia Manoel Urbano-AM 070, em Iranduba-Am.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/289/lei_n__512_de_07_de_marco_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/289/lei_n__512_de_07_de_marco_de_2023.pdf</t>
   </si>
   <si>
     <t>Acrescenta-se ao art. 4° o inciso II, suprime o §3º e altera a redação dos incisos do art. 11, acrescenta ao art. 35 o inciso I, e altera a redação do art. 40 e altera os anexos I,II e da Lei n° 316, de 13 de dezembro de 2016.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/288/lei_n__511__de_07_de_marco_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/288/lei_n__511__de_07_de_marco_de_2023.pdf</t>
   </si>
   <si>
     <t>Altera o inciso II, do Art. 2º da Lei nº 444 de 22 de março de 2022.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/286/lei_complementar_n_509__de_11_de_janeiro_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/286/lei_complementar_n_509__de_11_de_janeiro_de_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Regras de Cálculo de Aposentadoria e Reajuste de valores conforme disciplinado no Art. 7º da Lei Complementar nº 462 de 30 de agosto de 2022.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/285/lei_n__508__de_11_de_janeiro_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/285/lei_n__508__de_11_de_janeiro_de_2023.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Art. 2º da Lei nº 464, de 20 de setembro de 2022, que concede reajuste de vencimentos aos servidores do quadro efetivo da Educação, na monta de 25%, excetuando os professores para recomposição salarial dos anos de 2018, 2019, 2020, 2021.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/284/lei_n__507_de_11_de_janeiro_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/284/lei_n__507_de_11_de_janeiro_de_2023.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Art. 3º da Lei nº 463, de 20 de setembro de 2022, que dispõe sobre o reajuste nos vencimentos dos professores pertencentes ao Quadro da Secretaria Municipal de Educação, Esporte e Lazer, com base no novo Piso Salarial Nacional dos Profissionais do Magistério da Educação Básica Pública.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/283/lei_n_506_de_11_de_janeiro_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/283/lei_n_506_de_11_de_janeiro_de_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão do Plano de Amortização do Déficit Atuarial, instituído pela Lei Municipal nº 188/2011 e dá outras providências.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/274/lei_n__505__de_11_de_janeiro_de_2023.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/274/lei_n__505__de_11_de_janeiro_de_2023.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Art. 53-A da Lei nº 458, de 26 de julho de 2022, que dispõe sobre as diretrizes para a elaboração da lei orçamentária para o exercício de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/282/lei_n__504__de_28_de_dezembro_de_2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/282/lei_n__504__de_28_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Acompanhamento e de Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação – Fundeb, e dá outras providências.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/275/lei_n__503__de_20_de_dezembro_de_2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/275/lei_n__503__de_20_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE IRANDUBA/AM, A DOAR TERRENO AO TRIBUNAL DE JUSTIÇA DO AMAZONAS, PARA CONSTRUÇÃO DO FÓRUM DA COMARCA DE IRANDUBA.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/432/resolucao_no_04-2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/432/resolucao_no_04-2022.pdf</t>
   </si>
   <si>
     <t>Institui o Novo Regimento Interno da Câmara Municipal de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/299/lei_n_502_-2022_de_16_de_dezembro_de_2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/299/lei_n_502_-2022_de_16_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>“Estima a receita e fixa a despesa do Município de IRANDUBA, para o exercício de 2023.”</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/431/resolucao_no_03-2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/431/resolucao_no_03-2022.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo ao art. 37 da Lei Orgânica de Iranduba, para dispor sobre as proibições e incompatibilidades dos Vereadores da Câmara Municipal de Iranduba, assim como no Regimento Interno.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/273/lei_n__500__de_13_de_dezembro_de_2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/273/lei_n__500__de_13_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição da Rua Miqueias Fernandes para Rua Governador Leopoldo Neves.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/272/lei_n_499__de_13_de_dezembro_de_2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/272/lei_n_499__de_13_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição da Rua Dr. Rizonildo Almeida para Rua Governador Alfredo de Sá.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/271/lei_n_498_de_3_de_dezembro_de_2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/271/lei_n_498_de_3_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição da Rua Vanessa Graziotin para Rua Antovila Rodrigues Mourão Vieira.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/270/lei_n_497_de13_de_dezembro_de_2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/270/lei_n_497_de13_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição da Rua Vicente Lopes para Rua Senador Fábio Lucena.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/269/lei_n_496__de_13_de_dezembro_de_2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/269/lei_n_496__de_13_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição da Rua Miguel Carrat para Deputado Djalma Vieira Passos.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/268/lei_n_495__de_13_de_dezembro_de_2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/268/lei_n_495__de_13_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição da Rua Eron Bezerra para Rua Senador Evandro Carreira.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/267/lei_n_494_de_13_de_dezembro_de_2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/267/lei_n_494_de_13_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição da Rua Mário Frota para Rua Sérgio Rodrigues Pessoa Neto.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/266/lei_n_493_de_13_de_dezembro_de_2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/266/lei_n_493_de_13_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição da Travessa Almir Medeiros para Travessa Deputado João Valério de Oliveira.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/265/lei_n_492_de_13_de_dezembro_de_2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/265/lei_n_492_de_13_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição da Rua Euler Ribeiro para Rua Deputado Rafael Faraco.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/264/lei_n_491_de_13_de_dezembro_de_2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/264/lei_n_491_de_13_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição da Rua José Mourão para Rua Jônatas Pedrosa.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/263/lei_n_490__de_13_de_dezembro_de_2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/263/lei_n_490__de_13_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição da Rua Pauderney Avelino para Rua Deputado José Cardoso Dutra.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/262/lei_n_489__de_13_de_dezembro_de_2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/262/lei_n_489__de_13_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição da Rua Lino Chixaro para Rua Governador Plínio Ramos Coelho.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/261/lei_n_488_de_13_de_dezembro_de_2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/261/lei_n_488_de_13_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição da Rua Sinésio Campos para Rua Governador Artur César Ferreira Reis.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/260/lei_n_487_de_13_de_dezembro_de_2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/260/lei_n_487_de_13_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição da Rua José Melo para Rua Governador Paulo Pinto Nery.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/259/lei_n_486_de_13_de_dezembro_de_2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/259/lei_n_486_de_13_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição da Rua Marcos Rota para Rua Governador Vivaldo Frota.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/258/lei_n_485_de_13_de_dezembro_de_2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/258/lei_n_485_de_13_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição da Rua Liberman Moreno para Rua João Walter de Andrade.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/257/lei_n_484_de_13_de_dezembro_de_2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/257/lei_n_484_de_13_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição da Rua Frederico Ebling para Rua Governador César Monteiro.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/256/lei_n_483_de_13_de_dezembro_de_2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/256/lei_n_483_de_13_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição da Rua Francisco Garcia para Rua Governador Eduardo Gonçalves Ribeiro.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/255/lei_n_482__de_13_de_dezembro_de_2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/255/lei_n_482__de_13_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição da Rua Dra. Zilda Avelino para Rua Governador Gregório Taumaturgo Azevedo.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/254/lei_n__481__de_13_de_dezembro_de_2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/254/lei_n__481__de_13_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição da Rua Ednor Pacheco para Rua Deputado Luiz Fernando Nicolau.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/253/lei__n__480__de_13_de_dezembro_de_2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/253/lei__n__480__de_13_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição da Rua Átila Lins para Rua Deputado Artur Virgílio Filho.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/252/lei_n_479__de_13_de_dezembro_de_2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/252/lei_n_479__de_13_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição da Rua Davi Queiroz para Rua Governador Álvaro Maia.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/251/lei_n_478__de_13_de_dezembro_de_2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/251/lei_n_478__de_13_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição da Rua Francisco Rildo para Rua Governador Gilberto Mestrinho.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/244/resolucao_003_22_acrescenta_paragrafo_unico_ao_art.37_lei_organica..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/244/resolucao_003_22_acrescenta_paragrafo_unico_ao_art.37_lei_organica..pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo ao art. 37 da Lei orgânica de Iranduba, para dispor sobre as probições e incompatibilidades dos vereadores da Câmara Municipal de Iranduba, assim como no Regimento Interno.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>RI</t>
   </si>
   <si>
     <t>Regimento Interno</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/419/regimento_interno.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/419/regimento_interno.pdf</t>
   </si>
   <si>
     <t>Regimento Interno da Câmara Municipal de Iranduba</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/287/lei_n_477__de_06_de_dezembro_de_2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/287/lei_n_477__de_06_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Regulamenta Bandeira do Município de Iranduba.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/281/lei_n_476__de_06_de_dezembro_de_2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/281/lei_n_476__de_06_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Declara Entidade de Utilidade Pública a Associação dos Moradores da Comunidade Rural Novo Paraíso.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/279/lei_n_474__de_06_de_dezembrode_2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/279/lei_n_474__de_06_de_dezembrode_2022.pdf</t>
   </si>
   <si>
     <t>Declara Entidade de Utilidade Pública o Instituto Flor de Maria, o qual presta apoio e amparo as Crianças e Adolescentes vítimas de violência.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/278/lei_n_473__de_29_de_novembro_de_2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/278/lei_n_473__de_29_de_novembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição do nome da Rua Arthur Neto para Rua Maria da Glória Alves Sales.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/277/lei_n__472_de_29_de_novembro_de_2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/277/lei_n__472_de_29_de_novembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição do nome do Ramal principal da Chisa para Ramal principal Paulo Rangel.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/276/lei_n_471_de_29_de_novembro_de_2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/276/lei_n_471_de_29_de_novembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição do nome do Ramal Santo Antonio I para Ramal Nonato Lopes.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/242/lei_complementar_470_22_anuencia_vereador_nomear_exonerar..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/242/lei_complementar_470_22_anuencia_vereador_nomear_exonerar..pdf</t>
   </si>
   <si>
     <t>Altera o art. 9º, e inclui o § único da Lei municipal nº316/2016, e dá outras providências.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/241/lei_469_22_altera_aliquota_inprev_11_para_14..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/241/lei_469_22_altera_aliquota_inprev_11_para_14..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da alíquota de contribuição dos servidores públicos municipais para custeio do regime próprio de previdência do Iranduba - INPREVI, e dá outras providências.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/240/lei_466_22_reajuste_30_servidores_fundamental_inprevi..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/240/lei_466_22_reajuste_30_servidores_fundamental_inprevi..pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre o Reajuste da Remuneração em 30% dos Servidores Efetivos do Instituto de Previdência de Iranduba - INPREVI, e dá outras providências.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>LD</t>
   </si>
   <si>
     <t>Lei Delegada</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/239/lei_delegada_001_2022_reestrutura_administracao_iranduba..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/239/lei_delegada_001_2022_reestrutura_administracao_iranduba..pdf</t>
   </si>
   <si>
     <t>Reestrutura a Administração direta e indireta do município de Iranduba, fixa, extingue e transforma órgãos, entidades, cargos em comissão, e dá outras providências.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/280/lei_n_475_de_06_de_dezembro_de_2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/280/lei_n_475_de_06_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>Declara Entidade de Utilidade Pública a Associação Comunitária, Agrícola e de Criação São Pedro.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/238/decreto_legislativo_41_22_susta_portaria_1306_22..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/238/decreto_legislativo_41_22_susta_portaria_1306_22..pdf</t>
   </si>
   <si>
     <t>Susta os efeitos da Portaria n.1306/2022/GAB/PMI, datado de 23 de setembro de 2022, veiculada no diário oficial dos municípios do Estado do Amazonas  no dia 26 de setembro de 2022, com o código identificador 2JP19HH8A, e dá outras providências.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/237/lei_complementar_462_22_regras_aposentadoria_pensao_servidores_publicos..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/237/lei_complementar_462_22_regras_aposentadoria_pensao_servidores_publicos..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Ginásio Poliesportivo da Escola Municipal Creuza Abess Farah, do município de Iranduba-Am, e dá outras providências.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/234/lei_464_22_reajuste_servidores_educacao_25_recomposicao_2018_2019_2020_2021..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/234/lei_464_22_reajuste_servidores_educacao_25_recomposicao_2018_2019_2020_2021..pdf</t>
   </si>
   <si>
     <t>Concede reajuste de vencimento aos servidores do quadro efetivo da Educação, na monta de 25%, excetuando os professores para recomposição salarial dos anos de 2018, 2019, 2020 e 2022.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/233/lei_463_22_reajuste_professores_base_piso_nacional_educacao_basica..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/233/lei_463_22_reajuste_professores_base_piso_nacional_educacao_basica..pdf</t>
   </si>
   <si>
     <t>Dispões sobre o reajuste nos vencimentos dos professores pertecentes ao quadro da Secretaria Municipal de Educação, Esporte e Lazer, com base no novo piso salarial nacional dos profissionais do Magistério da Educação Básica Pública.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/236/lei_461_22_altera_lei_446..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/236/lei_461_22_altera_lei_446..pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº. 446_2022, na forma que especifica.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/235/lei_complementar_462_22_regras_aposentadoria_pensao_servidores_publicos..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/235/lei_complementar_462_22_regras_aposentadoria_pensao_servidores_publicos..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as regras de Aposentadoria e Pensão dos Servidores Públicos de Iranduba, em consonância com o disposto na Emenda Constitucional n.103/2019, e dá outras providências.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/227/lei_460_22_abertura_dotacao_orcamentaria_credito_especial..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/227/lei_460_22_abertura_dotacao_orcamentaria_credito_especial..pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do município de Iranduba_Am, a abertura de dotação orçamentária e crédito especial do tipo original no orçamento de 2022, do município, e dá outras providências.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/228/lei_459_abertura_dotacao_orcamentaria_credito_suplementar..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/228/lei_459_abertura_dotacao_orcamentaria_credito_suplementar..pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do município de Iranduba_Am, a abertura de dotação orçamentária e crédito suplementar do tipo original no orçamento de 2022 do município, e dá outras providências.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/243/lei_458_22_dispoe_diretrizes_orcamentarias_exercicio_2023..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/243/lei_458_22_dispoe_diretrizes_orcamentarias_exercicio_2023..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a Elaboração da Lei Orçamentária para o Exercício de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/226/lei_456_22_altera_lei_447_2022..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/226/lei_456_22_altera_lei_447_2022..pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº447_2022, na forma que especifica.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/225/lei_455_22_abertura_dotacao_orcamentaria_iluminacao_publica..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/225/lei_455_22_abertura_dotacao_orcamentaria_iluminacao_publica..pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executiva do município de Iranduba_Am, a abertura de dotação orçamentária e crédito suplementar do tipo original no orçamento de 2022 do município, e dá outras providências.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/290/lei_n_457_de_12_de_julho_de_2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/290/lei_n_457_de_12_de_julho_de_2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a obrigatoriedade de concessionárias de serviços públicos de água, luz e telefone, agências bancárias e demais estabelecimentos de crédito colocarem, à disposição dos usuários, pessoal suficiente no tratamento digno e profissional a seus clientes.”</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/224/lei_453_22_abertura_dotacao_orcamentaria_escolas_ervila_noemi_delphina..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/224/lei_453_22_abertura_dotacao_orcamentaria_escolas_ervila_noemi_delphina..pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do município de Iranduba_Am, à abertura de dotação orçamentária e crédito especial do tipo original no orçamento de 2022 do município, e dá outras providências.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/222/lei_451_22cria_fundo_protecao_defesa_civil_iranduba_fumpdec..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/222/lei_451_22cria_fundo_protecao_defesa_civil_iranduba_fumpdec..pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal de Proteção e Defesa Civil - FUMPDEC do município de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/223/lei_448_22_altera_8_lei_123_06..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/223/lei_448_22_altera_8_lei_123_06..pdf</t>
   </si>
   <si>
     <t>Altera a Redação do §8º da Lei Municipal nº123_2006.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/221/decreto_legislativo_039_aprova_contas_madalena_jesus_referente_2015..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/221/decreto_legislativo_039_aprova_contas_madalena_jesus_referente_2015..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Aprovação das contas da Prefeitura Municpal de Iranduba, referente ao exercício financeiro de 2015, de responsabilidade da ex-prefeita Madalena de Jesus.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/220/decreto_legislativo_038_22_aprova_contas_xinaik_silva_medeiros_referente_2015..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/220/decreto_legislativo_038_22_aprova_contas_xinaik_silva_medeiros_referente_2015..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Aprovação das contas da Prefeitura Municipal de Iranduba, referente ao exercíco financeiro de 2015.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/219/lei_447_22_institui_regime_previdencia_complementar_iranduba..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/219/lei_447_22_institui_regime_previdencia_complementar_iranduba..pdf</t>
   </si>
   <si>
     <t>Institui o Regime de Previdência Complementar no âmbito do município de Iranduba; fixa o limite máximo para a concessão de aposentadorias e pensões pelo regime de previdência de que trata o art. 40 da Constituição Federal; autoriza a adesão ao plano de benefícios de previdência complementar; e dá outras providências.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/208/lei_446_22_institui_recuperacao_fiscal_refis..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/208/lei_446_22_institui_recuperacao_fiscal_refis..pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal do município de Iranduba (Refis Municipal) e dá outras providências.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/218/lei_445_22_altera_artigo_28_lei_309_2016..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/218/lei_445_22_altera_artigo_28_lei_309_2016..pdf</t>
   </si>
   <si>
     <t>Altera o Caput. do Art. 28 da Lei 309_2016, e dá outras providências.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/211/decreto_legislativo_037_22_aprova_contas_prefeitura_iranduba_2013_responsabilidade_xinaik_medeiros..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/211/decreto_legislativo_037_22_aprova_contas_prefeitura_iranduba_2013_responsabilidade_xinaik_medeiros..pdf</t>
   </si>
   <si>
     <t>Que Aprova as contas da Prefeitura Municipal de Iranduba, exercício financeiro de 2013, de responsabilidade do ex-prefeito municipal, Xinaik Silva de Medeiros.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/318/ato_normativo_n_002_-2022_gp_cmi.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/318/ato_normativo_n_002_-2022_gp_cmi.pdf</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/210/decreto_legislativo_036_22_dispoe_concessao_diarias_poder_legislativo..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/210/decreto_legislativo_036_22_dispoe_concessao_diarias_poder_legislativo..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a viagem e concessão de diária aos servidores efetivos e comissionados do Poder Legislativo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/209/lei_complementar_444_22_altera_lei_320_16_cota_exercicio_atividade_parlamentar_ceap..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/209/lei_complementar_444_22_altera_lei_320_16_cota_exercicio_atividade_parlamentar_ceap..pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº320_2016 - Que Institui a Cota para o Exercício da Atividade Parlamentar - CEAP, e dá outras providências.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/207/lei_443_22_reajuste_servidores_administracao_saude..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/207/lei_443_22_reajuste_servidores_administracao_saude..pdf</t>
   </si>
   <si>
     <t>Concede reajuste de vencimentos aos servidores do quadro efetivo da Saúde e Administração, na monta de 23,5 (vinte e três, vírgula cinco por cento), de forma escalonada para os servidores de nível médio e superior, e 25% (vinte e cinco por cento) para os servidores de nível básico.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/203/lei_438_22_proibe_troca_medidores_sem_comunicacao_previa..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/203/lei_438_22_proibe_troca_medidores_sem_comunicacao_previa..pdf</t>
   </si>
   <si>
     <t>Proíbe a troca de medidores e padrões de energia elétrica, como similares, instalados pelas concessionárias e prestadoras de fornecimento de energia elétrica, sem a devida comunicação prévia ao consumidor.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/204/lei_435_22_servicos_saude_iniciativa_privada..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/204/lei_435_22_servicos_saude_iniciativa_privada..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a execução de ações e serviços de Saúde Pública através da participação da iniciativa privada, sob o regime de credenciamento, e dá outras providências.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/50/lei_442_fundeb_2021.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/50/lei_442_fundeb_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a Concessão do Abono-FUNDEB aos profissionais da Educação Básica da rede municipal de ensino, na forma especifica.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/106/lei_441_21_estima_receita_fixa_despesa_loa_para_2022..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/106/lei_441_21_estima_receita_fixa_despesa_loa_para_2022..pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Iranduba, para o exercício de 2022.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/105/lei_440_21_planoplurianual_ppa_para_2022_2025..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/105/lei_440_21_planoplurianual_ppa_para_2022_2025..pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre o Plano Plurianual do município de Iranduba/Am para o quadriênio 2022 a 2015, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/49/lei_439_subistitui_rua_david_queiroz_para_rua_leonidas_alves_araujo.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/49/lei_439_subistitui_rua_david_queiroz_para_rua_leonidas_alves_araujo.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a Substituição do nome da Rua David Queiroz para Rua Leônidas Alves de Araújo.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/51/lei_437_21_altera_art.5o_lei_402_ldo_22..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/51/lei_437_21_altera_art.5o_lei_402_ldo_22..pdf</t>
   </si>
   <si>
     <t>Que Dispõe Sobre a Alteração dos anexos do Art. 5º da Lei 402/21 - Que Dispõe Sobre as Diretrizes da Elaboração da Proposta Orçamentária - 2022 - LDO.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/56/lei_n_436_mudanca_avenida_jose_maria_muniz_para_afonso_bezerra_da_costa.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/56/lei_n_436_mudanca_avenida_jose_maria_muniz_para_afonso_bezerra_da_costa.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a Mudança de nome da Avenida José Maria Muniz, para Afonso Bezerra da Costa.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/46/decreto_legislativo_035_concede_titulo_cidadao_sinesio_campos.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/46/decreto_legislativo_035_concede_titulo_cidadao_sinesio_campos.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadão Irandubense ao Senhor Sinésio da Silva Campos, Deputado do Estado do Amazonas, e dá outras providências.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/45/decreto_legislaivo_034_concede_titulo_cidadao_marly_nilo.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/45/decreto_legislaivo_034_concede_titulo_cidadao_marly_nilo.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadã Irandubense, à senhora Marly Nilo da Silva, Professora aposentada do município de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/44/decreto_legislativo_33_cidadao_irandubaense_wilson_lima.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/44/decreto_legislativo_33_cidadao_irandubaense_wilson_lima.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadão Irandubense ao Senhor Wilson Miranda Lima, Governador do Estado do Amazonas, e dá outras providências.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/43/decreto_legislativo_32_cidadao_irandubense_dr_gomes.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/43/decreto_legislativo_32_cidadao_irandubense_dr_gomes.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadão Irandubense ao Senhor Francisco do Nascimento Gomes, Deputado do Estado do Amazonas, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/48/lei_434_dia_memoria_vitimas_covid.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/48/lei_434_dia_memoria_vitimas_covid.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a Criação do Dia Municipal em Memória às Vítimas da Covid 19, no âmbito do município de Iranduba.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/47/lei_433_comenda_amigo_sus.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/47/lei_433_comenda_amigo_sus.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a Criação da Comenda de Honra ao Mérito Amigo do SUS - Sistema Único de Saúde, no município de Iranduba, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/42/lei_432_denomina_rua_giovane_xavier_de_souza.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/42/lei_432_denomina_rua_giovane_xavier_de_souza.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a Substituição do Nome da Rua Deputado Lupércio Ramos para Rua Giovane Xavier de Souza.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/41/lei_431_denomina_rua_joao_darci_de_souza.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/41/lei_431_denomina_rua_joao_darci_de_souza.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a Substituição do Nome da Rua José Maria Muniz para Rua João Darci de Souza.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/40/lei_430_denomina_rua_pedro_castanha.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/40/lei_430_denomina_rua_pedro_castanha.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a Substituição do Nome da Rua Deputado Silas Câmara para Rua Pedro Castanha.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/39/lei_429_denomina_polo_de_saude_km26.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/39/lei_429_denomina_polo_de_saude_km26.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a Denominação do Polo de Saúde da Comunidade do KM 26, do município de Iranduba.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/38/lei_428_denomina_rua_francisco_salgado.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/38/lei_428_denomina_rua_francisco_salgado.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a Substituição do Nome da Rua Belarmino Lins para Rua Francisco Salgado.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/37/lei_427_denomina_rua_eunice_de_jesus.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/37/lei_427_denomina_rua_eunice_de_jesus.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a Substituição do nome da Rua Amazonino Mendes para Rua Professora Eunice de Jesus.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/36/lei_426_denomina_rua_izete_fernandes.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/36/lei_426_denomina_rua_izete_fernandes.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a Substituição do Nome da Rua Deputado Francisco Souza para Rua Professora Izete Fernandes.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/35/lei_425_autoriza_abertura_credito_suplementar.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/35/lei_425_autoriza_abertura_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo do município de Iranduba/Am a abertura de crédito suplementar no orçamento de 2021 do município e dá outras providencias.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/34/lei_424_autoriza_abertura_credito_suplementar.pdf</t>
-[...5 lines deleted...]
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/32/lei_422_autoriza_abertura_de_credito_suplementar.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/34/lei_424_autoriza_abertura_credito_suplementar.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/33/lei_423_autoriza_abertura_credito_suplementar.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/32/lei_422_autoriza_abertura_de_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo do município de Iranduba/Am a abertura de crédito suplementar no orçamento de 2021 do município e dá outras providencias</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/31/lei_421_autoriza_a_abertura_de_credito_suplementar.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/31/lei_421_autoriza_a_abertura_de_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/30/lei_420_autoriza_abertura_de_credito_suplementar.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/30/lei_420_autoriza_abertura_de_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo do município de Iranduba/Am a abertura de crédito suplementar no orçamento de 2021 do município, e dá outras providencias</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/24/lei_419_21_abertura_de_credito_suplementar_no_orcamento_de_2021.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/24/lei_419_21_abertura_de_credito_suplementar_no_orcamento_de_2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do município de Iranduba/Am, a abertura de crédito Suplementar no Orçamento de 2021 do município, e dá outras providências.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/23/lei_418_21_abertura_de_credito_suplementar_no_orcamento_de_2021.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/23/lei_418_21_abertura_de_credito_suplementar_no_orcamento_de_2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do município de Iranduba/Am, a abertura de crédito suplementar no orçamento de 2021 do município, e dá outras providências.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/22/decreto_legislativo_031_21_susta_os_efeitos_entre_o_imtti_e_o_detram_bem_como_o_decreto_081_membros_da_jari.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/22/decreto_legislativo_031_21_susta_os_efeitos_entre_o_imtti_e_o_detram_bem_como_o_decreto_081_membros_da_jari.pdf</t>
   </si>
   <si>
     <t>Susta os efeitos do Convênio celebrado em 2021 entre a Prefeitura de Iranduba - Através do IMTTI com o Detran-Am, como também os efeitos do Decreto nº081/21/GP/PMI - nomeação dos membros da JARI</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/17/lei_412_dispoe_sobre_abertura_credito_suplementar.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/17/lei_412_dispoe_sobre_abertura_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do município de Iranduba, a abertura de dotação orçamentária e crédito especial do tipo original no orçamento de 2021 do município e dá outras providências.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/26/le_410_21_abertura_de_credito_suplementar_no_orcamento_de_2021.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/26/le_410_21_abertura_de_credito_suplementar_no_orcamento_de_2021.pdf</t>
   </si>
   <si>
     <t>Que Dispõe Sobre a abertura de Crédito Suplementar no Orçamento de 2021 do município, e dá outras providências.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/27/lei_413_21_abertura_de_dotacao_orcamentaria_e_credito_especial.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/27/lei_413_21_abertura_de_dotacao_orcamentaria_e_credito_especial.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do município de Iranduba/Am, a abertura de dotação orçamentária e crédito especial do tipo original no orçamento de 2021 do município, e dá outras providências.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/25/lei_411_21_abertura_de_credito_suplementar_no_orcamento_de_2021.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/25/lei_411_21_abertura_de_credito_suplementar_no_orcamento_de_2021.pdf</t>
   </si>
   <si>
     <t>Que Dispõe Sobre a abertura de crédito suplementar no orçamento de 2021 do município, e dá outras providências.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/28/lei_407_21_abertura_de_dotacao_orcamentaria_e_credito_especial.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/28/lei_407_21_abertura_de_dotacao_orcamentaria_e_credito_especial.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo no município de Iranduba/Am a abertura de dotação orçamentária e crédito especial do tipo original no orçamento de 2021 do município e dá outras providências.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/21/lei_417_abre_dotacao_orcamentaria.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/21/lei_417_abre_dotacao_orcamentaria.pdf</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/20/lei_416_abre_dotacao_orcamentaria.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/20/lei_416_abre_dotacao_orcamentaria.pdf</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/19/lei_415_abre_dotacao_orcamentaria.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/19/lei_415_abre_dotacao_orcamentaria.pdf</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/18/lei_414_abre_dotacao_orcamentaria.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/18/lei_414_abre_dotacao_orcamentaria.pdf</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/29/lei_409_abre_dotacao_orcamentaria.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/29/lei_409_abre_dotacao_orcamentaria.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do município de Iranduba/Am a abertura de dotação Orçamentária e Crédito Especial do Tipo Original no Orçamento de 2021 do município e dá outras providências.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/16/lei_408_abre_dotacao_orcamentaria.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/16/lei_408_abre_dotacao_orcamentaria.pdf</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/15/lei_406_abre_dotacao_orcamentaria.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/15/lei_406_abre_dotacao_orcamentaria.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do município de Iranduba/Am, a abertura de dotação orçamentária e crédito especial do tipo original no orçamento de 2021, do município e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/14/lei_405_abre_dotacao_orcamentaria.pdf</t>
-[...8 lines deleted...]
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/11/lei_402_diretrizes_orcamentarias_2022.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/14/lei_405_abre_dotacao_orcamentaria.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/13/lei_404_abre_dotacao_orcamentaria.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/12/lei_403_21_abre_dotacao_orcamentaria.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/11/lei_402_diretrizes_orcamentarias_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/8/lei_n_401_renomear_escola_comunidade_sao_sebastiao_para_escola_francisca_almeida_de_oliveira.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/8/lei_n_401_renomear_escola_comunidade_sao_sebastiao_para_escola_francisca_almeida_de_oliveira.pdf</t>
   </si>
   <si>
     <t>Renomear a Escola da Comunidade São Sebastião da Serra Baixa, para Escola Municipal Francisca Almeida de Oliveira.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/9/lei_400_institui_dia_do_musico.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/9/lei_400_institui_dia_do_musico.pdf</t>
   </si>
   <si>
     <t>Institui no calendário oficial de datas e eventos do município de Iranduba, o dia do músico, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/6/resolucao_no002_21_cria_a_escola_do_legislativo.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/6/resolucao_no002_21_cria_a_escola_do_legislativo.pdf</t>
   </si>
   <si>
     <t>Cria a Escola do Legislativo, no âmbito da Câmara Municipal de Iranduba e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/5/lei_399_altera_redacao_lei_178_2011.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/5/lei_399_altera_redacao_lei_178_2011.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei Municipal nº 178/2011, de 28 de Janeiro de 2011, Que Dispõe Sobre a Reestruturação do Plano de Carreira do Magistério Público Municipal, e dá outras Providências.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/7/lei_396_lei_da_oracao_e_do_perdao.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/7/lei_396_lei_da_oracao_e_do_perdao.pdf</t>
   </si>
   <si>
     <t>Institui o dia da oração e do perdão no âmbito do município, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/10/lei_395_altera_lei_210_criacao_cargos_comissionados.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/10/lei_395_altera_lei_210_criacao_cargos_comissionados.pdf</t>
   </si>
   <si>
     <t>"Altera a redação do Art. 4º da Lei Municipal nº 210, de 25 de Abril de 2012,Que Dispõe sobre a criação de cargos comissionados no âmbito da Secretaria Municipal de Educação de Iranduba, e dá outras providências”.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/4/resolucao001_sessoes_remotas.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/4/resolucao001_sessoes_remotas.pdf</t>
   </si>
   <si>
     <t>Institui ritos de procedimentos para a realização de Sessões Ordinárias e Extraordinárias, na modalidade remota, no Âmbito da Câmara Municipal de Iranduba - AM, como solução a ser utilizada durante a emergência de Saúde Pública relacionada à pandemia do COVID-19 e assemelhados.</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/58/lei_n_394_20_estima_receita_fixa_despesa_2021.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/58/lei_n_394_20_estima_receita_fixa_despesa_2021.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do município de Iranduba, para o Exercício de 2021.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/2/lei_393_institui_o_novembro_sahu_ape.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/2/lei_393_institui_o_novembro_sahu_ape.pdf</t>
   </si>
   <si>
     <t>Institui no calendário do Município de Iranduba o Novembro SAHU-APÉ.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/120/lei_392_20_denomina_creche_municipal_silvania_silva_silva.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/120/lei_392_20_denomina_creche_municipal_silvania_silva_silva.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do nome da creche municipal situada em Cacau Pirêra, e dá outra providências.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/121/lei_390_20_substitui_nome_rua_sabia_para_dyoneide_caetano..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/121/lei_390_20_substitui_nome_rua_sabia_para_dyoneide_caetano..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição do nome da Rua Sabiá, do Bairro Novo Amanhecer para Rua Dyoneide Caetano, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/61/lei_n_391_20_dispoe_parcelamento_debitos_municipio_iranduba_regime_previdencia.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/61/lei_n_391_20_dispoe_parcelamento_debitos_municipio_iranduba_regime_previdencia.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre o Parcelamento de Débito do município de Iranduba com seu Regime Próprio de Previdência Social - RPPS e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/1/lei_389_-_denomina_quadra_da_escola_cicero_monteiro.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/1/lei_389_-_denomina_quadra_da_escola_cicero_monteiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da quadra poliesportiva da Escola Municipal Professor Cícero Monteiro.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/60/lei_n_388_20_dispoe_sobre_a_aplicacao_do_art.9_da_emenda_constitucional_no103_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/60/lei_n_388_20_dispoe_sobre_a_aplicacao_do_art.9_da_emenda_constitucional_no103_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a aplicação do Art. 9º, §2°, §3° e §4º, da Emenda Constitucional nº103/2019, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/59/lei_n_387_20_suspende_contribuicoes_previdenciarias_patronais.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/59/lei_n_387_20_suspende_contribuicoes_previdenciarias_patronais.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a autorização do Poder Executivo para suspender os recolhimentos das contribuições previdenciárias patronais, referentes a todos os servidores, ao Instituto de Previdência de Iranduba - INPREV, nos termos da Lei Complementar Federal nº173 de 27 de maio de 2020, em decorrência do Coronavírus.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/3/lei_386_subsidio_2021-2014.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/3/lei_386_subsidio_2021-2014.pdf</t>
   </si>
   <si>
     <t>Estabelece os subsídios dos Vereadores para a 10ª Legislatura, período de 2021/2024 e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/57/lei_n_385_20_ldo_para_2021.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/57/lei_n_385_20_ldo_para_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre as Diretrizes para Elaboração da Lei Orçamentária para o exercício de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/119/lei_384_20_denomina_ubs_fluvial_sadi_souza_ramos.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/119/lei_384_20_denomina_ubs_fluvial_sadi_souza_ramos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Unidade Básica de Saúde Fluvial - ACS Sadi de Souza Ramos, e dá outras providências.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/85/lei_376_19_autoriza_unificacao_matriculas_dos_cargos_professores_municipais_da_educacao..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/85/lei_376_19_autoriza_unificacao_matriculas_dos_cargos_professores_municipais_da_educacao..pdf</t>
   </si>
   <si>
     <t>Autoriza a unificação de matrículas dos cargos de professores municipais da educação, e dá outras providências.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/86/lei_373_19_autoriza_transferencia_ao_estado_do_amazonas_da_estrada_carlos_braga..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/86/lei_373_19_autoriza_transferencia_ao_estado_do_amazonas_da_estrada_carlos_braga..pdf</t>
   </si>
   <si>
     <t>Autoriza a transferência, ao Estado do Amazonas, da estrada Carlos Braga, que liga a Rodovia Estadual AM-070 ao porto Hidroviário da Sede do município de Iranduba.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/99/lei_372_19_dispoe_sobre_oficializacao_do_hino_municipal_do_iranduba..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/99/lei_372_19_dispoe_sobre_oficializacao_do_hino_municipal_do_iranduba..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a oficialização do Hino municipal do município de Iranduba/Am, e dá outras providências.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/82/lei_n_371_19_institui_taxa_licenciamento_ambiental_semmads.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/82/lei_n_371_19_institui_taxa_licenciamento_ambiental_semmads.pdf</t>
   </si>
   <si>
     <t>Institui as taxas de licenciamento ambiental da Secretaria Municipal de Meio Ambiente, e Desenvolvimento Sustentável - SEMMADS, do município de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/84/lei_370_19_denomina_praca_do_lago_limao_para_praca_elis_regina_da_silva_alves..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/84/lei_370_19_denomina_praca_do_lago_limao_para_praca_elis_regina_da_silva_alves..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Praça do Lago do Limão para Praça Elis Regina da Silva Alves, localizada na Av. Curió com a Rua Sabiá, s/n - Iranduba/Am, e dá outras providências.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/80/lei_369_19_cria_fundo_municipal_educacao_fme..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/80/lei_369_19_cria_fundo_municipal_educacao_fme..pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a criação do Fundo Municipal de Educação - FME, no município de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/104/lei_368_19_dispoe_sobre_diretrizes_elaboracao_lei_orcamentaria_para_2020..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/104/lei_368_19_dispoe_sobre_diretrizes_elaboracao_lei_orcamentaria_para_2020..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a Elaboração da Lei Orçamentária para o exercício de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/108/lei_367_19_cria_conselho_municipal_turismo_comtur..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/108/lei_367_19_cria_conselho_municipal_turismo_comtur..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho municipal de Turismo - COMTUR, e dá outras providências.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/83/lei_366_19_substitui_nome_travessa_tambaqui_para_travessa_dra_enilda_lins..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/83/lei_366_19_substitui_nome_travessa_tambaqui_para_travessa_dra_enilda_lins..pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a substituição do nome da Travessa Tambaqui, ao lado da feira municipal João Cândido de Medeiros, para denominar-se Travessa Dra. Enilda Lins, e dá outras providências.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/98/lei_365_19_substitui_nome_escola_municipal_dona_mieko_para_escola_municipal_manoel_gomes_macedo..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/98/lei_365_19_substitui_nome_escola_municipal_dona_mieko_para_escola_municipal_manoel_gomes_macedo..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição do nome da Escola Municipal Dona Mieko, para Escola Municipal Manoel Gomes de Macêdo, do município de Iranduba, e dá outra providências.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/100/lei_364_19_proibe_inauguracao_entrega_obras_publicas_nao_estejam_condicoes_atender_populacao..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/100/lei_364_19_proibe_inauguracao_entrega_obras_publicas_nao_estejam_condicoes_atender_populacao..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição de inauguração, e entrega de obras públicas incompletas, ou que ainda que concluídas não estejam em condições de atender a população, e dá outras providências.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/81/lei_362_19_declara_utilidade_publica_associacao_amazonense_gestao_ambiental_da_amazonia_aamagea_am..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/81/lei_362_19_declara_utilidade_publica_associacao_amazonense_gestao_ambiental_da_amazonia_aamagea_am..pdf</t>
   </si>
   <si>
     <t>Declara utilidade pública a Associação Amazonense de Gestão Ambiental da Amazônia - AAMAGEA/AM, localizada na rua Celetra, s/n - Cep: 69.415-000 - Iranduba/Am, e dá outras providências.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/89/lei_361_19_substitui_nome_escola_municipal_castelo_branco_para_escola_municipal_dona_alvanir_alves_de_oliveira_santos..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/89/lei_361_19_substitui_nome_escola_municipal_castelo_branco_para_escola_municipal_dona_alvanir_alves_de_oliveira_santos..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição do nome da Escola Municipal Castelo Branco, localizado na Ilha da Paciência para Escola Municipal Dona Alvanir Alves de Oliveira Santos, do município de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/87/lei_360_18_estima_receita_fixa_despesa_loa_2019.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/87/lei_360_18_estima_receita_fixa_despesa_loa_2019.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do município de Iranduba para o exercício de 2019.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/97/lei_358_18_estabelece_normas_para_exploaracao_servicos_transporte_individual_passageiros_taxis..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/97/lei_358_18_estabelece_normas_para_exploaracao_servicos_transporte_individual_passageiros_taxis..pdf</t>
   </si>
   <si>
     <t>Estabelece normas para a exploração de serviços de transporte individual de passageiros em táxis, no município de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/95/lei_357_18_obrigatoriedade_empresas_de_transporte_fornecer_bilhete_unico_criar_postos_de_venda_estudantis..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/95/lei_357_18_obrigatoriedade_empresas_de_transporte_fornecer_bilhete_unico_criar_postos_de_venda_estudantis..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade para que as empresas de transportes coletivos do município de Iranduba, fiquem obrigadas a fornecer bilhete único aos usuários do transporte coletivo e a criar postos de venda estudantis, aos universitários no município de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/88/lei_355_18_substitui_escola_municipal_sueli_dias_da_silva_para_escola_municipal_bela_vista..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/88/lei_355_18_substitui_escola_municipal_sueli_dias_da_silva_para_escola_municipal_bela_vista..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição do nome da Escola Municipal Sueli Dias da Silva para Escola Municipal Bela Vista, do município de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/93/lei_356_18_substitui_nome_da_escola_cavalcante_para_maria_elitia_cavalcante..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/93/lei_356_18_substitui_nome_da_escola_cavalcante_para_maria_elitia_cavalcante..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição do nome da Escola Municipal Cavalcante para Escola Municipal Professora Marai Elitia Cavalcante, do município de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/246/resolucao_001_18_proibe_reconducao_mesa..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/246/resolucao_001_18_proibe_reconducao_mesa..pdf</t>
   </si>
   <si>
     <t>Que Dispõe sobre a alteração do Regimento Interno da Câmara Municipal de Iranduba.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/96/lei_353_18_lei_diretrizes_orcamentarias_para_2019..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/96/lei_353_18_lei_diretrizes_orcamentarias_para_2019..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária para o exercício de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/94/lei_352_18_denomina_ubs_da_cidade_nova_vereador_joao_lima_da_silva..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/94/lei_352_18_denomina_ubs_da_cidade_nova_vereador_joao_lima_da_silva..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da unidade básica de saúde do Bairro Cidade Nova, Vereador João Lima da Silva, e dá outras providências.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/92/lei_351_18_denomina_escola_municipal_dona_lima_gomes_da_silva..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/92/lei_351_18_denomina_escola_municipal_dona_lima_gomes_da_silva..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Escola Municipal Dona Lina Gomes da Silva.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/78/lei_n_350_18_substitui_maria_iolnada_para_maria_silva_da_costa.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/78/lei_n_350_18_substitui_maria_iolnada_para_maria_silva_da_costa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição do nome da Escola Municipal Maria Iolanda Mauricio Viana para Escola Municipal Dona Maria Silva da Costa, do município de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/77/lei_349_18_substitui_nome_ubs_delphina_aziz_para_matilde_nerys..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/77/lei_349_18_substitui_nome_ubs_delphina_aziz_para_matilde_nerys..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição do nome da unidade básica de saúde Delphina Abdel Aziz para Unidade Básica de Saúde Dona Matilde Nerys de Sousa, do município de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/91/lei_348_18_substitui_nome_creche_nejmi_aziz_para_ana_dos_santos_monteiro..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/91/lei_348_18_substitui_nome_creche_nejmi_aziz_para_ana_dos_santos_monteiro..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição do nome da Unidade de Educação Infantil Nejmi Aziz para Unidade de Educação Infantil Professora Ana dos Santos Monteiro, do município de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/76/lei_347_substitui_nome_creche_sandra_braga_para_socorro_macedo..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/76/lei_347_substitui_nome_creche_sandra_braga_para_socorro_macedo..pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a Substituição do nome da creche municipal Sandra Braga para Unidade de Educação Infantil Maria do Socorro da Silva Macêdo, do município de Iranduba, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/75/lei_346_18_isenta_doadores_medula_pagamento_taxas_concursos..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/75/lei_346_18_isenta_doadores_medula_pagamento_taxas_concursos..pdf</t>
   </si>
   <si>
     <t>Isenta os doadores de medula óssea do pagamento de taxas de inscrição em concursos públicos promovidos pelo município de Iranduba.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/109/lei_345_18_cassacao_alvara_postos_cpmbustiveis_adulterados..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/109/lei_345_18_cassacao_alvara_postos_cpmbustiveis_adulterados..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a cassação do alvará de funcionamento de empresas e postos estabelecidos no município que revenderem combustíveis adulterados, e dá outras providências.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/79/lei_344_18_torna_obrigatoria_instalacao_dispositivos_seguranca_agencias_bancarias..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/79/lei_344_18_torna_obrigatoria_instalacao_dispositivos_seguranca_agencias_bancarias..pdf</t>
   </si>
   <si>
     <t>Torna obrigatória a instalação de dispositivos de segurança nas agências e nos postos de serviços das instituições financeiras, localizadas no município de Iranduba/Am.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/128/lei_343_18_concede_reajuste_servidores_magisterio.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/128/lei_343_18_concede_reajuste_servidores_magisterio.pdf</t>
   </si>
   <si>
     <t>Concede reajuste de vencimentos aos servidores da Educação na monta de 6,81 para o fim específico de atender a legislação local, que serão comtemplados em lei específica.</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/66/lei_n_342_17_dispoe_servicos_qualquer_natureza_issqn.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/66/lei_n_342_17_dispoe_servicos_qualquer_natureza_issqn.pdf</t>
   </si>
   <si>
     <t>Dispõe Acerca do Imposto Sobre Serviço de Qualquer Natureza - ISSQN, e dá outras providências.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/73/lei_341_17_estima_receita_fixa_despesa_loa_2018.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/73/lei_341_17_estima_receita_fixa_despesa_loa_2018.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do município de Iranduba/Am, para o exercício de 2018.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/111/lei_340_17_plano_plurianual_2018_2021..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/111/lei_340_17_plano_plurianual_2018_2021..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do município de Iranduba, Estado do Amazonas, para o quadriênio de 2018 a 2021, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/71/lei_n_337_17_criacao_junta_medica_iranduba..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/71/lei_n_337_17_criacao_junta_medica_iranduba..pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a Criação da Junta Médica Oficial do município de Iranduba, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/70/lei_n_336_17_programa_recuperacao_fiscal_refis..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/70/lei_n_336_17_programa_recuperacao_fiscal_refis..pdf</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/101/lei_335_17_reparcelamento_parcelamento_debito_inprev..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/101/lei_335_17_reparcelamento_parcelamento_debito_inprev..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reparcelamento e parcelamento de débito do município de Iranduba - com seu Instituto de Previdência - INPREV, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/453/lei_no_338_de_05_de_dezembro_de_2017.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/453/lei_no_338_de_05_de_dezembro_de_2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ADEQUAÇÃO, REGULAMENTAÇÃOE CRIAÇÃO DO SISTEMA DE CONTROLE INTERNO DA CÂMARA MUNICIPAL DE IRANDUBA, NOS TERMOS DO ART.31DA CONSTITUIÇÃO FEDERAL E ARTIGO 59 DA LEI COMPLEMENTAR Nº 101/2000, BEM COMO AS ORIENTAÇÕES CONSTANTES DA RESOLUÇÃO N° 09/2016 DO TCE/AM,E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/107/lei_334_17_regulariza_servicos_optometricos.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/107/lei_334_17_regulariza_servicos_optometricos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regularização dos serviços optométricos com atendimento em atenção à saúde visual primária no município de Iranduba.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/74/lei_330_17_diretrizes_elaboracao_lei_orcamentaria_para_2018..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/74/lei_330_17_diretrizes_elaboracao_lei_orcamentaria_para_2018..pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre as Diretrizes para a Elaboração da Lei Orçamentária Anual para o exercício financeiro de 2018, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/65/lei_n_329_17_cria_guarda_civil_metropolitana_iranduba.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/65/lei_n_329_17_cria_guarda_civil_metropolitana_iranduba.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a Criação da Guarda Civil Metropolitana de Iranduba, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/72/lei_328_17_declara_utilidade_publica_associacao_missionaria_missao_vida..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/72/lei_328_17_declara_utilidade_publica_associacao_missionaria_missao_vida..pdf</t>
   </si>
   <si>
     <t>Declara Entidade de Utilidade Pública Municipal, a Associação Missionária Evangélica Vida - Missão Vida, e dá outras providências.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/68/lei_n_327_17_concede_reajuste_exceto_educacao.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/68/lei_n_327_17_concede_reajuste_exceto_educacao.pdf</t>
   </si>
   <si>
     <t>Concede Reajuste de vencimentos aos servidores efetivos da Prefeitura municipal de Iranduba, exceto servidores efetivos da Educação, na monta de 7%, para o fim específico de atender a legislação local, referente a data base da categoria, nos termos em que preceitua a Lei municipal nº182/2011.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/67/lei_n_326_concede_reajuste_servidores_educacao.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/67/lei_n_326_concede_reajuste_servidores_educacao.pdf</t>
   </si>
   <si>
     <t>Concede Reajuste de vencimentos aos servidores efetivos da Educação, na monta de 7% para fim específico de atender a legislação local, referente a data base da categoria, nos termos em que preceitua a Lei municipal 178/2011.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/69/lei_n_325_17_utilidade_publica_instituto_iran_tribal.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/69/lei_n_325_17_utilidade_publica_instituto_iran_tribal.pdf</t>
   </si>
   <si>
     <t>Declara entidade de Utilidade Pública Municipal, o instituto cultural Iran Tribal do município de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/115/lei_323_16_obriga_instalacao_cameras_predios_publicos..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/115/lei_323_16_obriga_instalacao_cameras_predios_publicos..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de instalação de Câmera de segurança, com circuito interno de televisão, em prédios públicos.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/110/lei_315_16_institui_dia_municipal_do_pastor..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/110/lei_315_16_institui_dia_municipal_do_pastor..pdf</t>
   </si>
   <si>
     <t>Institui o Dia municipal do Pastor, no município de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/216/lei_324_16_altera_anexo_i_da_lei_196_2011..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/216/lei_324_16_altera_anexo_i_da_lei_196_2011..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do anexo I, da Lei nº196_2011, do município de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/127/lei_322_16_estima_receita_fixa_despesa_loa_2017..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/127/lei_322_16_estima_receita_fixa_despesa_loa_2017..pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do orçamento anual do município de Iranduba/Am, para o exercício financeiro de 2017.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/178/lei_321_16_cria_conselho_e_fundo_municipal_desenvolvimento_rural_sustentavel..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/178/lei_321_16_cria_conselho_e_fundo_municipal_desenvolvimento_rural_sustentavel..pdf</t>
   </si>
   <si>
     <t>Cria o Conselho e o Fundo Municipal de Desenvolvimento Rural Sustentável, e dá outras providências.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/112/lei_320_16_cota_atividade_parlamentar_ceap_.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/112/lei_320_16_cota_atividade_parlamentar_ceap_.pdf</t>
   </si>
   <si>
     <t>Institui a cota para o exercício da atividade parlamentar - CEAP, e dá outras providências.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/168/lei_319_16_fixa_subsidios_prefeito_vice_prefeito_2017_2020..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/168/lei_319_16_fixa_subsidios_prefeito_vice_prefeito_2017_2020..pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios do prefeito e do vice-prefeito do município de Iranduba, bem como o dos secretários para o quadriênio 2017-2020, e dá outras providências.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/177/lei_318_16_estabelece_subsidio_vereadores_2017_2020..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/177/lei_318_16_estabelece_subsidio_vereadores_2017_2020..pdf</t>
   </si>
   <si>
     <t>Estabelece os subsídios dos vereadores para a 9ª legislatura, período de 2017 a 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/114/lei_317_16_estrutura_administrativa_camara_iranduba.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/114/lei_317_16_estrutura_administrativa_camara_iranduba.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestrutura Administrativa da Câmara municipal de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/113/lei_316_16_plano_cargos_poder_legislativo.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/113/lei_316_16_plano_cargos_poder_legislativo.pdf</t>
   </si>
   <si>
     <t>Institui o novo Plano de Cargos, Carreiras e Salários - PCCS dos servidores públicos da Câmara Municipal de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/182/lei_312_16_transporte_universitario_iranduba..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/182/lei_312_16_transporte_universitario_iranduba..pdf</t>
   </si>
   <si>
     <t>Concede transporte coletivo para os alunos universitários de Iranduba às instituições de ensino da capital do Amazonas, e dá outra providências.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/183/lei_311_16_regularizacao_fundiaria_iranduba..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/183/lei_311_16_regularizacao_fundiaria_iranduba..pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Regularização Fundiária de terras urbanas de interesse social no município de Iranduba/Am, e dá outras providências.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/187/lei_313_16_codigo_sanitario_iranduba..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/187/lei_313_16_codigo_sanitario_iranduba..pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do município de Iranduba, o código sanitário, e dá outras providências.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/131/lei_309_16_altera_artigos_12_a_16_da_lei_088_03_inclui_artigos_27_a_64..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/131/lei_309_16_altera_artigos_12_a_16_da_lei_088_03_inclui_artigos_27_a_64..pdf</t>
   </si>
   <si>
     <t>Altera os artigos 12 a 26 da Lei municipal nº088/03, bem com inclui na referida lei os artigos 27 a 64 para dispor sobre o Conselho Tutelar de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/172/lei_308_16_parcelamento_debitos_municipio_iranduba_com_instituto_previdencia_inprev..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/172/lei_308_16_parcelamento_debitos_municipio_iranduba_com_instituto_previdencia_inprev..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento de débitos do município de Iranduba com o Instituto de Previdência de Iranduba - INPREV, seu regime próprio de previdência social - RPPS, e dá outras providências.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/117/lei_306_16_utilidade_publica_associacao_agricultories_aascam..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/117/lei_306_16_utilidade_publica_associacao_agricultories_aascam..pdf</t>
   </si>
   <si>
     <t>Declara Utilidade Pública a Associação de Agricultores e Coletores Extrativista do Estado do Amazonas - AASCAM, localizada no ramal Maria do Socorro, s/n - Residencial Monte Castelo - Comunidade do Caldeirão - CEP: 69.415-000, Iranduba/Am, e dá outras providências.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/116/lei_305_16_reajuste_servidores_prefeitura_iranduba_exceto_servidores_educacao_monta_10..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/116/lei_305_16_reajuste_servidores_prefeitura_iranduba_exceto_servidores_educacao_monta_10..pdf</t>
   </si>
   <si>
     <t>Concede reajuste de vencimentos aos servidores efetivos da prefeitura municipal de Iranduba, exceto os servidores efetivos da Educação, na monta de 10%, para o fim específico de atender a legislação local, referente a data base da categoria, nos termos que preceitua a Lei municipal nº182/2011.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/118/lei_304_16_ldo_para_2017..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/118/lei_304_16_ldo_para_2017..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a Elaboração da Lei Orçamentária para o exercício de 2017, e dá outras providências.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/184/lei_303_16_institui_dia_mestico..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/184/lei_303_16_institui_dia_mestico..pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do município, o dia do mestiço, reconhecendo como grupo étnico-racial-cultural, na forma que específica, e dá outras providências.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/185/lei_301_16_concede_reajuste_servidores_educacao_1128..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/185/lei_301_16_concede_reajuste_servidores_educacao_1128..pdf</t>
   </si>
   <si>
     <t>Concede reajuste de vencimentos aos servidores da educação na monta de 11,28%, para fim específico de atender a legislação local, referente a data base da categoria, nos termos do que preceitua a lei municipal 178/2011.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/132/lei_300_15_estima_receita_fixa_despesa_loa_2016..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/132/lei_300_15_estima_receita_fixa_despesa_loa_2016..pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do município de Iranduba para o exercício de 2016, e dá outras providências.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/186/lei_299_15_institui_plano_enfrentamento_violencia_sexual_2015_2019..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/186/lei_299_15_institui_plano_enfrentamento_violencia_sexual_2015_2019..pdf</t>
   </si>
   <si>
     <t>Institui o Plano Municipal de Enfretamento à violência sexual contra criança e adolescente 2015 a 2019 do município de Iranduba/Am, e dá outras providências.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/129/lei_298_15_dispoe_diretrizes_elaboracao_orcamentaria_ldo_para_2016..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/129/lei_298_15_dispoe_diretrizes_elaboracao_orcamentaria_ldo_para_2016..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração de lei orçamentária para o exercício de 2016, e dá outras providências.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/125/lei_296_15_aprova_plano_municipal_educacao_pme_municipio_iranduba..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/125/lei_296_15_aprova_plano_municipal_educacao_pme_municipio_iranduba..pdf</t>
   </si>
   <si>
     <t>Aprova o Plano Municipal de Educação - PME do município de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/123/lei_295_15_utilidade_publica_instituto_resgatando_valores_irvea..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/123/lei_295_15_utilidade_publica_instituto_resgatando_valores_irvea..pdf</t>
   </si>
   <si>
     <t>Considera Utilidade Pública, o Instituto Resgatando Valores - IRVEA do município de Iranduba, Estado do Amazonas, e dá outras providências.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/130/lei_293_15_concede_reajuste_professores_pedagogos_servidores_administrativos_educacao..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/130/lei_293_15_concede_reajuste_professores_pedagogos_servidores_administrativos_educacao..pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial aos professores, pedagogos e servidores administrativos da área da Educação do município de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/124/lei_292_15_autoriza_chefe_executivo_outorgar_30_concessoes_para_servico_taxi..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/124/lei_292_15_autoriza_chefe_executivo_outorgar_30_concessoes_para_servico_taxi..pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Executivo a outorgar 30 (trinta) concessões para o serviço de transporte de passageiros em veículos de aluguel táxi, e dá outras providências.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/122/lei_291_14_dispoe_sobre_sistema_unico_assistencia_social..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/122/lei_291_14_dispoe_sobre_sistema_unico_assistencia_social..pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre o Sistema Único de Assistência Social do município de Iranduba/Am, e dá outras providências.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/126/lei_290_14_estima_receita_fixa_despesa_loa_para_2015..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/126/lei_290_14_estima_receita_fixa_despesa_loa_para_2015..pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do orçamento anula do município de Iranduba, para o exercício financeiro de 2015.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/212/lei_complementar_289_14_altera_anexos_art.5o_lei_municipal_286_14..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/212/lei_complementar_289_14_altera_anexos_art.5o_lei_municipal_286_14..pdf</t>
   </si>
   <si>
     <t>Altera os anexos da Parte I e II do artigo 5º da Lei Municipal 286_2014 - que versa sobre a LDO e dá outras providências.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/102/lei_287_14_cria_conselho_municipal_de_transporte_escolar_cmte..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/102/lei_287_14_cria_conselho_municipal_de_transporte_escolar_cmte..pdf</t>
   </si>
   <si>
     <t>Cria o Conselho municipal de Transporte Escolar (CMTE), e dá outras providências.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/214/lei_288_14_altera_art.3o_lei_municipal_277_14..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/214/lei_288_14_altera_art.3o_lei_municipal_277_14..pdf</t>
   </si>
   <si>
     <t>Altera o Artigo 3º da Lei Municipal nº 277_2014 - Que dispõe sobre o Termo de confissão de débito previdênciário e acordo de parcelamento referente aos débitos da prefeitura municipal de Iranduba com o Instituto de Previdência de Iranduba - INPREV, e dá outras providências.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/181/lei_286_14_diretrizes_elaboracao_orcamentaria_exercicio_ldo_2015..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/181/lei_286_14_diretrizes_elaboracao_orcamentaria_exercicio_ldo_2015..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da lei orçamentária para o exercício de 2015, e dá outras providências.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/175/lei_285_14_concede_abono_salarial_servidores_administrativos_educacao_administracao..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/175/lei_285_14_concede_abono_salarial_servidores_administrativos_educacao_administracao..pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial de 4,68% aos professores de nível médio, superior e pedagogos municipais do quadro de pessoal efetivo desta prefeitura, e dá outras providências.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/160/lei_284_14_concede_abono_salarial_servidores_administrativos_educacao_administracao..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/160/lei_284_14_concede_abono_salarial_servidores_administrativos_educacao_administracao..pdf</t>
   </si>
   <si>
     <t>Concede abono salarial aos servidores do quadro efetivo administrativos da Educação e Administração.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/136/lei_282_14_institui_politica_meio_ambiente_iranduba..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/136/lei_282_14_institui_politica_meio_ambiente_iranduba..pdf</t>
   </si>
   <si>
     <t>Institui a Lei da Política municipal de meio ambiente do município de Iranduba, Estado do Amazonas, e dá outras providências.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/140/lei_281_14_utilidade_publica_fundacao_inclusao_formacao_social..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/140/lei_281_14_utilidade_publica_fundacao_inclusao_formacao_social..pdf</t>
   </si>
   <si>
     <t>Considera de utilidade pública a Fundação de Inclusão e Formação Social do município de Iranduba, Estado do Amazonas, e dá outras providências.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/103/lei_280_14_cria_secretaria_cultura.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/103/lei_280_14_cria_secretaria_cultura.pdf</t>
   </si>
   <si>
     <t>Cria na estrutura organizacional do município de Iranduba, a Secretaria municipal de Cultura; Altera dispositivos da Lei nº 260, e dá outras providências.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/135/lei_279_14_utilidade_publica_associacao_mulheres_jasmin_distrito_cacau_pirera..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/135/lei_279_14_utilidade_publica_associacao_mulheres_jasmin_distrito_cacau_pirera..pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação de Mulheres Jasmin do Distrito de Cacau Pirêra, e dá outras providências.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/174/lei_278_14_concede_reajuste_832_professores_nivel_medio_superior_pedagogos..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/174/lei_278_14_concede_reajuste_832_professores_nivel_medio_superior_pedagogos..pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial de 8,32 aos professores de nível médio, superior e pedagogos municipais do quadro de pessoal efetivo desta prefeitura, e dá outras providências.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/134/lei_275_14_reajsute_salarial_4_professores_pedagogos..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/134/lei_275_14_reajsute_salarial_4_professores_pedagogos..pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial de 4% aos professores de nível superior e pedagogos municipais do quadro de pessoal efetivo desta prefeitura, e dá outra providências.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/139/lei_complementar_272_13_concede_reajuste_salarial_servidores_quadro_saude..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/139/lei_complementar_272_13_concede_reajuste_salarial_servidores_quadro_saude..pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial aos servidores públicos do quadro efetivo da área de saúde desta prefeitura, e dá outras providências.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/142/lei_271_13_altera_lei_260_13_acerca_secretarias_municipais..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/142/lei_271_13_altera_lei_260_13_acerca_secretarias_municipais..pdf</t>
   </si>
   <si>
     <t>Cria na estrutura organizacional do município de Iranduba, a Secretaria Municipal de Indústria, Comércio, Turismo e Desenvolvimento Econômico, Altera dispositivos da Lei nº260, e dá outras providências.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/141/lei_270_13_cria_parque_industrial_pimi_estabelece_incentivos_a_instalacao_industrias..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/141/lei_270_13_cria_parque_industrial_pimi_estabelece_incentivos_a_instalacao_industrias..pdf</t>
   </si>
   <si>
     <t>Cria o Parque Industrial do município de Iranduba PIMI, estabelece incentivos à instalação de indústrias e dá outras providências.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/143/lei_265_13_dispoe_sobre_politica_municipal_saneamento_basico_residuos_solidos_cria_fundo_saneamento_basico_conselho_saneamento_basico..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/143/lei_265_13_dispoe_sobre_politica_municipal_saneamento_basico_residuos_solidos_cria_fundo_saneamento_basico_conselho_saneamento_basico..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política municipal de Saneamento Básico e Resíduos Sólidos do município de Iranduba/Am, cria o Fundo municipal de Saneamento Básico e o Conselho Municipal de Saneamento Básico, e dá outras providências.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/144/lei_269_13_dispoe_desoneracoes_tributarias_empreendimentos_habitacionais_interesse_social..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/144/lei_269_13_dispoe_desoneracoes_tributarias_empreendimentos_habitacionais_interesse_social..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre desonerações tributárias para os empreendimentos habitacionais de interesse social, e dá outras providências.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/150/lei_267_13_utilidade_publica_associacao_comunitaria_sao_joao..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/150/lei_267_13_utilidade_publica_associacao_comunitaria_sao_joao..pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação Comunitária São João, e dá outras providências.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/213/lei_complementar_266_13_altera_art._2_lei_135_incluindo_inciso_vii_e_viii..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/213/lei_complementar_266_13_altera_art._2_lei_135_incluindo_inciso_vii_e_viii..pdf</t>
   </si>
   <si>
     <t>Altera o Artigo 2º, do Capítulo II da Lei nº135, incluindo os incisos VII e VIII, e dá outras providências.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/245/lei_264_13_altera_classe_requisitos_junta_medica_inprev..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/245/lei_264_13_altera_classe_requisitos_junta_medica_inprev..pdf</t>
   </si>
   <si>
     <t>Altera a Classe e os requisitos para provimento do cargo de diretor de perícia técnica e junta médica do Instituto de Previdência de Iranduba - INPREVI, cria o cargo de presidente da Junta Médica, cargo de médico e autoriza a terceirização de serviços de perícia médica, aplicando-se as disposições da lei nº8666/1993.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/133/lei_276_13_institui_dia_profissional_moto_taxi..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/133/lei_276_13_institui_dia_profissional_moto_taxi..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do dia do profissional de Moto Táxi do município de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/165/lei_163_13_dispoe_diretrizes_elaboracao_lei_orcamentaria_para_2014...pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/165/lei_163_13_dispoe_diretrizes_elaboracao_lei_orcamentaria_para_2014...pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração de lei orçamentária para o exercício de 2014, e dá outras providências.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/217/lei_261_13_altera_anexos_vii_viii_lei_182_institui_novo_vencimento_cargos_comissao_funcao_gratificada..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/217/lei_261_13_altera_anexos_vii_viii_lei_182_institui_novo_vencimento_cargos_comissao_funcao_gratificada..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração dos anexos VII e VIII da Lei nº182 - Que trata da reestruturação do Plano de Cargos, Carreira e Vencimentos da Prefeitura de Iranduba, e Institui novo vencimento aos cargos em comissão e função gratificada, e dá outras providências.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/149/lei_260_13_dispoe_funcionamento_estrutura_administrativa_poder_executivo..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/149/lei_260_13_dispoe_funcionamento_estrutura_administrativa_poder_executivo..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o funcionamento e a estrutura administrativa do Poder Executivo do município de Iranduba, Estado do Amazonas, definindo os órgãos e entidades que o integram, fixando suas finalidades, objetivos e competências, e estabelecendo outras providências.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/161/lei_259_13_autoriza_poder_executivo_celebrar_termo_confissao_debito_previdenciario_acordo_parcelamento_inprev..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/161/lei_259_13_autoriza_poder_executivo_celebrar_termo_confissao_debito_previdenciario_acordo_parcelamento_inprev..pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar termo de confissão de débito previdenciário e acordo de parcelamento com o Instituto de Previdência do município de Iranduba.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/151/lei_258_13_autoriza_poder_executivo_celebrar_termo_confissao_debito_previdenciario_acordo_parcelamento_inprev..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/151/lei_258_13_autoriza_poder_executivo_celebrar_termo_confissao_debito_previdenciario_acordo_parcelamento_inprev..pdf</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/137/lei_262_13_concede_reajuste_professores_quadro_pessoal_efetivo..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/137/lei_262_13_concede_reajuste_professores_quadro_pessoal_efetivo..pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial de 13.891% aos professores de nível I e, 8% aos professores de nível II e nível único, do quadro de pessoal efetivo desta prefeitura municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/158/lei_235_12_estima_receita_fixa_despesa_loa_para_2013..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/158/lei_235_12_estima_receita_fixa_despesa_loa_para_2013..pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a despesa do município de Iranduba, para o exercício de 2013, e dá outras providências.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/154/lei_233_12_autoriza_poder_executivo_doar_area_igreja_adventista_setimo_dia_construcao_colegio_adventista..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/154/lei_233_12_autoriza_poder_executivo_doar_area_igreja_adventista_setimo_dia_construcao_colegio_adventista..pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar área à Igreja Adventista do Sétimo Dia, para construção de colégio adventista com capacidade para atender 400 (quatrocentos) alunos do 1º ao 9º ano.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/231/lei_232_12_altera_anexos_iib_iii_lei_182_11..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/231/lei_232_12_altera_anexos_iib_iii_lei_182_11..pdf</t>
   </si>
   <si>
     <t>Altera os anexos IIB e III da Lei nº182_2011.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/63/lei_n_231_12_regulamenta_atividade_mototaxistas.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/63/lei_n_231_12_regulamenta_atividade_mototaxistas.pdf</t>
   </si>
   <si>
     <t>Regulamenta o exercício das atividades dos profissionais em transporte de passageiros, "MOTATAXISTA", no município de Iranduba/Am, e dá outras providências.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/138/lei_230_12_cria_cargos_agente_saude_e_agente_de_endemias..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/138/lei_230_12_cria_cargos_agente_saude_e_agente_de_endemias..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação dos cargos públicos de Agente Comunitário de Saúde e de Agente de Combate às Endemias, e dá outras providências.</t>
   </si>
   <si>
     <t>LOM</t>
   </si>
   <si>
     <t>Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/418/lei_organica_de_iranduba.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/418/lei_organica_de_iranduba.pdf</t>
   </si>
   <si>
     <t>Lei Orgânica do Município de Iranduba</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/153/lei_229_12_autoriza_poder_executivo_permutar_imovel_administracao_publica_minsiterio_publico..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/153/lei_229_12_autoriza_poder_executivo_permutar_imovel_administracao_publica_minsiterio_publico..pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder a permuta de bem imóvel da Administração Pública municipal com bem imóvel particular, já doado ao Ministério Público do Estado do Amazonas, e dá outras providências.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/167/lei_256_12_autoriza_saae_conceder_desconto_debitos_agua_2007_a_2012..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/167/lei_256_12_autoriza_saae_conceder_desconto_debitos_agua_2007_a_2012..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização ao SAAE para conceder desconte no pagamento de débitos de fornecimento de água para os exercícios financeiros de 2007 a 2012 do município de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/157/lei_224_12_institui_dia_consciencia_crista_comemorado_31_outubro..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/157/lei_224_12_institui_dia_consciencia_crista_comemorado_31_outubro..pdf</t>
   </si>
   <si>
     <t>Institui no município "o dia da consciência cristã" a ser comemorado todo dia 31 de outubro.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/152/lei_223_12_institui_dia_vigilia_transformacao_comemorado_05_maio..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/152/lei_223_12_institui_dia_vigilia_transformacao_comemorado_05_maio..pdf</t>
   </si>
   <si>
     <t>Institui no município "O dia da vigília da transformação" entre os evangélicos a ser comemorado no dia 05 de Maio, e dá outras providências.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/155/lei_222_12_institui_festival_musica_gospel_music..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/155/lei_222_12_institui_festival_musica_gospel_music..pdf</t>
   </si>
   <si>
     <t>Institui no município de Iranduba, o festival de música "Gospel Music Iranduba".</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/159/lei_219_12_concessao_desconto_emissao_licenca_construcao_alvara_de_licenca_projeto..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/159/lei_219_12_concessao_desconto_emissao_licenca_construcao_alvara_de_licenca_projeto..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de desconto para emissão de licença de construção, viabilidade de projeto e alvará de licença de projeto.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/166/lei_218_12_concessao_desconto_iptu_para_2007_a_2012..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/166/lei_218_12_concessao_desconto_iptu_para_2007_a_2012..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de desconto no imposto predial e territorial urbano - IPTU para os exercícios financeiros de 2007 a 2012 do município de Iranduba e dá outra providências.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/145/lei_217_12_dispoe_sobre_construcao_exploracao_cemiterios_municipio_iranduba..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/145/lei_217_12_dispoe_sobre_construcao_exploracao_cemiterios_municipio_iranduba..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a construção e exploração de cemitérios, serviços funerários, cremação de cadáveres e incineração de restos mortais, no município de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/148/lei_216_12_dispoe_diretrizes_elaboracao_lei_orcamentaria_exercicio_2013..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/148/lei_216_12_dispoe_diretrizes_elaboracao_lei_orcamentaria_exercicio_2013..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da lei orçamentária para o exercício de 2013, e dá outras providências.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/147/lei_215_12_institui_nota_fiscal_eletronica_nfs_e..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/147/lei_215_12_institui_nota_fiscal_eletronica_nfs_e..pdf</t>
   </si>
   <si>
     <t>Institui a Nota Fiscal de Serviços Eletrônica - NFS-e, e dispõe sobre a geração e utilização de créditos fiscal para tomadores de serviços nos termos que especifica.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/146/lei_complementar_212_12_defina_expansao_urbana_criados_pela_lei_129_06.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/146/lei_complementar_212_12_defina_expansao_urbana_criados_pela_lei_129_06.pdf</t>
   </si>
   <si>
     <t>Define área de expansão urbana e rural dos Distrito do Ariaú, Lago do Limão e Paricatuba, criados através da Lei 129/06, que institui o Plano Diretor do município de Iranduba.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/64/lei_n_210_12_criacao_cargos_comissionados_semei.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/64/lei_n_210_12_criacao_cargos_comissionados_semei.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a Criação de Cargos Comissionados no âmbito da Secretaria Municipal de Educação de Iranduba - Am, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/215/lei_complementar_204_12_modifica_subordinacao_secretaria_executivo_esporte..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/215/lei_complementar_204_12_modifica_subordinacao_secretaria_executivo_esporte..pdf</t>
   </si>
   <si>
     <t>Modifica a subordinação da Secretária Executiva de Esporte e Lazer, da Lei nº182_2011, e altera os anexos da Lei Complementar nº182_2011 - Que dispõe sobre a reestruturação do Plano de Cargos, Carreira e Vencimentos da Prefeitura Municipal de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/156/lei_203_12_isencao_pagamento_taxa_concursos_publicos..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/156/lei_203_12_isencao_pagamento_taxa_concursos_publicos..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção de pagamento de taxa de inscrição em concursos públicos realizados no âmbito municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/53/lei_n_200_11_institui_unidade_fiscal_ufm.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/53/lei_n_200_11_institui_unidade_fiscal_ufm.pdf</t>
   </si>
   <si>
     <t>Institui a Nova Unidade Fiscal do município - UFM, e dá outras providências.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/55/lei_n_198_11_transmissao_inter_vivos_itbi.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/55/lei_n_198_11_transmissao_inter_vivos_itbi.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre o Imposto Sobre Transmissão Inter Vivos, a Qualquer Título, por ato oneroso, de Bens Imóveis.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/54/lei_n_196_11_novo_codigo_tributario.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/54/lei_n_196_11_novo_codigo_tributario.pdf</t>
   </si>
   <si>
     <t>Institui o Novo Código Tributário do município de Iranduba e promove outras providências.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/163/lei_199_11_estima_receita_fixa_despesa_loa_para__2012..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/163/lei_199_11_estima_receita_fixa_despesa_loa_para__2012..pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do município de Iranduba para o exercício de 2012, e dá outras providências.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/164/lei_195_11_plano_organizacao_inprev..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/164/lei_195_11_plano_organizacao_inprev..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o plano de organização do pessoal do Instituto de Previdência de Iranduba - INPREV, e dá outras providências.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/205/lei_194_11_conselho_municipal_idoso_iranduba..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/205/lei_194_11_conselho_municipal_idoso_iranduba..pdf</t>
   </si>
   <si>
     <t>Dispõe Sobrea a criação do Conselho e do Fundo municipal dos direitos do idoso de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/62/lei_193_11_dispoe_sobre_imposto_predial_iptu..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/62/lei_193_11_dispoe_sobre_imposto_predial_iptu..pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre o Imposto da Propriedade Predial e Territorial Urbana - IPTU, e dá outras providências.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/230/lei_190_a_11_altera_anexo_i_lei182_11_para_criar_tres_vagas_advogado..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/230/lei_190_a_11_altera_anexo_i_lei182_11_para_criar_tres_vagas_advogado..pdf</t>
   </si>
   <si>
     <t>Altera a redação do anexo I - C da Lei municipal nº182_2011 - para criar três vagas do cargo de advogado municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/232/lei_188_11_altera_plano_custeio_estabelecido_item_i_art_42_lei_123_06..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/232/lei_188_11_altera_plano_custeio_estabelecido_item_i_art_42_lei_123_06..pdf</t>
   </si>
   <si>
     <t>Altera o Plano de Custeio do Regime Próprio de Previdência Social do município de Iranduba, Am, estabelecendo no item I do Artigo 42 da Lei nº123_2006, e dá outras providências.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/179/lei_124_11_utilidade_publica_associacao_mulheres_ribeirinhas_casa_de_sara..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/179/lei_124_11_utilidade_publica_associacao_mulheres_ribeirinhas_casa_de_sara..pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do Executivo a reconhecer como entidade de Utilidade Pública a Associação de Mulheres Ribeirinhas - Casa de Sara, e dá outras providências.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/52/lei_n_180_11_cria_imtti_junta_administrativa_jari.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/52/lei_n_180_11_cria_imtti_junta_administrativa_jari.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a criação do INSTITUTO MUNICIPAL DE TRÂNSITO E TRANSPORTE DE IRANDUBA - IMTTI, e da JUNTA ADMINISTRATIVA DE RECURSOS DE INFRAÇÃO - JARI, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/437/lei_178_11_plano_cargos_carreiras_salarios_semei.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/437/lei_178_11_plano_cargos_carreiras_salarios_semei.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do magistério público municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2010/173/lei_168_10_cria_conselho_fundo_cultura..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2010/173/lei_168_10_cria_conselho_fundo_cultura..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Cultura - CMCI,  e do Fundo Municipal de Cultura - FMCI, e dá outras providências.</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2008/229/lei_141_08_altera_lei_053_98_reestrutura_conselho_municipal_saude_fundo_municipal_saude..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2008/229/lei_141_08_altera_lei_053_98_reestrutura_conselho_municipal_saude_fundo_municipal_saude..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alterção na Lei nº053_08 - Que reestrutura o Conselho Municipal de Saúde e sobre a instituição do Fundo Municipal de Saúde - FMS, e dá outras providências.</t>
   </si>
   <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>EMA</t>
+  </si>
+  <si>
+    <t>Emancipação do Iranduba</t>
+  </si>
+  <si>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2026/485/lei_complementar_no52_de_30_de_maio_de_2007.pdf</t>
+  </si>
+  <si>
+    <t>LEI COMPLEMENTAR Nº52 DE 30 DE MAIO DE 2007 - Institui a Região Metropolitana de Manaus e dá outras providências.</t>
+  </si>
+  <si>
     <t>169</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2006/169/lei_130_06_cria_coordenadoria_defesa_civl_comdec_municipio_de_iranduba..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2006/169/lei_130_06_cria_coordenadoria_defesa_civl_comdec_municipio_de_iranduba..pdf</t>
   </si>
   <si>
     <t>Cria a Coordenadoria Municipal de Defesa Civil (COMDEC) do município de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2006/374/lei_no123.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2006/374/lei_no123.pdf</t>
   </si>
   <si>
     <t>Reestrutura o RPPS do Município de Iranduba - Amazonas</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2005/171/lei_109_05_fixa_diarias_prefeito_vice_prefeito_servidores_municipais..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2005/171/lei_109_05_fixa_diarias_prefeito_vice_prefeito_servidores_municipais..pdf</t>
   </si>
   <si>
     <t>Estabelece critérios para a fixação de diárias do prefeito, vice-prefeito e servidores municipais, e dá outras providências.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2005/176/lei_107_05_dispoe_sobre_organizacao_pessoal_saae..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2005/176/lei_107_05_dispoe_sobre_organizacao_pessoal_saae..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o plano de organização do pessoal do Serviço Autônomo de Água e Esgoto do município de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2005/170/lei_106_05_cria_servico_autonomo_agua_esgoto_saae..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2005/170/lei_106_05_cria_servico_autonomo_agua_esgoto_saae..pdf</t>
   </si>
   <si>
     <t>Cria o Serviço Autônomo de Água e Esgoto de Iranduba (SAAE), e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2005/373/lei_no105.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2005/373/lei_no105.pdf</t>
   </si>
   <si>
     <t>Estatuto dos Servidores Públicos Municipais de Iranduba - Amazonas</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2004/194/decreto_legislativo_005_04_desaprova_prestacao_contas_jose_maria_muniz_exercicio_2000..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2004/194/decreto_legislativo_005_04_desaprova_prestacao_contas_jose_maria_muniz_exercicio_2000..pdf</t>
   </si>
   <si>
     <t>Que Desaprova a Prestação de Contas da Prefeitura Municipal de Iranduba, exercício financeiro de 2000, de responsabilidade do Senhor José Maria de Castro - ex-prefeito de Iranduba.</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2003/195/decreto_legislativo_003_03_utilidade_publica_arcosfram..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2003/195/decreto_legislativo_003_03_utilidade_publica_arcosfram..pdf</t>
   </si>
   <si>
     <t>Que torna Utilidade Pública a Associação Rural da Comunidade São Francisco do KM 06 -  ARCOSFRAN do município de Iranduba, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2003/198/lei_089_03_disciplina_funcionamento_bares_similares_iranduba..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2003/198/lei_089_03_disciplina_funcionamento_bares_similares_iranduba..pdf</t>
   </si>
   <si>
     <t>Que disciplina o funcionamento de bares, lanchonetes, casas de shows e similares no município de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2003/162/lei_088_03_cria_cmdca_fundo_cmdca_conselho_tutelar..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2003/162/lei_088_03_cria_cmdca_fundo_cmdca_conselho_tutelar..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Defesa dos Direitos da Criança e do Adolescente, do Fundo Municipal dos Direitos dos Direitos da Criança e do Adolescente e do Conselho Tutelar do município de Iranduba.</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2002/188/lei_087_02_institui_conselho_educacao_iranduba.pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2002/188/lei_087_02_institui_conselho_educacao_iranduba.pdf</t>
   </si>
   <si>
     <t>Institui o Conselho Municipal de Educação, e dá outra providências.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2002/206/lei_complementar_083_02_sistema_transporte_iranduba..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2002/206/lei_complementar_083_02_sistema_transporte_iranduba..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema de Transporte coletivo de passageiros do município de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2001/249/decreto_legislativo_001_01_utilidade_publica_associacao_estrela_da_manha..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2001/249/decreto_legislativo_001_01_utilidade_publica_associacao_estrela_da_manha..pdf</t>
   </si>
   <si>
     <t>Que torna Utiliada Pública a Associação artística e cultural "Estrela da Manhã".</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2001/192/lei_78_01_obriga_cobertura_plastica_transporte_iranduba..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2001/192/lei_78_01_obriga_cobertura_plastica_transporte_iranduba..pdf</t>
   </si>
   <si>
     <t>Que dispõe sobre a obrigatoriedade do uso de coberturas plásticas sobre as cargas de areia, seixo ou qualquer outro material similar, transportados por caçambas, caminhões ou carretas, nos limites do município de Iranduba.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2000/248/lei_070_00_cria_assentamento_fazenda_carlifornia..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2000/248/lei_070_00_cria_assentamento_fazenda_carlifornia..pdf</t>
   </si>
   <si>
     <t>Cria o assentamento Fazendo Califórnia.</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1999/190/lei_060_99_doacao_lote_colonia_pescadores..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1999/190/lei_060_99_doacao_lote_colonia_pescadores..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de um lote de terra do patrimônio público municipal para a colônia de pescadores.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1998/189/lei_057_98_cria_servico_urbano_moto_taxi..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1998/189/lei_057_98_cria_servico_urbano_moto_taxi..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do serviço de moto táxi, e dá outras providências.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1998/250/decreto_legislativo_002_98_utilidade_publica_colonia_pescadores_iranduba..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1998/250/decreto_legislativo_002_98_utilidade_publica_colonia_pescadores_iranduba..pdf</t>
   </si>
   <si>
     <t>Que torna Utilidade Pública, a Associação Colônia de Pescadores do município de Iranduba, e dá outras providências.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1998/247/lei_56_98_institui_dia_festa_pupunha..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1998/247/lei_56_98_institui_dia_festa_pupunha..pdf</t>
   </si>
   <si>
     <t>Institui a Festa da Pupunha, e dá outras providências.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1998/191/lei_050_98_isencao_cobranca_transportes_rodoviarios_hidroviarios..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1998/191/lei_050_98_isencao_cobranca_transportes_rodoviarios_hidroviarios..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção de cobrança nos transportes rodoviários e hidroviários, e dá outras providências.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1997/202/lei_040_97_cria_secretarias_transporte_financas_turismo_planejamento..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1997/202/lei_040_97_cria_secretarias_transporte_financas_turismo_planejamento..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de Secretaria Municipal de Transportes, Secretaria Municipal de Finanças, Secretaria Municipal de Turismo e Meio Ambiente, Secretaria Municipal de Planejamento e Assessor Técnico de Administração e dá outras providências.</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1996/196/decreto_legislativo_004_96_utilidade_publica_sao_francisco_muratu..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1996/196/decreto_legislativo_004_96_utilidade_publica_sao_francisco_muratu..pdf</t>
   </si>
   <si>
     <t>Que torna Utilidade Pública a Associação São Francisco do Muratu, e dá outras providências.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1996/201/decreto_legislativo_004_96_autoriza_poder_executivo_criar_conselho_assistencia_social..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1996/201/decreto_legislativo_004_96_autoriza_poder_executivo_criar_conselho_assistencia_social..pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a criar o Conselho Municipal de Assistência Social, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1996/199/decreto_legislativo_003_96_autoriza_poder_executivo_criar_fundo_assistencia_social..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1996/199/decreto_legislativo_003_96_autoriza_poder_executivo_criar_fundo_assistencia_social..pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a criar o Fundo Municipal de Assistência Social, e dá outras providências.</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1995/200/decreto_legislativo_018_95_utilidade_publica_associacao_comunitaria_bom_jesus..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1995/200/decreto_legislativo_018_95_utilidade_publica_associacao_comunitaria_bom_jesus..pdf</t>
   </si>
   <si>
     <t>Que torna Utilidade Pública a Associação Bom Jesus, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1995/193/decreto_legislativo_017_95_utilidade_publica_associacao_moradores_bairro_cidade_nova..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1995/193/decreto_legislativo_017_95_utilidade_publica_associacao_moradores_bairro_cidade_nova..pdf</t>
   </si>
   <si>
     <t>Que torna Utilidade Pública à associação de moradores do bairro Cidade Nova, e dá outra providências.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
-    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1993/197/decreto_legislativo_013_93_utilidade_publica_agremiacao_desportiva_flamengo_futebol..pdf</t>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1993/197/decreto_legislativo_013_93_utilidade_publica_agremiacao_desportiva_flamengo_futebol..pdf</t>
   </si>
   <si>
     <t>Que torna Utilidade Pública à Associação Desportiva Flamengo Futebol Clube.</t>
+  </si>
+  <si>
+    <t>1981</t>
+  </si>
+  <si>
+    <t>http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1981/484/emenda_constitucional_no12_de_10_de_dezembro_de_1981.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA CONSTITUCIONAL Nº12 DE 10 DE DEZEMBRO DE 1981 - Dá nova redação aos artigos 67, 74, 88 e 121 a 145, da Constituição e acrescenta um artigo, com três parágrafos, às disposições gerais e transitórias.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -5290,67 +5314,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/478/lei_no_663_de_17_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/477/lei_no_662_de_17_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/476/lei_no_661_de_17_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/481/lei_no_660_de_17_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/480/lei_no_659_de_16_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/479/lei_no_658_de_02_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/483/lei_complementar_no_657_de_02_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/473/lei_n_655_de_18_de_novembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/472/lei_n_654_de_18_de_novembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/471/decreto_legislativo_n_78_de_14_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/475/lei_n_652_de_09_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/474/lei_n_651_de_09_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/467/lei_no_650_de_09_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/470/lei_n_649_de_02_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/469/lei_n_648_de_02_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/468/lei_n_647_de_02_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/466/lei_complementar_no_646_de_02_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/465/lei_no_645_de_01_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/464/lei_no_644_de_01_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/463/lei_no_643_de_23_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/462/lei_no_642_de_23_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/458/lei_no_639_de_01_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/457/lei_no_638_de_01_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/456/lei_no_637_de_01_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/455/lei_no_636_de_25_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/454/lei_no_635_de_25_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/460/lei_n_633_de_17_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/459/lei_n_632_de_17_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/445/lei_complementar_no_631_de_13_de_maio_de_2025..pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/444/lei_complementar_no_630_de_13_de_maio_de_2025..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/452/lei_n_629_de_06_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/451/lei_n_628_de_06_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/482/decreto_legislativo_n_75_de_06_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/450/lei_n_627_de_22_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/449/lei_n_626_de_22_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/441/lei_n_625_de_01_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/440/lei_n_624_de_01_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/439/lei_n_623_de_25_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/438/lei_n_622_de_25_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/442/lei_n_621_de_25_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/443/decreto_legislativo_n_72_de_25_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/447/resolucao_legislativa_no_14_de_18_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/436/lei_n_619_de_11_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/434/lei_no_618_de_11_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/435/lei_n_617_de_25_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/417/lei_no_616_de_23_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/402/decreto_legislativo_no50.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/403/decreto_legislativo_no60.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/421/lei_no_615_de_09_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/420/lei_no_614_de_09_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/428/lei_no_613_de_09_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/433/resolucao_no13.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/430/lei_no_612_de_03_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/426/lei_no_611_de_26_de_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/425/lei_no_610_de_26_de_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/401/ato_normativo_no_003_-_2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/400/lei_complementar_no_609_de_19_de_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/424/lei_no_608_de_19_de_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/423/lei_no_607_de_19_de_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/422/lei_no_606_de_19_de_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/416/decreto_legislativo_n_69_de_19_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/415/decreto_legislativo_n_67_de_19_de_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/446/decreto_legislativo_n_66_de_19_de_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/395/decreto_legislativo_n_049__de_28_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/398/decreto_legislativo_n_065_de_2024_de_22_de_outubro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/397/decreto_legislativo_n_064_de_2024_de_22_de_outubro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/394/lei_no_605_de_08_de_outubro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/393/lei_no_604_de_10_de_setembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/427/lei_no_603_de_27_de_agosto_de_2024..pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/399/lei_no_602_de_27_de_agosto_de_2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/391/lei_n_601_de_26_de_agosto_de_2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/385/lei_complementar_no_600_de_09_de_julho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/384/lei_no_598_de_09_de_julho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/383/lei_no_597_de_09_de_julho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/382/lei_no_596_de_09_de_julho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/381/lei_no_595_de_09_de_julho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/392/lei_n_594_de_25_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/390/lei_n_593_de_18_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/389/lei_n_592_de_18_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/377/lei_no_591_de_18_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/378/decreto_legislativo_n_062__de_18_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/414/decreto_legislativo_n_61_de_18_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/388/lei_no_590_de_04_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/387/lei_no_589_de_4_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/386/lei_no_588_de_28_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/371/lei_no_587_de_21_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/370/lei_no_586_de_21_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/369/lei_no_585_de_21_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/375/lei_no_584_de_14_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/367/lei_n_583__de_14_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/366/lei_n_582__de_14_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/379/lei_no_581_de_7_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/396/decreto_legislativo_n_059__de_07_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/380/lei_no_581_de_7_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/372/lei_n_579_de_23_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/364/lei_n_578_de_09_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/413/decreto_legislativo_n_58_de_09_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/448/decreto_legislativo_n_57_de_09_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/429/decreto_legislativo_no_56_de_09_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/376/lei_no_577_de_26_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/412/decreto_legislativo_n_55_de_26_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/363/lei_n_576_de_12_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/411/decreto_legislativo_n_54_de_12_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/362/lei_n_574_de_27_de_fevereiro_de_2024..pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/358/lei_no_572_de_23_de_fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/357/lei_no_571_de_23_de_fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/359/lei_no_573_de_20_de_fevereiro_de_2024..pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/365/lei_no_570_de_20_de_fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/410/decreto_legislativo_n_53__de_20_de_fevereiro__de_2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/360/resolucao_no12.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/349/lei_complementar_no_569_2024_de_30_de_janeiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/352/resolucao_n_011.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/351/resolucao_n_010.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/350/resolucao_legislativa_n_009_de_26_de_janeiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/348/lei_no_567_de_12_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/347/lei_no_566_de_12_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/346/lei_no_565_de_12_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/345/lei_no_564_de_12_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/344/lei_no_563__de_12_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/353/lei_no_568_de_05_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/343/lei_complementar_no_560_de_28_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/342/lei_no_559__de_28_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/408/decreto_legislativo_n_51__de_28_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/407/decreto_legislativo_n_48__de_28_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/354/resolucao_legislativa_n__008_de_21_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/356/resolucao_legislativa_n_007_de_21_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/406/decreto_legislativo_n_46_de_14_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/341/lei_no_558_de_07_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/405/decreto_legislativo_n_45__de_07_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/339/lei_n__557_de_31_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/338/lei_n_556_de_31_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/337/lei_n__555_de_31_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/355/resolucao_legislativa_n_006_de_31_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/336/lei_n__554__de_10_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/335/lei_n_553__de_10_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/409/decreto_legislativo_n_52__de_10_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/404/decreto_legislativo_n_44__de_10_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/334/lei_n_552_de_03_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/331/lei_n__550__de_26_de_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/330/lei_complementar_n_549__de_26_de_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/329/lei_n_548__de_26_de_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/333/lei_543.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/332/lei_551.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/326/lei_n__545__de_22_de_agosto_de_2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/325/lei_n__544__de_22_de_agosto_de_2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/327/lei_n__547__de_12_de_agosto_de_2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/328/lei_n_542__de_08_de_agosto_de_2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/322/541.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/321/540.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/323/539.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/320/538.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/319/537.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/361/decreto_legislativo_no43.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/314/lei_n_536_de_27_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/308/lei_complementar_n_530_de_16_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/307/lei_complementar_n_529_de_16_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/313/lei_n_535_de_13_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/312/lei_n_534_de_13_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/311/lei_n_533_de_13_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/310/lei_n_532_de_13_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/309/lei_n_531_de_13_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/317/resolucao_n-005-2023-gabpres-cmi.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/305/lei_n_527_de_30_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/304/lei_n_526_de_30_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/303/lei_n_525_de_30_de_maio_de_2023__lei__josenilce_rodrigues_marinho.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/302/lei_n_524_de_30_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/301/lei_n_523_de_30_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/316/decreto_legislativo_n-_042__de_30_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/306/lei_n_528_de_23_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/300/lei_n_522_de_16_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/298/lei_n_521_de_02_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/297/lei_n__520_de_18_de_abril_de_2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/315/lei_n_519_2023_de_18_de_abril_de_2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/296/lei_n__518_de_18_de_abril_de_2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/295/lei_n__517__de_18_de_abril_de_2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/294/lei_n__515__de_28_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/293/lei_n_514__de_28_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/292/lei_n_516_-_2023_de_21de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/291/lei_n__513__de_21_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/289/lei_n__512_de_07_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/288/lei_n__511__de_07_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/286/lei_complementar_n_509__de_11_de_janeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/285/lei_n__508__de_11_de_janeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/284/lei_n__507_de_11_de_janeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/283/lei_n_506_de_11_de_janeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/274/lei_n__505__de_11_de_janeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/282/lei_n__504__de_28_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/275/lei_n__503__de_20_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/432/resolucao_no_04-2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/299/lei_n_502_-2022_de_16_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/431/resolucao_no_03-2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/273/lei_n__500__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/272/lei_n_499__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/271/lei_n_498_de_3_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/270/lei_n_497_de13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/269/lei_n_496__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/268/lei_n_495__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/267/lei_n_494_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/266/lei_n_493_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/265/lei_n_492_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/264/lei_n_491_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/263/lei_n_490__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/262/lei_n_489__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/261/lei_n_488_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/260/lei_n_487_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/259/lei_n_486_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/258/lei_n_485_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/257/lei_n_484_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/256/lei_n_483_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/255/lei_n_482__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/254/lei_n__481__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/253/lei__n__480__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/252/lei_n_479__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/251/lei_n_478__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/244/resolucao_003_22_acrescenta_paragrafo_unico_ao_art.37_lei_organica..pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/419/regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/287/lei_n_477__de_06_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/281/lei_n_476__de_06_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/279/lei_n_474__de_06_de_dezembrode_2022.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/278/lei_n_473__de_29_de_novembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/277/lei_n__472_de_29_de_novembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/276/lei_n_471_de_29_de_novembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/242/lei_complementar_470_22_anuencia_vereador_nomear_exonerar..pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/241/lei_469_22_altera_aliquota_inprev_11_para_14..pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/240/lei_466_22_reajuste_30_servidores_fundamental_inprevi..pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/239/lei_delegada_001_2022_reestrutura_administracao_iranduba..pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/280/lei_n_475_de_06_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/238/decreto_legislativo_41_22_susta_portaria_1306_22..pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/237/lei_complementar_462_22_regras_aposentadoria_pensao_servidores_publicos..pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/234/lei_464_22_reajuste_servidores_educacao_25_recomposicao_2018_2019_2020_2021..pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/233/lei_463_22_reajuste_professores_base_piso_nacional_educacao_basica..pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/236/lei_461_22_altera_lei_446..pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/235/lei_complementar_462_22_regras_aposentadoria_pensao_servidores_publicos..pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/227/lei_460_22_abertura_dotacao_orcamentaria_credito_especial..pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/228/lei_459_abertura_dotacao_orcamentaria_credito_suplementar..pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/243/lei_458_22_dispoe_diretrizes_orcamentarias_exercicio_2023..pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/226/lei_456_22_altera_lei_447_2022..pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/225/lei_455_22_abertura_dotacao_orcamentaria_iluminacao_publica..pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/290/lei_n_457_de_12_de_julho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/224/lei_453_22_abertura_dotacao_orcamentaria_escolas_ervila_noemi_delphina..pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/222/lei_451_22cria_fundo_protecao_defesa_civil_iranduba_fumpdec..pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/223/lei_448_22_altera_8_lei_123_06..pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/221/decreto_legislativo_039_aprova_contas_madalena_jesus_referente_2015..pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/220/decreto_legislativo_038_22_aprova_contas_xinaik_silva_medeiros_referente_2015..pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/219/lei_447_22_institui_regime_previdencia_complementar_iranduba..pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/208/lei_446_22_institui_recuperacao_fiscal_refis..pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/218/lei_445_22_altera_artigo_28_lei_309_2016..pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/211/decreto_legislativo_037_22_aprova_contas_prefeitura_iranduba_2013_responsabilidade_xinaik_medeiros..pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/318/ato_normativo_n_002_-2022_gp_cmi.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/210/decreto_legislativo_036_22_dispoe_concessao_diarias_poder_legislativo..pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/209/lei_complementar_444_22_altera_lei_320_16_cota_exercicio_atividade_parlamentar_ceap..pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/207/lei_443_22_reajuste_servidores_administracao_saude..pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/203/lei_438_22_proibe_troca_medidores_sem_comunicacao_previa..pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/204/lei_435_22_servicos_saude_iniciativa_privada..pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/50/lei_442_fundeb_2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/106/lei_441_21_estima_receita_fixa_despesa_loa_para_2022..pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/105/lei_440_21_planoplurianual_ppa_para_2022_2025..pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/49/lei_439_subistitui_rua_david_queiroz_para_rua_leonidas_alves_araujo.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/51/lei_437_21_altera_art.5o_lei_402_ldo_22..pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/56/lei_n_436_mudanca_avenida_jose_maria_muniz_para_afonso_bezerra_da_costa.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/46/decreto_legislativo_035_concede_titulo_cidadao_sinesio_campos.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/45/decreto_legislaivo_034_concede_titulo_cidadao_marly_nilo.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/44/decreto_legislativo_33_cidadao_irandubaense_wilson_lima.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/43/decreto_legislativo_32_cidadao_irandubense_dr_gomes.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/48/lei_434_dia_memoria_vitimas_covid.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/47/lei_433_comenda_amigo_sus.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/42/lei_432_denomina_rua_giovane_xavier_de_souza.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/41/lei_431_denomina_rua_joao_darci_de_souza.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/40/lei_430_denomina_rua_pedro_castanha.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/39/lei_429_denomina_polo_de_saude_km26.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/38/lei_428_denomina_rua_francisco_salgado.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/37/lei_427_denomina_rua_eunice_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/36/lei_426_denomina_rua_izete_fernandes.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/35/lei_425_autoriza_abertura_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/34/lei_424_autoriza_abertura_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/33/lei_423_autoriza_abertura_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/32/lei_422_autoriza_abertura_de_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/31/lei_421_autoriza_a_abertura_de_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/30/lei_420_autoriza_abertura_de_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/24/lei_419_21_abertura_de_credito_suplementar_no_orcamento_de_2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/23/lei_418_21_abertura_de_credito_suplementar_no_orcamento_de_2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/22/decreto_legislativo_031_21_susta_os_efeitos_entre_o_imtti_e_o_detram_bem_como_o_decreto_081_membros_da_jari.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/17/lei_412_dispoe_sobre_abertura_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/26/le_410_21_abertura_de_credito_suplementar_no_orcamento_de_2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/27/lei_413_21_abertura_de_dotacao_orcamentaria_e_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/25/lei_411_21_abertura_de_credito_suplementar_no_orcamento_de_2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/28/lei_407_21_abertura_de_dotacao_orcamentaria_e_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/21/lei_417_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/20/lei_416_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/19/lei_415_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/18/lei_414_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/29/lei_409_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/16/lei_408_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/15/lei_406_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/14/lei_405_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/13/lei_404_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/12/lei_403_21_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/11/lei_402_diretrizes_orcamentarias_2022.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/8/lei_n_401_renomear_escola_comunidade_sao_sebastiao_para_escola_francisca_almeida_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/9/lei_400_institui_dia_do_musico.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/6/resolucao_no002_21_cria_a_escola_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/5/lei_399_altera_redacao_lei_178_2011.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/7/lei_396_lei_da_oracao_e_do_perdao.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/10/lei_395_altera_lei_210_criacao_cargos_comissionados.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/4/resolucao001_sessoes_remotas.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/58/lei_n_394_20_estima_receita_fixa_despesa_2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/2/lei_393_institui_o_novembro_sahu_ape.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/120/lei_392_20_denomina_creche_municipal_silvania_silva_silva.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/121/lei_390_20_substitui_nome_rua_sabia_para_dyoneide_caetano..pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/61/lei_n_391_20_dispoe_parcelamento_debitos_municipio_iranduba_regime_previdencia.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/1/lei_389_-_denomina_quadra_da_escola_cicero_monteiro.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/60/lei_n_388_20_dispoe_sobre_a_aplicacao_do_art.9_da_emenda_constitucional_no103_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/59/lei_n_387_20_suspende_contribuicoes_previdenciarias_patronais.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/3/lei_386_subsidio_2021-2014.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/57/lei_n_385_20_ldo_para_2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/119/lei_384_20_denomina_ubs_fluvial_sadi_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/85/lei_376_19_autoriza_unificacao_matriculas_dos_cargos_professores_municipais_da_educacao..pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/86/lei_373_19_autoriza_transferencia_ao_estado_do_amazonas_da_estrada_carlos_braga..pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/99/lei_372_19_dispoe_sobre_oficializacao_do_hino_municipal_do_iranduba..pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/82/lei_n_371_19_institui_taxa_licenciamento_ambiental_semmads.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/84/lei_370_19_denomina_praca_do_lago_limao_para_praca_elis_regina_da_silva_alves..pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/80/lei_369_19_cria_fundo_municipal_educacao_fme..pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/104/lei_368_19_dispoe_sobre_diretrizes_elaboracao_lei_orcamentaria_para_2020..pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/108/lei_367_19_cria_conselho_municipal_turismo_comtur..pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/83/lei_366_19_substitui_nome_travessa_tambaqui_para_travessa_dra_enilda_lins..pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/98/lei_365_19_substitui_nome_escola_municipal_dona_mieko_para_escola_municipal_manoel_gomes_macedo..pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/100/lei_364_19_proibe_inauguracao_entrega_obras_publicas_nao_estejam_condicoes_atender_populacao..pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/81/lei_362_19_declara_utilidade_publica_associacao_amazonense_gestao_ambiental_da_amazonia_aamagea_am..pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/89/lei_361_19_substitui_nome_escola_municipal_castelo_branco_para_escola_municipal_dona_alvanir_alves_de_oliveira_santos..pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/87/lei_360_18_estima_receita_fixa_despesa_loa_2019.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/97/lei_358_18_estabelece_normas_para_exploaracao_servicos_transporte_individual_passageiros_taxis..pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/95/lei_357_18_obrigatoriedade_empresas_de_transporte_fornecer_bilhete_unico_criar_postos_de_venda_estudantis..pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/88/lei_355_18_substitui_escola_municipal_sueli_dias_da_silva_para_escola_municipal_bela_vista..pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/93/lei_356_18_substitui_nome_da_escola_cavalcante_para_maria_elitia_cavalcante..pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/246/resolucao_001_18_proibe_reconducao_mesa..pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/96/lei_353_18_lei_diretrizes_orcamentarias_para_2019..pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/94/lei_352_18_denomina_ubs_da_cidade_nova_vereador_joao_lima_da_silva..pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/92/lei_351_18_denomina_escola_municipal_dona_lima_gomes_da_silva..pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/78/lei_n_350_18_substitui_maria_iolnada_para_maria_silva_da_costa.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/77/lei_349_18_substitui_nome_ubs_delphina_aziz_para_matilde_nerys..pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/91/lei_348_18_substitui_nome_creche_nejmi_aziz_para_ana_dos_santos_monteiro..pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/76/lei_347_substitui_nome_creche_sandra_braga_para_socorro_macedo..pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/75/lei_346_18_isenta_doadores_medula_pagamento_taxas_concursos..pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/109/lei_345_18_cassacao_alvara_postos_cpmbustiveis_adulterados..pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/79/lei_344_18_torna_obrigatoria_instalacao_dispositivos_seguranca_agencias_bancarias..pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/128/lei_343_18_concede_reajuste_servidores_magisterio.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/66/lei_n_342_17_dispoe_servicos_qualquer_natureza_issqn.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/73/lei_341_17_estima_receita_fixa_despesa_loa_2018.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/111/lei_340_17_plano_plurianual_2018_2021..pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/71/lei_n_337_17_criacao_junta_medica_iranduba..pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/70/lei_n_336_17_programa_recuperacao_fiscal_refis..pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/101/lei_335_17_reparcelamento_parcelamento_debito_inprev..pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/453/lei_no_338_de_05_de_dezembro_de_2017.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/107/lei_334_17_regulariza_servicos_optometricos.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/74/lei_330_17_diretrizes_elaboracao_lei_orcamentaria_para_2018..pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/65/lei_n_329_17_cria_guarda_civil_metropolitana_iranduba.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/72/lei_328_17_declara_utilidade_publica_associacao_missionaria_missao_vida..pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/68/lei_n_327_17_concede_reajuste_exceto_educacao.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/67/lei_n_326_concede_reajuste_servidores_educacao.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/69/lei_n_325_17_utilidade_publica_instituto_iran_tribal.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/115/lei_323_16_obriga_instalacao_cameras_predios_publicos..pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/110/lei_315_16_institui_dia_municipal_do_pastor..pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/216/lei_324_16_altera_anexo_i_da_lei_196_2011..pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/127/lei_322_16_estima_receita_fixa_despesa_loa_2017..pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/178/lei_321_16_cria_conselho_e_fundo_municipal_desenvolvimento_rural_sustentavel..pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/112/lei_320_16_cota_atividade_parlamentar_ceap_.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/168/lei_319_16_fixa_subsidios_prefeito_vice_prefeito_2017_2020..pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/177/lei_318_16_estabelece_subsidio_vereadores_2017_2020..pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/114/lei_317_16_estrutura_administrativa_camara_iranduba.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/113/lei_316_16_plano_cargos_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/182/lei_312_16_transporte_universitario_iranduba..pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/183/lei_311_16_regularizacao_fundiaria_iranduba..pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/187/lei_313_16_codigo_sanitario_iranduba..pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/131/lei_309_16_altera_artigos_12_a_16_da_lei_088_03_inclui_artigos_27_a_64..pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/172/lei_308_16_parcelamento_debitos_municipio_iranduba_com_instituto_previdencia_inprev..pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/117/lei_306_16_utilidade_publica_associacao_agricultories_aascam..pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/116/lei_305_16_reajuste_servidores_prefeitura_iranduba_exceto_servidores_educacao_monta_10..pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/118/lei_304_16_ldo_para_2017..pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/184/lei_303_16_institui_dia_mestico..pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/185/lei_301_16_concede_reajuste_servidores_educacao_1128..pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/132/lei_300_15_estima_receita_fixa_despesa_loa_2016..pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/186/lei_299_15_institui_plano_enfrentamento_violencia_sexual_2015_2019..pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/129/lei_298_15_dispoe_diretrizes_elaboracao_orcamentaria_ldo_para_2016..pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/125/lei_296_15_aprova_plano_municipal_educacao_pme_municipio_iranduba..pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/123/lei_295_15_utilidade_publica_instituto_resgatando_valores_irvea..pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/130/lei_293_15_concede_reajuste_professores_pedagogos_servidores_administrativos_educacao..pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/124/lei_292_15_autoriza_chefe_executivo_outorgar_30_concessoes_para_servico_taxi..pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/122/lei_291_14_dispoe_sobre_sistema_unico_assistencia_social..pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/126/lei_290_14_estima_receita_fixa_despesa_loa_para_2015..pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/212/lei_complementar_289_14_altera_anexos_art.5o_lei_municipal_286_14..pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/102/lei_287_14_cria_conselho_municipal_de_transporte_escolar_cmte..pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/214/lei_288_14_altera_art.3o_lei_municipal_277_14..pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/181/lei_286_14_diretrizes_elaboracao_orcamentaria_exercicio_ldo_2015..pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/175/lei_285_14_concede_abono_salarial_servidores_administrativos_educacao_administracao..pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/160/lei_284_14_concede_abono_salarial_servidores_administrativos_educacao_administracao..pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/136/lei_282_14_institui_politica_meio_ambiente_iranduba..pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/140/lei_281_14_utilidade_publica_fundacao_inclusao_formacao_social..pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/103/lei_280_14_cria_secretaria_cultura.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/135/lei_279_14_utilidade_publica_associacao_mulheres_jasmin_distrito_cacau_pirera..pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/174/lei_278_14_concede_reajuste_832_professores_nivel_medio_superior_pedagogos..pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/134/lei_275_14_reajsute_salarial_4_professores_pedagogos..pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/139/lei_complementar_272_13_concede_reajuste_salarial_servidores_quadro_saude..pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/142/lei_271_13_altera_lei_260_13_acerca_secretarias_municipais..pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/141/lei_270_13_cria_parque_industrial_pimi_estabelece_incentivos_a_instalacao_industrias..pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/143/lei_265_13_dispoe_sobre_politica_municipal_saneamento_basico_residuos_solidos_cria_fundo_saneamento_basico_conselho_saneamento_basico..pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/144/lei_269_13_dispoe_desoneracoes_tributarias_empreendimentos_habitacionais_interesse_social..pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/150/lei_267_13_utilidade_publica_associacao_comunitaria_sao_joao..pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/213/lei_complementar_266_13_altera_art._2_lei_135_incluindo_inciso_vii_e_viii..pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/245/lei_264_13_altera_classe_requisitos_junta_medica_inprev..pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/133/lei_276_13_institui_dia_profissional_moto_taxi..pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/165/lei_163_13_dispoe_diretrizes_elaboracao_lei_orcamentaria_para_2014...pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/217/lei_261_13_altera_anexos_vii_viii_lei_182_institui_novo_vencimento_cargos_comissao_funcao_gratificada..pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/149/lei_260_13_dispoe_funcionamento_estrutura_administrativa_poder_executivo..pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/161/lei_259_13_autoriza_poder_executivo_celebrar_termo_confissao_debito_previdenciario_acordo_parcelamento_inprev..pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/151/lei_258_13_autoriza_poder_executivo_celebrar_termo_confissao_debito_previdenciario_acordo_parcelamento_inprev..pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/137/lei_262_13_concede_reajuste_professores_quadro_pessoal_efetivo..pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/158/lei_235_12_estima_receita_fixa_despesa_loa_para_2013..pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/154/lei_233_12_autoriza_poder_executivo_doar_area_igreja_adventista_setimo_dia_construcao_colegio_adventista..pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/231/lei_232_12_altera_anexos_iib_iii_lei_182_11..pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/63/lei_n_231_12_regulamenta_atividade_mototaxistas.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/138/lei_230_12_cria_cargos_agente_saude_e_agente_de_endemias..pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/418/lei_organica_de_iranduba.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/153/lei_229_12_autoriza_poder_executivo_permutar_imovel_administracao_publica_minsiterio_publico..pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/167/lei_256_12_autoriza_saae_conceder_desconto_debitos_agua_2007_a_2012..pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/157/lei_224_12_institui_dia_consciencia_crista_comemorado_31_outubro..pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/152/lei_223_12_institui_dia_vigilia_transformacao_comemorado_05_maio..pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/155/lei_222_12_institui_festival_musica_gospel_music..pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/159/lei_219_12_concessao_desconto_emissao_licenca_construcao_alvara_de_licenca_projeto..pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/166/lei_218_12_concessao_desconto_iptu_para_2007_a_2012..pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/145/lei_217_12_dispoe_sobre_construcao_exploracao_cemiterios_municipio_iranduba..pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/148/lei_216_12_dispoe_diretrizes_elaboracao_lei_orcamentaria_exercicio_2013..pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/147/lei_215_12_institui_nota_fiscal_eletronica_nfs_e..pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/146/lei_complementar_212_12_defina_expansao_urbana_criados_pela_lei_129_06.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/64/lei_n_210_12_criacao_cargos_comissionados_semei.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/215/lei_complementar_204_12_modifica_subordinacao_secretaria_executivo_esporte..pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/156/lei_203_12_isencao_pagamento_taxa_concursos_publicos..pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/53/lei_n_200_11_institui_unidade_fiscal_ufm.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/55/lei_n_198_11_transmissao_inter_vivos_itbi.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/54/lei_n_196_11_novo_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/163/lei_199_11_estima_receita_fixa_despesa_loa_para__2012..pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/164/lei_195_11_plano_organizacao_inprev..pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/205/lei_194_11_conselho_municipal_idoso_iranduba..pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/62/lei_193_11_dispoe_sobre_imposto_predial_iptu..pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/230/lei_190_a_11_altera_anexo_i_lei182_11_para_criar_tres_vagas_advogado..pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/232/lei_188_11_altera_plano_custeio_estabelecido_item_i_art_42_lei_123_06..pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/179/lei_124_11_utilidade_publica_associacao_mulheres_ribeirinhas_casa_de_sara..pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/52/lei_n_180_11_cria_imtti_junta_administrativa_jari.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/437/lei_178_11_plano_cargos_carreiras_salarios_semei.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2010/173/lei_168_10_cria_conselho_fundo_cultura..pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2008/229/lei_141_08_altera_lei_053_98_reestrutura_conselho_municipal_saude_fundo_municipal_saude..pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2006/169/lei_130_06_cria_coordenadoria_defesa_civl_comdec_municipio_de_iranduba..pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2006/374/lei_no123.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2005/171/lei_109_05_fixa_diarias_prefeito_vice_prefeito_servidores_municipais..pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2005/176/lei_107_05_dispoe_sobre_organizacao_pessoal_saae..pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2005/170/lei_106_05_cria_servico_autonomo_agua_esgoto_saae..pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2005/373/lei_no105.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2004/194/decreto_legislativo_005_04_desaprova_prestacao_contas_jose_maria_muniz_exercicio_2000..pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2003/195/decreto_legislativo_003_03_utilidade_publica_arcosfram..pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2003/198/lei_089_03_disciplina_funcionamento_bares_similares_iranduba..pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2003/162/lei_088_03_cria_cmdca_fundo_cmdca_conselho_tutelar..pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2002/188/lei_087_02_institui_conselho_educacao_iranduba.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2002/206/lei_complementar_083_02_sistema_transporte_iranduba..pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2001/249/decreto_legislativo_001_01_utilidade_publica_associacao_estrela_da_manha..pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2001/192/lei_78_01_obriga_cobertura_plastica_transporte_iranduba..pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2000/248/lei_070_00_cria_assentamento_fazenda_carlifornia..pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1999/190/lei_060_99_doacao_lote_colonia_pescadores..pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1998/189/lei_057_98_cria_servico_urbano_moto_taxi..pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1998/250/decreto_legislativo_002_98_utilidade_publica_colonia_pescadores_iranduba..pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1998/247/lei_56_98_institui_dia_festa_pupunha..pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1998/191/lei_050_98_isencao_cobranca_transportes_rodoviarios_hidroviarios..pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1997/202/lei_040_97_cria_secretarias_transporte_financas_turismo_planejamento..pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1996/196/decreto_legislativo_004_96_utilidade_publica_sao_francisco_muratu..pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1996/201/decreto_legislativo_004_96_autoriza_poder_executivo_criar_conselho_assistencia_social..pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1996/199/decreto_legislativo_003_96_autoriza_poder_executivo_criar_fundo_assistencia_social..pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1995/200/decreto_legislativo_018_95_utilidade_publica_associacao_comunitaria_bom_jesus..pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1995/193/decreto_legislativo_017_95_utilidade_publica_associacao_moradores_bairro_cidade_nova..pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1993/197/decreto_legislativo_013_93_utilidade_publica_agremiacao_desportiva_flamengo_futebol..pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/478/lei_no_663_de_17_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/477/lei_no_662_de_17_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/476/lei_no_661_de_17_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/481/lei_no_660_de_17_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/480/lei_no_659_de_16_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/479/lei_no_658_de_02_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/483/lei_complementar_no_657_de_02_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/473/lei_n_655_de_18_de_novembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/472/lei_n_654_de_18_de_novembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/471/decreto_legislativo_n_78_de_14_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/475/lei_n_652_de_09_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/474/lei_n_651_de_09_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/467/lei_no_650_de_09_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/470/lei_n_649_de_02_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/469/lei_n_648_de_02_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/468/lei_n_647_de_02_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/466/lei_complementar_no_646_de_02_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/465/lei_no_645_de_01_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/464/lei_no_644_de_01_de_outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/463/lei_no_643_de_23_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/462/lei_no_642_de_23_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/458/lei_no_639_de_01_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/457/lei_no_638_de_01_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/456/lei_no_637_de_01_de_julho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/455/lei_no_636_de_25_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/454/lei_no_635_de_25_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/460/lei_n_633_de_17_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/459/lei_n_632_de_17_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/445/lei_complementar_no_631_de_13_de_maio_de_2025..pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/444/lei_complementar_no_630_de_13_de_maio_de_2025..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/452/lei_n_629_de_06_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/451/lei_n_628_de_06_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/482/decreto_legislativo_n_75_de_06_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/450/lei_n_627_de_22_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/449/lei_n_626_de_22_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/441/lei_n_625_de_01_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/440/lei_n_624_de_01_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/439/lei_n_623_de_25_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/438/lei_n_622_de_25_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/442/lei_n_621_de_25_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/443/decreto_legislativo_n_72_de_25_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/447/resolucao_legislativa_no_14_de_18_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/436/lei_n_619_de_11_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/434/lei_no_618_de_11_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2025/435/lei_n_617_de_25_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/417/lei_no_616_de_23_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/402/decreto_legislativo_no50.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/403/decreto_legislativo_no60.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/421/lei_no_615_de_09_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/420/lei_no_614_de_09_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/428/lei_no_613_de_09_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/433/resolucao_no13.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/430/lei_no_612_de_03_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/426/lei_no_611_de_26_de_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/425/lei_no_610_de_26_de_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/401/ato_normativo_no_003_-_2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/400/lei_complementar_no_609_de_19_de_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/424/lei_no_608_de_19_de_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/423/lei_no_607_de_19_de_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/422/lei_no_606_de_19_de_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/416/decreto_legislativo_n_69_de_19_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/415/decreto_legislativo_n_67_de_19_de_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/446/decreto_legislativo_n_66_de_19_de_novembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/395/decreto_legislativo_n_049__de_28_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/398/decreto_legislativo_n_065_de_2024_de_22_de_outubro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/397/decreto_legislativo_n_064_de_2024_de_22_de_outubro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/394/lei_no_605_de_08_de_outubro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/393/lei_no_604_de_10_de_setembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/427/lei_no_603_de_27_de_agosto_de_2024..pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/399/lei_no_602_de_27_de_agosto_de_2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/391/lei_n_601_de_26_de_agosto_de_2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/385/lei_complementar_no_600_de_09_de_julho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/384/lei_no_598_de_09_de_julho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/383/lei_no_597_de_09_de_julho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/382/lei_no_596_de_09_de_julho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/381/lei_no_595_de_09_de_julho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/392/lei_n_594_de_25_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/390/lei_n_593_de_18_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/389/lei_n_592_de_18_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/377/lei_no_591_de_18_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/378/decreto_legislativo_n_062__de_18_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/414/decreto_legislativo_n_61_de_18_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/388/lei_no_590_de_04_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/387/lei_no_589_de_4_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/386/lei_no_588_de_28_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/371/lei_no_587_de_21_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/370/lei_no_586_de_21_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/369/lei_no_585_de_21_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/375/lei_no_584_de_14_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/367/lei_n_583__de_14_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/366/lei_n_582__de_14_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/379/lei_no_581_de_7_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/396/decreto_legislativo_n_059__de_07_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/380/lei_no_581_de_7_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/372/lei_n_579_de_23_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/364/lei_n_578_de_09_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/413/decreto_legislativo_n_58_de_09_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/448/decreto_legislativo_n_57_de_09_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/429/decreto_legislativo_no_56_de_09_de_abril_de_2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/376/lei_no_577_de_26_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/412/decreto_legislativo_n_55_de_26_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/363/lei_n_576_de_12_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/411/decreto_legislativo_n_54_de_12_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/362/lei_n_574_de_27_de_fevereiro_de_2024..pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/358/lei_no_572_de_23_de_fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/357/lei_no_571_de_23_de_fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/359/lei_no_573_de_20_de_fevereiro_de_2024..pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/365/lei_no_570_de_20_de_fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/410/decreto_legislativo_n_53__de_20_de_fevereiro__de_2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/360/resolucao_no12.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/349/lei_complementar_no_569_2024_de_30_de_janeiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/352/resolucao_n_011.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/351/resolucao_n_010.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/350/resolucao_legislativa_n_009_de_26_de_janeiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/348/lei_no_567_de_12_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/347/lei_no_566_de_12_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/346/lei_no_565_de_12_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/345/lei_no_564_de_12_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/344/lei_no_563__de_12_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/353/lei_no_568_de_05_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/343/lei_complementar_no_560_de_28_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/342/lei_no_559__de_28_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/408/decreto_legislativo_n_51__de_28_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/407/decreto_legislativo_n_48__de_28_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/354/resolucao_legislativa_n__008_de_21_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/356/resolucao_legislativa_n_007_de_21_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/406/decreto_legislativo_n_46_de_14_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/341/lei_no_558_de_07_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/405/decreto_legislativo_n_45__de_07_de_novembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/339/lei_n__557_de_31_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/338/lei_n_556_de_31_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/337/lei_n__555_de_31_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/355/resolucao_legislativa_n_006_de_31_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/336/lei_n__554__de_10_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/335/lei_n_553__de_10_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/409/decreto_legislativo_n_52__de_10_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/404/decreto_legislativo_n_44__de_10_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/334/lei_n_552_de_03_de_outubro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/331/lei_n__550__de_26_de_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/330/lei_complementar_n_549__de_26_de_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/329/lei_n_548__de_26_de_setembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/333/lei_543.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/332/lei_551.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/326/lei_n__545__de_22_de_agosto_de_2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/325/lei_n__544__de_22_de_agosto_de_2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/327/lei_n__547__de_12_de_agosto_de_2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/328/lei_n_542__de_08_de_agosto_de_2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/322/541.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/321/540.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/323/539.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/320/538.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/319/537.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/361/decreto_legislativo_no43.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/314/lei_n_536_de_27_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/308/lei_complementar_n_530_de_16_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/307/lei_complementar_n_529_de_16_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/313/lei_n_535_de_13_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/312/lei_n_534_de_13_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/311/lei_n_533_de_13_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/310/lei_n_532_de_13_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/309/lei_n_531_de_13_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/317/resolucao_n-005-2023-gabpres-cmi.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/305/lei_n_527_de_30_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/304/lei_n_526_de_30_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/303/lei_n_525_de_30_de_maio_de_2023__lei__josenilce_rodrigues_marinho.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/302/lei_n_524_de_30_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/301/lei_n_523_de_30_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/316/decreto_legislativo_n-_042__de_30_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/306/lei_n_528_de_23_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/300/lei_n_522_de_16_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/298/lei_n_521_de_02_de_maio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/297/lei_n__520_de_18_de_abril_de_2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/315/lei_n_519_2023_de_18_de_abril_de_2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/296/lei_n__518_de_18_de_abril_de_2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/295/lei_n__517__de_18_de_abril_de_2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/294/lei_n__515__de_28_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/293/lei_n_514__de_28_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/292/lei_n_516_-_2023_de_21de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/291/lei_n__513__de_21_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/289/lei_n__512_de_07_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/288/lei_n__511__de_07_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/286/lei_complementar_n_509__de_11_de_janeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/285/lei_n__508__de_11_de_janeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/284/lei_n__507_de_11_de_janeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/283/lei_n_506_de_11_de_janeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/274/lei_n__505__de_11_de_janeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/282/lei_n__504__de_28_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/275/lei_n__503__de_20_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/432/resolucao_no_04-2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/299/lei_n_502_-2022_de_16_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/431/resolucao_no_03-2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/273/lei_n__500__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/272/lei_n_499__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/271/lei_n_498_de_3_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/270/lei_n_497_de13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/269/lei_n_496__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/268/lei_n_495__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/267/lei_n_494_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/266/lei_n_493_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/265/lei_n_492_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/264/lei_n_491_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/263/lei_n_490__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/262/lei_n_489__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/261/lei_n_488_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/260/lei_n_487_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/259/lei_n_486_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/258/lei_n_485_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/257/lei_n_484_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/256/lei_n_483_de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/255/lei_n_482__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/254/lei_n__481__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/253/lei__n__480__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/252/lei_n_479__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/251/lei_n_478__de_13_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/244/resolucao_003_22_acrescenta_paragrafo_unico_ao_art.37_lei_organica..pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/419/regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/287/lei_n_477__de_06_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/281/lei_n_476__de_06_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/279/lei_n_474__de_06_de_dezembrode_2022.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/278/lei_n_473__de_29_de_novembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/277/lei_n__472_de_29_de_novembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/276/lei_n_471_de_29_de_novembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/242/lei_complementar_470_22_anuencia_vereador_nomear_exonerar..pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/241/lei_469_22_altera_aliquota_inprev_11_para_14..pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/240/lei_466_22_reajuste_30_servidores_fundamental_inprevi..pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/239/lei_delegada_001_2022_reestrutura_administracao_iranduba..pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/280/lei_n_475_de_06_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/238/decreto_legislativo_41_22_susta_portaria_1306_22..pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/237/lei_complementar_462_22_regras_aposentadoria_pensao_servidores_publicos..pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/234/lei_464_22_reajuste_servidores_educacao_25_recomposicao_2018_2019_2020_2021..pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/233/lei_463_22_reajuste_professores_base_piso_nacional_educacao_basica..pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/236/lei_461_22_altera_lei_446..pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/235/lei_complementar_462_22_regras_aposentadoria_pensao_servidores_publicos..pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/227/lei_460_22_abertura_dotacao_orcamentaria_credito_especial..pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/228/lei_459_abertura_dotacao_orcamentaria_credito_suplementar..pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/243/lei_458_22_dispoe_diretrizes_orcamentarias_exercicio_2023..pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/226/lei_456_22_altera_lei_447_2022..pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/225/lei_455_22_abertura_dotacao_orcamentaria_iluminacao_publica..pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2023/290/lei_n_457_de_12_de_julho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/224/lei_453_22_abertura_dotacao_orcamentaria_escolas_ervila_noemi_delphina..pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/222/lei_451_22cria_fundo_protecao_defesa_civil_iranduba_fumpdec..pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/223/lei_448_22_altera_8_lei_123_06..pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/221/decreto_legislativo_039_aprova_contas_madalena_jesus_referente_2015..pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/220/decreto_legislativo_038_22_aprova_contas_xinaik_silva_medeiros_referente_2015..pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/219/lei_447_22_institui_regime_previdencia_complementar_iranduba..pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/208/lei_446_22_institui_recuperacao_fiscal_refis..pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/218/lei_445_22_altera_artigo_28_lei_309_2016..pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/211/decreto_legislativo_037_22_aprova_contas_prefeitura_iranduba_2013_responsabilidade_xinaik_medeiros..pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/318/ato_normativo_n_002_-2022_gp_cmi.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/210/decreto_legislativo_036_22_dispoe_concessao_diarias_poder_legislativo..pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/209/lei_complementar_444_22_altera_lei_320_16_cota_exercicio_atividade_parlamentar_ceap..pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/207/lei_443_22_reajuste_servidores_administracao_saude..pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/203/lei_438_22_proibe_troca_medidores_sem_comunicacao_previa..pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2022/204/lei_435_22_servicos_saude_iniciativa_privada..pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/50/lei_442_fundeb_2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/106/lei_441_21_estima_receita_fixa_despesa_loa_para_2022..pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/105/lei_440_21_planoplurianual_ppa_para_2022_2025..pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/49/lei_439_subistitui_rua_david_queiroz_para_rua_leonidas_alves_araujo.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/51/lei_437_21_altera_art.5o_lei_402_ldo_22..pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/56/lei_n_436_mudanca_avenida_jose_maria_muniz_para_afonso_bezerra_da_costa.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/46/decreto_legislativo_035_concede_titulo_cidadao_sinesio_campos.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/45/decreto_legislaivo_034_concede_titulo_cidadao_marly_nilo.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/44/decreto_legislativo_33_cidadao_irandubaense_wilson_lima.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/43/decreto_legislativo_32_cidadao_irandubense_dr_gomes.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/48/lei_434_dia_memoria_vitimas_covid.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/47/lei_433_comenda_amigo_sus.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/42/lei_432_denomina_rua_giovane_xavier_de_souza.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/41/lei_431_denomina_rua_joao_darci_de_souza.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/40/lei_430_denomina_rua_pedro_castanha.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/39/lei_429_denomina_polo_de_saude_km26.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/38/lei_428_denomina_rua_francisco_salgado.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/37/lei_427_denomina_rua_eunice_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/36/lei_426_denomina_rua_izete_fernandes.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/35/lei_425_autoriza_abertura_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/34/lei_424_autoriza_abertura_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/33/lei_423_autoriza_abertura_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/32/lei_422_autoriza_abertura_de_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/31/lei_421_autoriza_a_abertura_de_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/30/lei_420_autoriza_abertura_de_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/24/lei_419_21_abertura_de_credito_suplementar_no_orcamento_de_2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/23/lei_418_21_abertura_de_credito_suplementar_no_orcamento_de_2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/22/decreto_legislativo_031_21_susta_os_efeitos_entre_o_imtti_e_o_detram_bem_como_o_decreto_081_membros_da_jari.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/17/lei_412_dispoe_sobre_abertura_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/26/le_410_21_abertura_de_credito_suplementar_no_orcamento_de_2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/27/lei_413_21_abertura_de_dotacao_orcamentaria_e_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/25/lei_411_21_abertura_de_credito_suplementar_no_orcamento_de_2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/28/lei_407_21_abertura_de_dotacao_orcamentaria_e_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/21/lei_417_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/20/lei_416_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/19/lei_415_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/18/lei_414_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/29/lei_409_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/16/lei_408_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/15/lei_406_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/14/lei_405_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/13/lei_404_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/12/lei_403_21_abre_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/11/lei_402_diretrizes_orcamentarias_2022.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/8/lei_n_401_renomear_escola_comunidade_sao_sebastiao_para_escola_francisca_almeida_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/9/lei_400_institui_dia_do_musico.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/6/resolucao_no002_21_cria_a_escola_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/5/lei_399_altera_redacao_lei_178_2011.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/7/lei_396_lei_da_oracao_e_do_perdao.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/10/lei_395_altera_lei_210_criacao_cargos_comissionados.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2021/4/resolucao001_sessoes_remotas.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/58/lei_n_394_20_estima_receita_fixa_despesa_2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/2/lei_393_institui_o_novembro_sahu_ape.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/120/lei_392_20_denomina_creche_municipal_silvania_silva_silva.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/121/lei_390_20_substitui_nome_rua_sabia_para_dyoneide_caetano..pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/61/lei_n_391_20_dispoe_parcelamento_debitos_municipio_iranduba_regime_previdencia.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/1/lei_389_-_denomina_quadra_da_escola_cicero_monteiro.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/60/lei_n_388_20_dispoe_sobre_a_aplicacao_do_art.9_da_emenda_constitucional_no103_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/59/lei_n_387_20_suspende_contribuicoes_previdenciarias_patronais.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/3/lei_386_subsidio_2021-2014.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/57/lei_n_385_20_ldo_para_2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2020/119/lei_384_20_denomina_ubs_fluvial_sadi_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/85/lei_376_19_autoriza_unificacao_matriculas_dos_cargos_professores_municipais_da_educacao..pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/86/lei_373_19_autoriza_transferencia_ao_estado_do_amazonas_da_estrada_carlos_braga..pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/99/lei_372_19_dispoe_sobre_oficializacao_do_hino_municipal_do_iranduba..pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/82/lei_n_371_19_institui_taxa_licenciamento_ambiental_semmads.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/84/lei_370_19_denomina_praca_do_lago_limao_para_praca_elis_regina_da_silva_alves..pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/80/lei_369_19_cria_fundo_municipal_educacao_fme..pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/104/lei_368_19_dispoe_sobre_diretrizes_elaboracao_lei_orcamentaria_para_2020..pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/108/lei_367_19_cria_conselho_municipal_turismo_comtur..pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/83/lei_366_19_substitui_nome_travessa_tambaqui_para_travessa_dra_enilda_lins..pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/98/lei_365_19_substitui_nome_escola_municipal_dona_mieko_para_escola_municipal_manoel_gomes_macedo..pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/100/lei_364_19_proibe_inauguracao_entrega_obras_publicas_nao_estejam_condicoes_atender_populacao..pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2019/81/lei_362_19_declara_utilidade_publica_associacao_amazonense_gestao_ambiental_da_amazonia_aamagea_am..pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/89/lei_361_19_substitui_nome_escola_municipal_castelo_branco_para_escola_municipal_dona_alvanir_alves_de_oliveira_santos..pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/87/lei_360_18_estima_receita_fixa_despesa_loa_2019.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/97/lei_358_18_estabelece_normas_para_exploaracao_servicos_transporte_individual_passageiros_taxis..pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/95/lei_357_18_obrigatoriedade_empresas_de_transporte_fornecer_bilhete_unico_criar_postos_de_venda_estudantis..pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/88/lei_355_18_substitui_escola_municipal_sueli_dias_da_silva_para_escola_municipal_bela_vista..pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/93/lei_356_18_substitui_nome_da_escola_cavalcante_para_maria_elitia_cavalcante..pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/246/resolucao_001_18_proibe_reconducao_mesa..pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/96/lei_353_18_lei_diretrizes_orcamentarias_para_2019..pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/94/lei_352_18_denomina_ubs_da_cidade_nova_vereador_joao_lima_da_silva..pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/92/lei_351_18_denomina_escola_municipal_dona_lima_gomes_da_silva..pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/78/lei_n_350_18_substitui_maria_iolnada_para_maria_silva_da_costa.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/77/lei_349_18_substitui_nome_ubs_delphina_aziz_para_matilde_nerys..pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/91/lei_348_18_substitui_nome_creche_nejmi_aziz_para_ana_dos_santos_monteiro..pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/76/lei_347_substitui_nome_creche_sandra_braga_para_socorro_macedo..pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/75/lei_346_18_isenta_doadores_medula_pagamento_taxas_concursos..pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/109/lei_345_18_cassacao_alvara_postos_cpmbustiveis_adulterados..pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/79/lei_344_18_torna_obrigatoria_instalacao_dispositivos_seguranca_agencias_bancarias..pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2018/128/lei_343_18_concede_reajuste_servidores_magisterio.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/66/lei_n_342_17_dispoe_servicos_qualquer_natureza_issqn.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/73/lei_341_17_estima_receita_fixa_despesa_loa_2018.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/111/lei_340_17_plano_plurianual_2018_2021..pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/71/lei_n_337_17_criacao_junta_medica_iranduba..pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/70/lei_n_336_17_programa_recuperacao_fiscal_refis..pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/101/lei_335_17_reparcelamento_parcelamento_debito_inprev..pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/453/lei_no_338_de_05_de_dezembro_de_2017.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/107/lei_334_17_regulariza_servicos_optometricos.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/74/lei_330_17_diretrizes_elaboracao_lei_orcamentaria_para_2018..pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/65/lei_n_329_17_cria_guarda_civil_metropolitana_iranduba.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/72/lei_328_17_declara_utilidade_publica_associacao_missionaria_missao_vida..pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/68/lei_n_327_17_concede_reajuste_exceto_educacao.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/67/lei_n_326_concede_reajuste_servidores_educacao.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2017/69/lei_n_325_17_utilidade_publica_instituto_iran_tribal.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/115/lei_323_16_obriga_instalacao_cameras_predios_publicos..pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/110/lei_315_16_institui_dia_municipal_do_pastor..pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/216/lei_324_16_altera_anexo_i_da_lei_196_2011..pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/127/lei_322_16_estima_receita_fixa_despesa_loa_2017..pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/178/lei_321_16_cria_conselho_e_fundo_municipal_desenvolvimento_rural_sustentavel..pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/112/lei_320_16_cota_atividade_parlamentar_ceap_.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/168/lei_319_16_fixa_subsidios_prefeito_vice_prefeito_2017_2020..pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/177/lei_318_16_estabelece_subsidio_vereadores_2017_2020..pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/114/lei_317_16_estrutura_administrativa_camara_iranduba.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/113/lei_316_16_plano_cargos_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/182/lei_312_16_transporte_universitario_iranduba..pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/183/lei_311_16_regularizacao_fundiaria_iranduba..pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/187/lei_313_16_codigo_sanitario_iranduba..pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/131/lei_309_16_altera_artigos_12_a_16_da_lei_088_03_inclui_artigos_27_a_64..pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/172/lei_308_16_parcelamento_debitos_municipio_iranduba_com_instituto_previdencia_inprev..pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/117/lei_306_16_utilidade_publica_associacao_agricultories_aascam..pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/116/lei_305_16_reajuste_servidores_prefeitura_iranduba_exceto_servidores_educacao_monta_10..pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/118/lei_304_16_ldo_para_2017..pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/184/lei_303_16_institui_dia_mestico..pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2016/185/lei_301_16_concede_reajuste_servidores_educacao_1128..pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/132/lei_300_15_estima_receita_fixa_despesa_loa_2016..pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/186/lei_299_15_institui_plano_enfrentamento_violencia_sexual_2015_2019..pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/129/lei_298_15_dispoe_diretrizes_elaboracao_orcamentaria_ldo_para_2016..pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/125/lei_296_15_aprova_plano_municipal_educacao_pme_municipio_iranduba..pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/123/lei_295_15_utilidade_publica_instituto_resgatando_valores_irvea..pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/130/lei_293_15_concede_reajuste_professores_pedagogos_servidores_administrativos_educacao..pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2015/124/lei_292_15_autoriza_chefe_executivo_outorgar_30_concessoes_para_servico_taxi..pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/122/lei_291_14_dispoe_sobre_sistema_unico_assistencia_social..pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/126/lei_290_14_estima_receita_fixa_despesa_loa_para_2015..pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/212/lei_complementar_289_14_altera_anexos_art.5o_lei_municipal_286_14..pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/102/lei_287_14_cria_conselho_municipal_de_transporte_escolar_cmte..pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/214/lei_288_14_altera_art.3o_lei_municipal_277_14..pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/181/lei_286_14_diretrizes_elaboracao_orcamentaria_exercicio_ldo_2015..pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/175/lei_285_14_concede_abono_salarial_servidores_administrativos_educacao_administracao..pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/160/lei_284_14_concede_abono_salarial_servidores_administrativos_educacao_administracao..pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/136/lei_282_14_institui_politica_meio_ambiente_iranduba..pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/140/lei_281_14_utilidade_publica_fundacao_inclusao_formacao_social..pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/103/lei_280_14_cria_secretaria_cultura.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/135/lei_279_14_utilidade_publica_associacao_mulheres_jasmin_distrito_cacau_pirera..pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/174/lei_278_14_concede_reajuste_832_professores_nivel_medio_superior_pedagogos..pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2014/134/lei_275_14_reajsute_salarial_4_professores_pedagogos..pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/139/lei_complementar_272_13_concede_reajuste_salarial_servidores_quadro_saude..pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/142/lei_271_13_altera_lei_260_13_acerca_secretarias_municipais..pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/141/lei_270_13_cria_parque_industrial_pimi_estabelece_incentivos_a_instalacao_industrias..pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/143/lei_265_13_dispoe_sobre_politica_municipal_saneamento_basico_residuos_solidos_cria_fundo_saneamento_basico_conselho_saneamento_basico..pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/144/lei_269_13_dispoe_desoneracoes_tributarias_empreendimentos_habitacionais_interesse_social..pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/150/lei_267_13_utilidade_publica_associacao_comunitaria_sao_joao..pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/213/lei_complementar_266_13_altera_art._2_lei_135_incluindo_inciso_vii_e_viii..pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/245/lei_264_13_altera_classe_requisitos_junta_medica_inprev..pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/133/lei_276_13_institui_dia_profissional_moto_taxi..pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/165/lei_163_13_dispoe_diretrizes_elaboracao_lei_orcamentaria_para_2014...pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/217/lei_261_13_altera_anexos_vii_viii_lei_182_institui_novo_vencimento_cargos_comissao_funcao_gratificada..pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/149/lei_260_13_dispoe_funcionamento_estrutura_administrativa_poder_executivo..pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/161/lei_259_13_autoriza_poder_executivo_celebrar_termo_confissao_debito_previdenciario_acordo_parcelamento_inprev..pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/151/lei_258_13_autoriza_poder_executivo_celebrar_termo_confissao_debito_previdenciario_acordo_parcelamento_inprev..pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2013/137/lei_262_13_concede_reajuste_professores_quadro_pessoal_efetivo..pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/158/lei_235_12_estima_receita_fixa_despesa_loa_para_2013..pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/154/lei_233_12_autoriza_poder_executivo_doar_area_igreja_adventista_setimo_dia_construcao_colegio_adventista..pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/231/lei_232_12_altera_anexos_iib_iii_lei_182_11..pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/63/lei_n_231_12_regulamenta_atividade_mototaxistas.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/138/lei_230_12_cria_cargos_agente_saude_e_agente_de_endemias..pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2024/418/lei_organica_de_iranduba.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/153/lei_229_12_autoriza_poder_executivo_permutar_imovel_administracao_publica_minsiterio_publico..pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/167/lei_256_12_autoriza_saae_conceder_desconto_debitos_agua_2007_a_2012..pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/157/lei_224_12_institui_dia_consciencia_crista_comemorado_31_outubro..pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/152/lei_223_12_institui_dia_vigilia_transformacao_comemorado_05_maio..pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/155/lei_222_12_institui_festival_musica_gospel_music..pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/159/lei_219_12_concessao_desconto_emissao_licenca_construcao_alvara_de_licenca_projeto..pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/166/lei_218_12_concessao_desconto_iptu_para_2007_a_2012..pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/145/lei_217_12_dispoe_sobre_construcao_exploracao_cemiterios_municipio_iranduba..pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/148/lei_216_12_dispoe_diretrizes_elaboracao_lei_orcamentaria_exercicio_2013..pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/147/lei_215_12_institui_nota_fiscal_eletronica_nfs_e..pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/146/lei_complementar_212_12_defina_expansao_urbana_criados_pela_lei_129_06.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/64/lei_n_210_12_criacao_cargos_comissionados_semei.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/215/lei_complementar_204_12_modifica_subordinacao_secretaria_executivo_esporte..pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2012/156/lei_203_12_isencao_pagamento_taxa_concursos_publicos..pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/53/lei_n_200_11_institui_unidade_fiscal_ufm.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/55/lei_n_198_11_transmissao_inter_vivos_itbi.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/54/lei_n_196_11_novo_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/163/lei_199_11_estima_receita_fixa_despesa_loa_para__2012..pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/164/lei_195_11_plano_organizacao_inprev..pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/205/lei_194_11_conselho_municipal_idoso_iranduba..pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/62/lei_193_11_dispoe_sobre_imposto_predial_iptu..pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/230/lei_190_a_11_altera_anexo_i_lei182_11_para_criar_tres_vagas_advogado..pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/232/lei_188_11_altera_plano_custeio_estabelecido_item_i_art_42_lei_123_06..pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/179/lei_124_11_utilidade_publica_associacao_mulheres_ribeirinhas_casa_de_sara..pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/52/lei_n_180_11_cria_imtti_junta_administrativa_jari.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2011/437/lei_178_11_plano_cargos_carreiras_salarios_semei.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2010/173/lei_168_10_cria_conselho_fundo_cultura..pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2008/229/lei_141_08_altera_lei_053_98_reestrutura_conselho_municipal_saude_fundo_municipal_saude..pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2026/485/lei_complementar_no52_de_30_de_maio_de_2007.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2006/169/lei_130_06_cria_coordenadoria_defesa_civl_comdec_municipio_de_iranduba..pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2006/374/lei_no123.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2005/171/lei_109_05_fixa_diarias_prefeito_vice_prefeito_servidores_municipais..pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2005/176/lei_107_05_dispoe_sobre_organizacao_pessoal_saae..pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2005/170/lei_106_05_cria_servico_autonomo_agua_esgoto_saae..pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2005/373/lei_no105.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2004/194/decreto_legislativo_005_04_desaprova_prestacao_contas_jose_maria_muniz_exercicio_2000..pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2003/195/decreto_legislativo_003_03_utilidade_publica_arcosfram..pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2003/198/lei_089_03_disciplina_funcionamento_bares_similares_iranduba..pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2003/162/lei_088_03_cria_cmdca_fundo_cmdca_conselho_tutelar..pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2002/188/lei_087_02_institui_conselho_educacao_iranduba.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2002/206/lei_complementar_083_02_sistema_transporte_iranduba..pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2001/249/decreto_legislativo_001_01_utilidade_publica_associacao_estrela_da_manha..pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2001/192/lei_78_01_obriga_cobertura_plastica_transporte_iranduba..pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/2000/248/lei_070_00_cria_assentamento_fazenda_carlifornia..pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1999/190/lei_060_99_doacao_lote_colonia_pescadores..pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1998/189/lei_057_98_cria_servico_urbano_moto_taxi..pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1998/250/decreto_legislativo_002_98_utilidade_publica_colonia_pescadores_iranduba..pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1998/247/lei_56_98_institui_dia_festa_pupunha..pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1998/191/lei_050_98_isencao_cobranca_transportes_rodoviarios_hidroviarios..pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1997/202/lei_040_97_cria_secretarias_transporte_financas_turismo_planejamento..pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1996/196/decreto_legislativo_004_96_utilidade_publica_sao_francisco_muratu..pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1996/201/decreto_legislativo_004_96_autoriza_poder_executivo_criar_conselho_assistencia_social..pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1996/199/decreto_legislativo_003_96_autoriza_poder_executivo_criar_fundo_assistencia_social..pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1995/200/decreto_legislativo_018_95_utilidade_publica_associacao_comunitaria_bom_jesus..pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1995/193/decreto_legislativo_017_95_utilidade_publica_associacao_moradores_bairro_cidade_nova..pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1993/197/decreto_legislativo_013_93_utilidade_publica_agremiacao_desportiva_flamengo_futebol..pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iranduba.am.leg.br/media/sapl/public/normajuridica/1981/484/emenda_constitucional_no12_de_10_de_dezembro_de_1981.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G478"/>
+  <dimension ref="A1:G480"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="203.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="202.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -15685,667 +15709,713 @@
     <row r="451" spans="1:7">
       <c r="A451" t="s">
         <v>1469</v>
       </c>
       <c r="B451" t="s">
         <v>1552</v>
       </c>
       <c r="C451" t="s">
         <v>1407</v>
       </c>
       <c r="D451" t="s">
         <v>10</v>
       </c>
       <c r="E451" t="s">
         <v>11</v>
       </c>
       <c r="F451" s="1" t="s">
         <v>1553</v>
       </c>
       <c r="G451" t="s">
         <v>1554</v>
       </c>
     </row>
     <row r="452" spans="1:7">
       <c r="A452" t="s">
+        <v>842</v>
+      </c>
+      <c r="B452" t="s">
         <v>1555</v>
       </c>
-      <c r="B452" t="s">
+      <c r="C452" t="s">
+        <v>981</v>
+      </c>
+      <c r="D452" t="s">
         <v>1556</v>
       </c>
-      <c r="C452" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E452" t="s">
-        <v>11</v>
+        <v>1557</v>
       </c>
       <c r="F452" s="1" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
       <c r="G452" t="s">
-        <v>1558</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="453" spans="1:7">
       <c r="A453" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="B453" t="s">
-        <v>1556</v>
+        <v>1561</v>
       </c>
       <c r="C453" t="s">
-        <v>1348</v>
+        <v>1351</v>
       </c>
       <c r="D453" t="s">
         <v>10</v>
       </c>
       <c r="E453" t="s">
         <v>11</v>
       </c>
       <c r="F453" s="1" t="s">
-        <v>1560</v>
+        <v>1562</v>
       </c>
       <c r="G453" t="s">
-        <v>1561</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="454" spans="1:7">
       <c r="A454" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
       <c r="B454" t="s">
-        <v>1563</v>
+        <v>1561</v>
       </c>
       <c r="C454" t="s">
-        <v>1229</v>
+        <v>1348</v>
       </c>
       <c r="D454" t="s">
         <v>10</v>
       </c>
       <c r="E454" t="s">
         <v>11</v>
       </c>
       <c r="F454" s="1" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
       <c r="G454" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="455" spans="1:7">
       <c r="A455" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="B455" t="s">
-        <v>1563</v>
+        <v>1568</v>
       </c>
       <c r="C455" t="s">
-        <v>1256</v>
+        <v>1229</v>
       </c>
       <c r="D455" t="s">
         <v>10</v>
       </c>
       <c r="E455" t="s">
         <v>11</v>
       </c>
       <c r="F455" s="1" t="s">
-        <v>1567</v>
+        <v>1569</v>
       </c>
       <c r="G455" t="s">
-        <v>1568</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="456" spans="1:7">
       <c r="A456" t="s">
-        <v>1569</v>
+        <v>1571</v>
       </c>
       <c r="B456" t="s">
-        <v>1563</v>
+        <v>1568</v>
       </c>
       <c r="C456" t="s">
-        <v>1003</v>
+        <v>1256</v>
       </c>
       <c r="D456" t="s">
         <v>10</v>
       </c>
       <c r="E456" t="s">
         <v>11</v>
       </c>
       <c r="F456" s="1" t="s">
-        <v>1570</v>
+        <v>1572</v>
       </c>
       <c r="G456" t="s">
-        <v>1571</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="457" spans="1:7">
       <c r="A457" t="s">
-        <v>1151</v>
+        <v>1574</v>
       </c>
       <c r="B457" t="s">
-        <v>1563</v>
+        <v>1568</v>
       </c>
       <c r="C457" t="s">
-        <v>1006</v>
+        <v>1003</v>
       </c>
       <c r="D457" t="s">
         <v>10</v>
       </c>
       <c r="E457" t="s">
         <v>11</v>
       </c>
       <c r="F457" s="1" t="s">
-        <v>1572</v>
+        <v>1575</v>
       </c>
       <c r="G457" t="s">
-        <v>1573</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="458" spans="1:7">
       <c r="A458" t="s">
-        <v>1528</v>
+        <v>1151</v>
       </c>
       <c r="B458" t="s">
-        <v>1574</v>
+        <v>1568</v>
       </c>
       <c r="C458" t="s">
-        <v>662</v>
+        <v>1006</v>
       </c>
       <c r="D458" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="E458" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="F458" s="1" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
       <c r="G458" t="s">
-        <v>1576</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="459" spans="1:7">
       <c r="A459" t="s">
-        <v>1524</v>
+        <v>1528</v>
       </c>
       <c r="B459" t="s">
-        <v>1577</v>
+        <v>1579</v>
       </c>
       <c r="C459" t="s">
-        <v>238</v>
+        <v>662</v>
       </c>
       <c r="D459" t="s">
         <v>50</v>
       </c>
       <c r="E459" t="s">
         <v>51</v>
       </c>
       <c r="F459" s="1" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
       <c r="G459" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="460" spans="1:7">
       <c r="A460" t="s">
-        <v>1514</v>
+        <v>1524</v>
       </c>
       <c r="B460" t="s">
-        <v>1577</v>
+        <v>1582</v>
       </c>
       <c r="C460" t="s">
-        <v>1185</v>
+        <v>238</v>
       </c>
       <c r="D460" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="E460" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="F460" s="1" t="s">
-        <v>1580</v>
+        <v>1583</v>
       </c>
       <c r="G460" t="s">
-        <v>1581</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="461" spans="1:7">
       <c r="A461" t="s">
+        <v>1514</v>
+      </c>
+      <c r="B461" t="s">
         <v>1582</v>
       </c>
-      <c r="B461" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C461" t="s">
-        <v>1198</v>
+        <v>1185</v>
       </c>
       <c r="D461" t="s">
         <v>10</v>
       </c>
       <c r="E461" t="s">
         <v>11</v>
       </c>
       <c r="F461" s="1" t="s">
-        <v>1583</v>
+        <v>1585</v>
       </c>
       <c r="G461" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="462" spans="1:7">
       <c r="A462" t="s">
-        <v>1537</v>
+        <v>1587</v>
       </c>
       <c r="B462" t="s">
-        <v>1585</v>
+        <v>1582</v>
       </c>
       <c r="C462" t="s">
-        <v>1188</v>
+        <v>1198</v>
       </c>
       <c r="D462" t="s">
         <v>10</v>
       </c>
       <c r="E462" t="s">
         <v>11</v>
       </c>
       <c r="F462" s="1" t="s">
-        <v>1586</v>
+        <v>1588</v>
       </c>
       <c r="G462" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="463" spans="1:7">
       <c r="A463" t="s">
-        <v>1588</v>
+        <v>1537</v>
       </c>
       <c r="B463" t="s">
-        <v>1585</v>
+        <v>1590</v>
       </c>
       <c r="C463" t="s">
-        <v>1173</v>
+        <v>1188</v>
       </c>
       <c r="D463" t="s">
         <v>10</v>
       </c>
       <c r="E463" t="s">
         <v>11</v>
       </c>
       <c r="F463" s="1" t="s">
-        <v>1589</v>
+        <v>1591</v>
       </c>
       <c r="G463" t="s">
-        <v>1590</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="464" spans="1:7">
       <c r="A464" t="s">
-        <v>1591</v>
+        <v>1593</v>
       </c>
       <c r="B464" t="s">
-        <v>1592</v>
+        <v>1590</v>
       </c>
       <c r="C464" t="s">
-        <v>868</v>
+        <v>1173</v>
       </c>
       <c r="D464" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="E464" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="F464" s="1" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="G464" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="465" spans="1:7">
       <c r="A465" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="B465" t="s">
-        <v>1592</v>
+        <v>1597</v>
       </c>
       <c r="C465" t="s">
-        <v>49</v>
+        <v>868</v>
       </c>
       <c r="D465" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="E465" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="F465" s="1" t="s">
-        <v>1596</v>
+        <v>1598</v>
       </c>
       <c r="G465" t="s">
-        <v>1597</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="466" spans="1:7">
       <c r="A466" t="s">
-        <v>1598</v>
+        <v>1600</v>
       </c>
       <c r="B466" t="s">
-        <v>1599</v>
+        <v>1597</v>
       </c>
       <c r="C466" t="s">
-        <v>206</v>
+        <v>49</v>
       </c>
       <c r="D466" t="s">
         <v>10</v>
       </c>
       <c r="E466" t="s">
         <v>11</v>
       </c>
       <c r="F466" s="1" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="G466" t="s">
-        <v>1601</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="467" spans="1:7">
       <c r="A467" t="s">
-        <v>1534</v>
+        <v>1603</v>
       </c>
       <c r="B467" t="s">
-        <v>1602</v>
+        <v>1604</v>
       </c>
       <c r="C467" t="s">
-        <v>1134</v>
+        <v>206</v>
       </c>
       <c r="D467" t="s">
         <v>10</v>
       </c>
       <c r="E467" t="s">
         <v>11</v>
       </c>
       <c r="F467" s="1" t="s">
-        <v>1603</v>
+        <v>1605</v>
       </c>
       <c r="G467" t="s">
-        <v>1604</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="468" spans="1:7">
       <c r="A468" t="s">
-        <v>1605</v>
+        <v>1534</v>
       </c>
       <c r="B468" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
       <c r="C468" t="s">
-        <v>407</v>
+        <v>1134</v>
       </c>
       <c r="D468" t="s">
         <v>10</v>
       </c>
       <c r="E468" t="s">
         <v>11</v>
       </c>
       <c r="F468" s="1" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="G468" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="469" spans="1:7">
       <c r="A469" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="B469" t="s">
-        <v>1606</v>
+        <v>1611</v>
       </c>
       <c r="C469" t="s">
-        <v>981</v>
+        <v>407</v>
       </c>
       <c r="D469" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="E469" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="F469" s="1" t="s">
-        <v>1610</v>
+        <v>1612</v>
       </c>
       <c r="G469" t="s">
-        <v>1611</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="470" spans="1:7">
       <c r="A470" t="s">
-        <v>1612</v>
+        <v>1614</v>
       </c>
       <c r="B470" t="s">
-        <v>1606</v>
+        <v>1611</v>
       </c>
       <c r="C470" t="s">
-        <v>403</v>
+        <v>981</v>
       </c>
       <c r="D470" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="E470" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="F470" s="1" t="s">
-        <v>1613</v>
+        <v>1615</v>
       </c>
       <c r="G470" t="s">
-        <v>1614</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="471" spans="1:7">
       <c r="A471" t="s">
-        <v>1615</v>
+        <v>1617</v>
       </c>
       <c r="B471" t="s">
-        <v>1606</v>
+        <v>1611</v>
       </c>
       <c r="C471" t="s">
-        <v>999</v>
+        <v>403</v>
       </c>
       <c r="D471" t="s">
         <v>10</v>
       </c>
       <c r="E471" t="s">
         <v>11</v>
       </c>
       <c r="F471" s="1" t="s">
-        <v>1616</v>
+        <v>1618</v>
       </c>
       <c r="G471" t="s">
-        <v>1617</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="472" spans="1:7">
       <c r="A472" t="s">
-        <v>1618</v>
+        <v>1620</v>
       </c>
       <c r="B472" t="s">
-        <v>1619</v>
+        <v>1611</v>
       </c>
       <c r="C472" t="s">
-        <v>1037</v>
+        <v>999</v>
       </c>
       <c r="D472" t="s">
         <v>10</v>
       </c>
       <c r="E472" t="s">
         <v>11</v>
       </c>
       <c r="F472" s="1" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
       <c r="G472" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="473" spans="1:7">
       <c r="A473" t="s">
-        <v>1517</v>
+        <v>1623</v>
       </c>
       <c r="B473" t="s">
-        <v>1622</v>
+        <v>1624</v>
       </c>
       <c r="C473" t="s">
-        <v>771</v>
+        <v>1037</v>
       </c>
       <c r="D473" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="E473" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="F473" s="1" t="s">
-        <v>1623</v>
+        <v>1625</v>
       </c>
       <c r="G473" t="s">
-        <v>1624</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="474" spans="1:7">
       <c r="A474" t="s">
-        <v>1625</v>
+        <v>1517</v>
       </c>
       <c r="B474" t="s">
-        <v>1622</v>
+        <v>1627</v>
       </c>
       <c r="C474" t="s">
-        <v>662</v>
+        <v>771</v>
       </c>
       <c r="D474" t="s">
         <v>50</v>
       </c>
       <c r="E474" t="s">
         <v>51</v>
       </c>
       <c r="F474" s="1" t="s">
-        <v>1626</v>
+        <v>1628</v>
       </c>
       <c r="G474" t="s">
-        <v>1627</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="475" spans="1:7">
       <c r="A475" t="s">
-        <v>1520</v>
+        <v>1630</v>
       </c>
       <c r="B475" t="s">
-        <v>1622</v>
+        <v>1627</v>
       </c>
       <c r="C475" t="s">
-        <v>238</v>
+        <v>662</v>
       </c>
       <c r="D475" t="s">
         <v>50</v>
       </c>
       <c r="E475" t="s">
         <v>51</v>
       </c>
       <c r="F475" s="1" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="G475" t="s">
-        <v>1629</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="476" spans="1:7">
       <c r="A476" t="s">
-        <v>1511</v>
+        <v>1520</v>
       </c>
       <c r="B476" t="s">
-        <v>1630</v>
+        <v>1627</v>
       </c>
       <c r="C476" t="s">
-        <v>1090</v>
+        <v>238</v>
       </c>
       <c r="D476" t="s">
         <v>50</v>
       </c>
       <c r="E476" t="s">
         <v>51</v>
       </c>
       <c r="F476" s="1" t="s">
-        <v>1631</v>
+        <v>1633</v>
       </c>
       <c r="G476" t="s">
-        <v>1632</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="477" spans="1:7">
       <c r="A477" t="s">
-        <v>1531</v>
+        <v>1511</v>
       </c>
       <c r="B477" t="s">
-        <v>1630</v>
+        <v>1635</v>
       </c>
       <c r="C477" t="s">
-        <v>1069</v>
+        <v>1090</v>
       </c>
       <c r="D477" t="s">
         <v>50</v>
       </c>
       <c r="E477" t="s">
         <v>51</v>
       </c>
       <c r="F477" s="1" t="s">
-        <v>1633</v>
+        <v>1636</v>
       </c>
       <c r="G477" t="s">
-        <v>1634</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="478" spans="1:7">
       <c r="A478" t="s">
+        <v>1531</v>
+      </c>
+      <c r="B478" t="s">
         <v>1635</v>
       </c>
-      <c r="B478" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C478" t="s">
-        <v>222</v>
+        <v>1069</v>
       </c>
       <c r="D478" t="s">
         <v>50</v>
       </c>
       <c r="E478" t="s">
         <v>51</v>
       </c>
       <c r="F478" s="1" t="s">
-        <v>1637</v>
+        <v>1638</v>
       </c>
       <c r="G478" t="s">
-        <v>1638</v>
+        <v>1639</v>
+      </c>
+    </row>
+    <row r="479" spans="1:7">
+      <c r="A479" t="s">
+        <v>1640</v>
+      </c>
+      <c r="B479" t="s">
+        <v>1641</v>
+      </c>
+      <c r="C479" t="s">
+        <v>222</v>
+      </c>
+      <c r="D479" t="s">
+        <v>50</v>
+      </c>
+      <c r="E479" t="s">
+        <v>51</v>
+      </c>
+      <c r="F479" s="1" t="s">
+        <v>1642</v>
+      </c>
+      <c r="G479" t="s">
+        <v>1643</v>
+      </c>
+    </row>
+    <row r="480" spans="1:7">
+      <c r="A480" t="s">
+        <v>846</v>
+      </c>
+      <c r="B480" t="s">
+        <v>1644</v>
+      </c>
+      <c r="C480" t="s">
+        <v>868</v>
+      </c>
+      <c r="D480" t="s">
+        <v>1556</v>
+      </c>
+      <c r="E480" t="s">
+        <v>1557</v>
+      </c>
+      <c r="F480" s="1" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G480" t="s">
+        <v>1646</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -16783,50 +16853,52 @@
     <hyperlink ref="F454" r:id="rId453"/>
     <hyperlink ref="F455" r:id="rId454"/>
     <hyperlink ref="F456" r:id="rId455"/>
     <hyperlink ref="F457" r:id="rId456"/>
     <hyperlink ref="F458" r:id="rId457"/>
     <hyperlink ref="F459" r:id="rId458"/>
     <hyperlink ref="F460" r:id="rId459"/>
     <hyperlink ref="F461" r:id="rId460"/>
     <hyperlink ref="F462" r:id="rId461"/>
     <hyperlink ref="F463" r:id="rId462"/>
     <hyperlink ref="F464" r:id="rId463"/>
     <hyperlink ref="F465" r:id="rId464"/>
     <hyperlink ref="F466" r:id="rId465"/>
     <hyperlink ref="F467" r:id="rId466"/>
     <hyperlink ref="F468" r:id="rId467"/>
     <hyperlink ref="F469" r:id="rId468"/>
     <hyperlink ref="F470" r:id="rId469"/>
     <hyperlink ref="F471" r:id="rId470"/>
     <hyperlink ref="F472" r:id="rId471"/>
     <hyperlink ref="F473" r:id="rId472"/>
     <hyperlink ref="F474" r:id="rId473"/>
     <hyperlink ref="F475" r:id="rId474"/>
     <hyperlink ref="F476" r:id="rId475"/>
     <hyperlink ref="F477" r:id="rId476"/>
     <hyperlink ref="F478" r:id="rId477"/>
+    <hyperlink ref="F479" r:id="rId478"/>
+    <hyperlink ref="F480" r:id="rId479"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>