--- v0 (2025-12-11)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6266" uniqueCount="2561">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6266" uniqueCount="2571">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -6584,102 +6584,132 @@
   <si>
     <t>REQUERIMENTO N° 105/2025 DE AUTORIA DA VEREADORA LARISSA GOMES - Requer a manutenção da tubulação hidráulica nas pias dos banheiros da Escola Municipal João Alves.</t>
   </si>
   <si>
     <t>3130</t>
   </si>
   <si>
     <t>https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3130/requerimento_no106.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 106/2025 DE AUTORIA DO VEREADOR BRUNO LIMA - Solicita a construção de uma praça de alimentação no Bairro Maria Zeneide, na Estrada da Cidade Universitária.</t>
   </si>
   <si>
     <t>3131</t>
   </si>
   <si>
     <t>https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3131/requerimento_no107.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 107/2025 DE AUTORIA DO VEREADOR BRUNO LIMA - Solicita a construção de um Complexo Esportivo no Campo do Torino, no Bairro Alto.</t>
   </si>
   <si>
     <t>3149</t>
   </si>
   <si>
+    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3149/requerimento_no108.pdf</t>
+  </si>
+  <si>
     <t>REQUERIMENTO N° 108/2025 DE AUTORIA DO VEREADOR TATINHA LOPES - Requer a construção de uma praça de alimentação no bairro São José do Mutirãozinho no Distrito de Cacau Pirêra.</t>
   </si>
   <si>
     <t>3150</t>
   </si>
   <si>
+    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3150/requerimento_no109.pdf</t>
+  </si>
+  <si>
     <t>REQUERIMENTO N° 109/2025 DE AUTORIA DO VEREADOR RAIMUNDO CARNEIRO - Requer a reforma da Escola Municipal Tiradentes situada na Comunidade do Camará, no Rio Negro.</t>
   </si>
   <si>
     <t>3151</t>
   </si>
   <si>
+    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3151/requerimento_no110.pdf</t>
+  </si>
+  <si>
     <t>REQUERIMENTO N° 110/2025 DE AUTORIA DO VEREADOR GIDEÃO DA SILVA - Requer o término do asfaltamento e drenagem de esgoto da rua Tucano no bairro Novo Amanhecer.</t>
   </si>
   <si>
     <t>3186</t>
   </si>
   <si>
+    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3186/requerimento_no111.pdf</t>
+  </si>
+  <si>
     <t>REQUERIMENTO N° 111/2025 DE AUTORIA DA VEREADORA LARISSA GOMES - Requer a construção de uma ponte ligando a comunidade do Jandira ao Bela Vista, localizada no km 55 da Rodovia Manoel Urbano.</t>
   </si>
   <si>
     <t>3187</t>
   </si>
   <si>
+    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3187/requerimento_no112.pdf</t>
+  </si>
+  <si>
     <t>REQUERIMENTO N° 112/2025 DE AUTORIA DO VEREADOR GIDEÃO DA SILVA - Requer a abertura do ramal da comunidade Terra Preta, construção de uma Ponte no Lago do Ipixuna e terraplanagem do ramal do Ipixuna, localizado no Distrito do Janauari.</t>
   </si>
   <si>
     <t>3188</t>
   </si>
   <si>
+    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3188/requerimento_no113.pdf</t>
+  </si>
+  <si>
     <t>REQUERIMENTO N° 113/2025 DE AUTORIA DA VEREADORA LARISSA GOMES - Requer serviços de terraplanagem na comunidade Vera Castelo Branco no km 13 da Rodovia Manoel Urbano.</t>
   </si>
   <si>
     <t>3189</t>
   </si>
   <si>
+    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3189/requerimento_no114.pdf</t>
+  </si>
+  <si>
     <t>REQUERIMENTO N° 114/2025 DE AUTORIA DA VEREADORA LARISSA GOMES - Requer serviços de terraplanagem na comunidade Ivan Arteiro Paiva, localizado no km 13 da Rodovia Manoel Urbano.</t>
   </si>
   <si>
     <t>3190</t>
   </si>
   <si>
+    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3190/requerimento_no115.pdf</t>
+  </si>
+  <si>
     <t>REQUERIMENTO N° 115/2025 DE AUTORIA DO VEREADOR RAIMUNDO CARNEIRO - Requer a construção de um Ginásio Poliesportivo na Escola Municipal Delphina Aziz, no km 13 da Rodovia Manoel Urbano.</t>
   </si>
   <si>
     <t>3191</t>
   </si>
   <si>
+    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3191/requerimento_no116.pdf</t>
+  </si>
+  <si>
     <t>REQUERIMENTO N° 116/2025 DE AUTORIA DO VEREADOR RAIMUNDO CARNEIRO - Requer o asfaltamento das vias da comunidade Parque Caboclo.</t>
   </si>
   <si>
     <t>3201</t>
+  </si>
+  <si>
+    <t>https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3201/requerimento_no117.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 117/2025 DE AUTORIA DO VEREADOR GIDEÃO DA SILVA - Requer serviços de terraplanagem e nivelamento das ruas da comunidade Cristo Rei, localizada no Lago do Iranduba.</t>
   </si>
   <si>
     <t>2427</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2427/mocao_no01.pdf</t>
   </si>
   <si>
     <t>MOÇÃO Nº01/2025 DE AUTORIA DO VEREADOR RAIMUNDO CARNEIRO – Congratulação e aplausos para o Centro de Convivência do Idoso Honorina Ribeiro Lopes</t>
   </si>
   <si>
     <t>2460</t>
   </si>
   <si>
     <t>https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2460/mocao_no2.pdf</t>
   </si>
@@ -8054,51 +8084,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2438/indicacao_no01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2439/indicacao_no02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2440/indicacao_no03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2441/indicacao_no04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2442/indicacao_no05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2443/indicacao_no06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2487/indicacao_no07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2488/indicacao_no08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2489/indicacao_no09.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2490/indicacao_no10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2491/indicacao_no11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2492/indicacao_no12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2516/indicacao_no13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2517/indicacao_no14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2518/indicacao_no15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2519/indicacao_no16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2520/indicacao_no17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2521/indicacao_no18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2522/indicacao_no19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2523/indicacao_no20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2524/indicacao_no21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2552/indicacao_no22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2525/indicacao_no23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2526/indicacao_no24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2527/indicacao_no25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2528/indicacao_no26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2553/indicacao_no27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2554/indicacao_no28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2555/indicacao_no29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2556/indicacao_no30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2557/indicacao_no31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2558/indicacao_no32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2559/indicacao_no33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2560/indicacao_no34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2561/indicacao_no35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2562/indicacao_no36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2563/indicacao_no37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2564/indicacao_no38.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2581/indicacao_no39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2582/indicacao_no40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2583/indicacao_no41.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2584/indicacao_no42.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2585/indicacao_no43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2586/indicacao_no44.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2600/indicacao_no45.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2601/indicacao_no46.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2602/indicacao_no47.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2603/indicacao_no48.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2605/indicacao_no50.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2606/indicacao_no51.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2625/indicacao_no52.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2626/indicacao_no53.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2627/indicacao_no54.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2628/indicacao_no55.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2629/indicacao_no56.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2630/indicacao_no57.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2631/indicacao_no58.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2632/indicacao_no59.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2633/indicacao_no60.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2634/indicacao_no61.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2653/indicacao_no62.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2654/indicacao_no63.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2656/indicacao_no65.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2657/indicacao_no66.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2674/indicacao_no67.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2659/indicacao_no68.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2660/indicacao_no69.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2675/indicacao_no70.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2676/indicacao_no71.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2677/indicacao_no72.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2678/indicacao_no73.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2679/indicacao_no74.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2680/indicacao_no75.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2681/indicacao_no76.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2682/indicacao_no77.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2683/indicacao_no78.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2684/indicacao_no79.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2699/indicacao_no80.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2700/indicacao_no81.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2701/indicacao_no82.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2702/indicacao_no83.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2703/indicacao_no84.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2704/indicacao_no85.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2705/indicacao_no86.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2706/indicacao_no87.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2707/indicacao_no88.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2731/indicacao_no89.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2732/indicacao_no90.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2744/indicacao_no91.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2745/indicacao_no92.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2746/indicacao_no93.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2747/indicacao_no94.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2748/indicacao_no95.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2749/indicacao_no96.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2763/indicacao_no97.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2764/indicacao_no98.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2776/indicacao_no99.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2777/indicacao_no100.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2778/indicacao_no101.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2779/indicacao_no102.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2780/indicacao_no103.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2781/indicacao_no104.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2782/indicacao_no105.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2783/indicacao_no106.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2784/indicacao_no107.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2785/indicacao_no108.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2786/indicacao_no109.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2787/indicacao_no110.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2788/indicacao_no111.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2802/indicacao_no112.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2803/indicacao_no113.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2805/indicacao_no115.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2806/indicacao_no116.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2807/indicacao_no117.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2808/indicacao_no118.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2809/indicacao_no119.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2810/indicacao_no120.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2811/indicacao_no121.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2812/indicacao_no122.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2821/indicacao_no123.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2822/indicacao_no124.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2824/indicacao_no126.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2825/indicacao_no127.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2826/indicacao_no128.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2827/indicacao_no129.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2828/indicacao_no130.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2829/indicacao_no131.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2830/indicacao_no132.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2831/indicacao_no133.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2832/indicacao_no134.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2833/indicacao_no135.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2834/indicacao_no136.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2835/indicacao_no137.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2836/indicacao_no138.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2837/indicacao_no139.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2859/indicacao_no140.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2860/indicacao_no141.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2861/indicacao_no142.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2862/indicacao_no143.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2863/indicacao_no144.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2864/indicacao_no145.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2865/indicacao_no146.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2866/indicacao_no147.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2867/indicacao_no148.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2868/indicacao_no149.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2869/indicacao_no150.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2870/indicacao_no151.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2871/indicacao_no152.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2872/indicacao_no153.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2873/indicacao_no154.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2874/indicacao_no155.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2820/indicacao_no139.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2927/indicacao_no169.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2928/indicacao_no170.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2929/indicacao_no171.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2930/indicacao_no172.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2931/indicacao_no173.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2932/indicacao_no174.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2933/indicacao_no175.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2934/indicacao_no176.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2935/indicacao_no177.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2953/indicacao_no178.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2954/indicacao_no179.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2955/indicacao_no180.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2956/indicacao_no181.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2957/indicacao_no182.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2977/indicacao_no184.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2985/indicacao_no185.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2986/indicacao_no186.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2987/indicacao_no187.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3001/indicacao_no188.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3002/indicacao_no189.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3003/indicacao_no190.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3004/indicacao_no191.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3005/indicacao_no192.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3006/indicacao_no193.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3007/indicacao_no194.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3008/indicacao_no195.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3025/indicacao_no196.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3026/indicacao_no197.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3027/indicacao_no198.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3028/indicacao_no199.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3029/indicacao_no200.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3030/indicacao_no201.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3031/indicacao_no202.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3032/indicacao_no203.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3033/indicacao_no204.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3048/indicacao_no205.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3049/indicacao_no206.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3050/indicacao_no207.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3051/indicacao_no208.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3052/indicacao_no209.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3053/indicacao_no210.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3054/indicacao_no211.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3055/indicacao_no212.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3056/indicacao_no213.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3057/indicacao_no214.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3058/indicacao_no215.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3059/indicacao_no216.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3060/indicacao_no217.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3077/indicacao_no218.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3078/indicacao_no219.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3079/indicacao_no220.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3080/indicacao_no221.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3081/indicacao_no222.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3082/indicacao_no223.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3083/indicacao_no224.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3084/indicacao_no225.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3085/indicacao_no226.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3086/indicacao_no227.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3100/indicacao_no228.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3101/indicacao_no229.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3116/indicacao_no230.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3117/indicacao_no231.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3118/indicacao_no232.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3119/indicacao_no233.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3120/indicacao_no234.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3121/indicacao_no235.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3122/indicacao_no236.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3123/indicacao_no237.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3124/indicacao_no238.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3145/indicacao_no239.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3146/indicacao_no240.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3147/indicacao_no241.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3148/indicacao_no242.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3170/indicacao_no243.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3171/indicacao_no244.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3172/indicacao_no245.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3173/indicacao_no246.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3174/indicacao_no247.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3175/indicacao_no248.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3176/indicacao_no249.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3177/indicacao_no250.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3178/indicacao_no251.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3179/indicacao_no252.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3180/indicacao_no253.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3181/indicacao_no254.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3182/indicacao_no255.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3183/indicacao_no256.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3184/indicacao_no257.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3185/indicacao_no258.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3197/indicacao_no259.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3198/indicacao_no260.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3199/indicacao_no261.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3200/indicacao_no262.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3204/indicacao_no263.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3205/indicacao_no264.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2428/pedido_de_providencia_no01.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2429/pedido_de_providencia_no02.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2430/pedido_de_providencia_no03.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2431/pedido_de_providencia_no04.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2432/pedido_de_providencia_no05.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2433/pedido_de_providencia_no06.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2434/pedido_de_providencia_no07.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2435/pedido_de_providencia_no08.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2436/pedido_de_providencia_no09.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2437/pedido_de_providencia_no10.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2461/pedido_de_providencia_no11.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2462/pedido_de_providencia_no12.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2463/pedido_de_providencia_no13.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2464/pedido_de_providencia_no14.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2465/pedido_de_providencia_no15.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2466/pedido_de_providencia_no16.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2467/pedido_de_providencia_no17.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2468/pedido_de_providencia_no18.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2469/pedido_de_providencia_no19.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2470/pedido_de_providencia_no20.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2471/pedido_de_providencia_no21.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2472/pedido_de_providencia_no22.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2473/pedido_de_providencia_no23.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2474/pedido_de_providencia_no24.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2498/pedido_de_providencia_no25.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2499/pedido_de_providencia_no26.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2500/pedido_de_providencia_no27.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2501/pedido_de_providencia_no28.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2502/pedido_de_providencia_no29.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2503/pedido_de_providencia_no30.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2504/pedido_de_providencia_no31.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2505/pedido_de_providencia_no32.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2506/pedido_de_providencia_no33.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2507/pedido_de_providencia_no34.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2508/pedido_de_providencia_no35.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2509/pedido_de_providencia_no36.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2510/pedido_de_providencia_no37.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2511/pedido_de_providencia_no38.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2512/pedido_de_providencia_no39.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2513/pedido_de_providencia_no40.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2514/pedido_de_providencia_no41.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2515/pedido_de_providencia_no42.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2545/pedido_de_providencia_no43.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2546/pedido_de_providencia_no44.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2547/pedido_de_providencia_no45.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2548/pedido_de_providencia_no46.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2549/pedido_de_providencia_no47.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2550/pedido_de_providencia_no48.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2551/pedido_de_providencia_no49.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2571/pedido_de_providencia_no50.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2572/pedido_de_providencia_no51.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2573/pedido_de_providencia_no52.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2574/pedido_de_providencia_no53.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2575/pedido_de_providencia_no54.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2576/pedido_de_providencia_no55.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2577/pedido_de_providencia_no56.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2578/pedido_de_providencia_no57.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2579/pedido_de_providencia_no58.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2580/pedido_de_providencia_no59.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2594/pedido_de_providencia_no60.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2595/pedido_de_providencia_no61.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2596/pedido_de_providencia_no62.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2597/pedido_de_providencia_no63.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2598/pedido_de_providencia_no64.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2599/pedido_de_providencia_no65.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2614/pedido_de_providencia_no66.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2615/pedido_de_providencia_no67.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2616/pedido_de_providencia_no68.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2617/pedido_de_providencia_no69.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2618/pedido_de_providencia_no70.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2619/pedido_de_providencia_no71.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2620/pedido_de_providencia_no72.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2621/pedido_de_providencia_no73.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2622/pedido_de_providencia_no74.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2623/pedido_de_providencia_no75.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2624/pedido_de_providencia_no76.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2644/pedido_de_providencia_no77.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2645/pedido_de_providencia_no78.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2646/pedido_de_providencia_no79.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2647/pedido_de_providencia_no80.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2648/pedido_de_providencia_no81.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2649/pedido_de_providencia_no82.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2650/pedido_de_providencia_no83.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2651/pedido_de_providencia_no84.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2652/pedido_de_providencia_no85.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2669/pedido_de_providencia_no86.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2670/pedido_de_providencia_no87.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2671/pedido_de_providencia_no88.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2672/pedido_de_providencia_no89.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2673/pedido_de_providencia_no90.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2696/pedido_de_providencia_no91.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2697/pedido_de_providencia_no92.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2698/pedido_de_providencia_no93.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2713/pedido_de_providencia_no94.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2714/pedido_de_providencia_no95.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2715/pedido_de_providencia_no96.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2716/pedido_de_providencia_no97.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2717/pedido_de_providencia_no98.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2724/pedido_de_providencia_no99.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2725/pedido_de_providencia_no100.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2726/pedido_de_providencia_no101.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2727/pedido_de_providencia_no102.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2728/pedido_de_providencia_no103.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2729/pedido_de_providencia_no104.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2730/pedido_de_providencia_no105.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2740/pedido_de_providencia_no106.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2741/pedido_de_providencia_no107.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2743/pedido_de_providencia_no109.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2753/pedido_de_providencia_no110.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2754/pedido_de_providencia_no111.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2755/pedido_de_providencia_no112.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2756/pedido_de_providencia_no113.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2757/pedido_de_providencia_no114.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2758/pedido_de_providencia_no115.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2759/pedido_de_providencia_no116.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2760/pedido_de_providencia_no117.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2761/pedido_de_providencia_no118.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2762/pedido_de_providencia_no119.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2769/pedido_de_providencia_no120.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2770/pedido_de_providencia_no121.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2771/pedido_de_providencia_no122.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2772/pedido_de_providencia_no123.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2773/pedido_de_providencia_no124.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2774/pedido_de_providencia_no125.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2775/pedido_de_providencia_no126.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2793/pedido_de_providencia_no127.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2794/pedido_de_providencia_no128.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2795/pedido_de_providencia_no129.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2796/pedido_de_providencia_no130.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2797/pedido_de_providencia_no131.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2798/pedido_de_providencia_no132.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2799/pedido_de_providencia_no133.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2800/pedido_de_providencia_no134.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2801/pedido_de_providencia_no135.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2817/indicacao_no136.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2818/indicacao_no137.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2819/indicacao_no138.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2880/pedido_de_providencia_no139.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2851/pedido_de_providencia_no140.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2852/pedido_de_providencia_no141.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2853/pedido_de_providencia_no142.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2854/pedido_de_providencia_no143.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2855/pedido_de_providencia_no144.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2856/pedido_de_providencia_no145.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2857/pedido_de_providencia_no146.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2858/pedido_de_providencia_no147.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2893/pedido_de_providencia_no148.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2894/pedido_de_providencia_no149.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2895/pedido_de_providencia_no150.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2896/pedido_de_providencia_no151.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2897/pedido_de_providencia_no153.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2898/pedido_de_providencia_no154.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2899/pedido_de_providencia_no155.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2900/pedido_de_providencia_no156.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2920/pedido_de_providencia_no157.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2921/pedido_de_providencia_no158.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2922/pedido_de_providencia_no159.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2923/pedido_de_providencia_no160.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2924/pedido_de_providencia_no161.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2925/pedido_de_providencia_no162.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2926/pedido_de_providencia_no163.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2940/pedido_de_providencia_no164.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2941/pedido_de_providencia_no165.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2942/pedido_de_providencia_no166.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2943/pedido_de_providencia_no167.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2944/pedido_de_providencia_no168.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2945/pedido_de_providencia_no169.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2946/pedido_de_providencia_no170.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2947/pedido_de_providencia_no171.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2948/pedido_de_providencia_no172.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2949/pedido_de_providencia_no173.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2950/pedido_de_providencia_no174.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2951/pedido_de_providencia_no175.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2952/pedido_de_providencia_no176.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2964/pedido_de_providencia_no177.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2965/pedido_de_providencia_no178.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2966/pedido_de_providencia_no179.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2967/pedido_de_providencia_no180.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2968/pedido_de_providencia_no181.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2969/pedido_de_providencia_no182.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2970/pedido_de_providencia_no183.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2971/pedido_de_providencia_no184.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2972/pedido_de_providencia_no185.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2973/pedido_de_providencia_no186.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2974/pedido_de_providencia_no187.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2975/pedido_de_providencia_no188.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2983/pedido_de_providencia_no189.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2984/pedido_de_providencia_no190.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2989/pedido_de_providencia_no191.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2990/pedido_de_providencia_no192.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2991/pedido_de_providencia_no193.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2992/pedido_de_providencia_no194.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2993/pedido_de_providencia_no195.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2994/pedido_de_providencia_no196.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2995/pedido_de_providencia_no197.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2996/pedido_de_providencia_no198.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2997/pedido_de_providencia_no200.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2998/pedido_de_providencia_no201.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2999/pedido_de_providencia_no202.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3000/pedido_de_providencia_no203.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3013/pedido_de_providencia_no204.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3014/pedido_de_providencia_no205.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3015/pedido_de_providencia_no206.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3016/pedido_de_providencia_no207.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3017/pedido_de_providencia_no208.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3018/pedido_de_providencia_no209.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3019/pedido_de_providencia_no210.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3020/pedido_de_providencia_no211.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3021/pedido_de_providencia_no212.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3022/pedido_de_providencia_no213.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3023/pedido_de_providencia_no214.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3024/pedido_de_providencia_no215.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3043/pedido_de_providencia_no216.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3044/pedido_de_providencia_no217.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3045/pedido_de_providencia_no218.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3046/pedido_de_providencia_no219.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3047/pedido_de_providencia_no220.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3070/pedido_de_providencia_no221.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3071/pedido_de_providencia_no222.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3072/pedido_de_providencia_no223.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3073/pedido_de_providencia_no224.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3074/pedido_de_providencia_no225.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3075/pedido_de_providencia_no226.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3076/pedido_de_providencia_no227.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3097/pedido_de_providencia_no228.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3098/pedido_de_providencia_no229.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3099/pedido_de_providencia_no230.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3106/pedido_de_providencia_no231.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3107/pedido_de_providencia_no232.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3108/pedido_de_providencia_no233.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3109/pedido_de_providencia_no234.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3110/pedido_de_providencia_no235.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3111/pedido_de_providencia_no236.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3112/pedido_de_providencia_no237.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3113/pedido_de_providencia_no238.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3114/pedido_de_providencia_no239.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3115/pedido_de_providencia_no240.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3137/pedido_de_providencia_no241.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3138/pedido_de_providencia_no242.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3139/pedido_de_providencia_no243.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3140/pedido_de_providencia_no244.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3141/pedido_de_providencia_no245.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3142/pedido_de_providencia_no246.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3143/pedido_de_providencia_no247.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3144/pedido_de_providencia_no248.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3152/pedido_de_providencia_no249.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3153/pedido_de_providencia_no250.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3154/pedido_de_providencia_no251.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3155/pedido_de_providencia_no252.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3156/pedido_de_providencia_no253.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3157/pedido_de_providencia_no254.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3158/pedido_de_providencia_no255.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3159/pedido_de_providencia_no256.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3160/pedido_de_providencia_no257.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3161/pedido_de_providencia_no258.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3162/pedido_de_providencia_no259.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3163/pedido_de_providencia_no260.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3164/pedido_de_providencia_no261.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3165/pedido_de_providencia_no262.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3166/pedido_de_providencia_no263.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3167/pedido_de_providencia_no264.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3168/pedido_de_providencia_no265.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3169/pedido_de_providencia_no266.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3195/pedido_de_providencia_no267.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3196/pedido_de_providencia_no268.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3203/pedido_de_providencia_no269.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2444/requerimento_no01.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2445/requerimento_no02.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2446/requerimento_no03.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2447/requerimento_no04.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2448/requerimento_no05.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2449/requerimento_no06.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2450/requerimento_no07.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2451/requerimento_no08.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2452/requerimento_no09.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2453/requerimento_no10.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2454/requerimento_no11.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2455/requerimento_no12.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2456/requerimento_no13.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2457/requerimento_no14.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2475/requerimento_no15.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2476/requerimento_no16.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2477/requerimento_no17.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2478/requerimento_no18.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2479/requerimento_no19.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2480/requerimento_no20.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2481/requerimento_no21.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2482/requerimento_no22.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2483/requerimento_no23.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2484/requerimento_no24.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2485/requerimento_no25.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2486/requerimento_no26.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2529/requerimento_no27.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2530/requerimento_no28.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2531/requerimento_no29.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2532/requerimento_no30.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2533/requerimento_no31.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2534/requerimento_no32.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2535/requerimento_no33.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2536/requerimento_no34.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2537/requerimento_no35.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2538/requerimento_no36.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2565/requerimento_no37.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2587/requerimento_no38.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2588/requerimento_no39.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2589/requerimento_no40.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2607/requerimento_no41.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2608/requerimento_no42.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2609/requerimento_no43.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2636/requerimento_no45.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2637/requerimento_no46.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2661/requerimento_no47.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2662/requerimento_no48.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2685/requerimento_no49.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2663/requerimento_no50.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2686/requerimento_no51.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2687/requerimento_no52.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2688/requerimento_no53.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2689/requerimento_no54.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2690/requerimento_no55.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2691/requerimento_no56.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2708/requerimento_no57.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2709/requerimento_no58.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2710/requerimento_no59.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2718/requerimento_no60.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2719/requerimento_no61.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2750/requerimento_no62.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2752/requerimento_no65.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2765/requerimento_no66.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2766/requerimento_no67.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2767/requerimento_no68.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2768/requerimento_no69.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2789/requerimento_no70.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2790/requerimento_no71.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2791/requerimento_no72.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2813/requerimento_no73.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2838/requerimento_no74.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2839/requerimento_no75.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2840/requerimento_no76.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2841/requerimento_no77.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2842/requerimento_no78.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2875/requerimento_no79.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2912/requerimento_no80.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2914/requerimento_no82.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2915/requerimento_no83.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2916/requerimento_no84.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2917/requerimento_no85.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2936/requerimento_no86.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2958/requerimento_no87.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2959/requerimento_no88.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2960/requerimento_no89.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2961/requerimento_no90.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2978/requerimento_no91.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2988/requerimento_no92.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3009/requerimento_no93.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3034/requerimento_no94.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3035/requerimento_no95.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3061/requerimento_no96.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3087/requerimento_no97.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3088/requerimento_no98.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3089/requerimento_no99.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3102/requerimento_no100.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3126/requerimento_no102.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3127/requerimento_no103.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3128/requerimento_no104.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3129/requerimento_no105.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3130/requerimento_no106.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3131/requerimento_no107.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2427/mocao_no01.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2460/mocao_no2.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2544/mocao_no3.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2643/mocao_no04.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2667/mocao_no05.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2668/mocao_no06.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2695/mocao_no7.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2739/mocao_no09.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2792/mocao_no10.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2850/mocao_no12.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2849/mocao_no15.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2426/projeto_de_lei_no01.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2458/projeto_de_lei_no04.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2459/projeto_de_lei_no05.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2497/projeto_de_lei_no06.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2541/projeto_de_lei_no07.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2568/projeto_de_lei_no08.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2592/projeto_de_lei_no09.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2569/projeto_de_lei_no10.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2641/projeto_de_lei_no11-2025.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2642/projeto_de_lei_no12-2025.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2664/projeto_de_lei_no13.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2665/projeto_de_lei_no14.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2722/projeto_de_lei_no15.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2723/projeto_de_lei_no16.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2843/projeto_de_lei_no18.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2844/projeto_de_lei_no19.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2845/projeto_de_lei_no20.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2846/projeto_de_lei_no21.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2847/projeto_de_lei_no23.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2981/projeto_de_lei_no24.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3039/projeto_de_lei_no25.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3040/projeto_de_lei_no26.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3135/projeto_de_lei_no28.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3136/projeto_de_lei_no29.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3192/projeto_de_lei_no30.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3193/projeto_de_lei_no31.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3202/projeto_de_lei_no32.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2539/oficio_no305-2025-gab-pmi.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2979/projeto_de_lei_no105-2025_-_ppa_2026_a2029.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2980/projeto_de_lei_no106-2025_-_loa_para_2026.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3010/projeto_de_lei_no107.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3011/projeto_de_lei_no108.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3036/projeto_de_lei_no109.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3037/projeto_de_lei_no110.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3038/projeto_de_lei_no111.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2494/projeto_de_decreto_legislativo_no02.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2593/projeto_de_decreto_legislativono04.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2666/projeto_de_decreto_legislativo_no05.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3041/projeto_de_decreto_legislativo_no06.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2693/projeto_de_lei_complementar_no13.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2737/projeto_de_lei_complementar_no14.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3012/projeto_de_lei_complementar_no15.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2438/indicacao_no01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2439/indicacao_no02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2440/indicacao_no03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2441/indicacao_no04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2442/indicacao_no05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2443/indicacao_no06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2487/indicacao_no07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2488/indicacao_no08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2489/indicacao_no09.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2490/indicacao_no10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2491/indicacao_no11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2492/indicacao_no12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2516/indicacao_no13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2517/indicacao_no14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2518/indicacao_no15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2519/indicacao_no16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2520/indicacao_no17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2521/indicacao_no18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2522/indicacao_no19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2523/indicacao_no20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2524/indicacao_no21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2552/indicacao_no22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2525/indicacao_no23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2526/indicacao_no24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2527/indicacao_no25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2528/indicacao_no26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2553/indicacao_no27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2554/indicacao_no28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2555/indicacao_no29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2556/indicacao_no30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2557/indicacao_no31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2558/indicacao_no32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2559/indicacao_no33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2560/indicacao_no34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2561/indicacao_no35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2562/indicacao_no36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2563/indicacao_no37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2564/indicacao_no38.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2581/indicacao_no39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2582/indicacao_no40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2583/indicacao_no41.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2584/indicacao_no42.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2585/indicacao_no43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2586/indicacao_no44.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2600/indicacao_no45.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2601/indicacao_no46.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2602/indicacao_no47.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2603/indicacao_no48.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2605/indicacao_no50.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2606/indicacao_no51.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2625/indicacao_no52.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2626/indicacao_no53.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2627/indicacao_no54.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2628/indicacao_no55.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2629/indicacao_no56.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2630/indicacao_no57.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2631/indicacao_no58.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2632/indicacao_no59.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2633/indicacao_no60.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2634/indicacao_no61.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2653/indicacao_no62.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2654/indicacao_no63.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2656/indicacao_no65.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2657/indicacao_no66.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2674/indicacao_no67.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2659/indicacao_no68.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2660/indicacao_no69.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2675/indicacao_no70.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2676/indicacao_no71.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2677/indicacao_no72.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2678/indicacao_no73.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2679/indicacao_no74.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2680/indicacao_no75.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2681/indicacao_no76.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2682/indicacao_no77.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2683/indicacao_no78.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2684/indicacao_no79.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2699/indicacao_no80.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2700/indicacao_no81.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2701/indicacao_no82.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2702/indicacao_no83.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2703/indicacao_no84.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2704/indicacao_no85.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2705/indicacao_no86.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2706/indicacao_no87.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2707/indicacao_no88.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2731/indicacao_no89.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2732/indicacao_no90.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2744/indicacao_no91.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2745/indicacao_no92.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2746/indicacao_no93.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2747/indicacao_no94.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2748/indicacao_no95.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2749/indicacao_no96.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2763/indicacao_no97.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2764/indicacao_no98.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2776/indicacao_no99.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2777/indicacao_no100.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2778/indicacao_no101.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2779/indicacao_no102.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2780/indicacao_no103.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2781/indicacao_no104.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2782/indicacao_no105.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2783/indicacao_no106.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2784/indicacao_no107.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2785/indicacao_no108.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2786/indicacao_no109.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2787/indicacao_no110.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2788/indicacao_no111.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2802/indicacao_no112.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2803/indicacao_no113.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2805/indicacao_no115.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2806/indicacao_no116.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2807/indicacao_no117.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2808/indicacao_no118.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2809/indicacao_no119.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2810/indicacao_no120.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2811/indicacao_no121.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2812/indicacao_no122.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2821/indicacao_no123.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2822/indicacao_no124.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2824/indicacao_no126.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2825/indicacao_no127.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2826/indicacao_no128.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2827/indicacao_no129.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2828/indicacao_no130.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2829/indicacao_no131.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2830/indicacao_no132.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2831/indicacao_no133.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2832/indicacao_no134.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2833/indicacao_no135.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2834/indicacao_no136.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2835/indicacao_no137.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2836/indicacao_no138.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2837/indicacao_no139.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2859/indicacao_no140.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2860/indicacao_no141.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2861/indicacao_no142.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2862/indicacao_no143.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2863/indicacao_no144.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2864/indicacao_no145.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2865/indicacao_no146.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2866/indicacao_no147.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2867/indicacao_no148.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2868/indicacao_no149.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2869/indicacao_no150.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2870/indicacao_no151.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2871/indicacao_no152.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2872/indicacao_no153.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2873/indicacao_no154.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2874/indicacao_no155.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2820/indicacao_no139.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2927/indicacao_no169.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2928/indicacao_no170.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2929/indicacao_no171.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2930/indicacao_no172.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2931/indicacao_no173.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2932/indicacao_no174.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2933/indicacao_no175.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2934/indicacao_no176.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2935/indicacao_no177.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2953/indicacao_no178.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2954/indicacao_no179.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2955/indicacao_no180.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2956/indicacao_no181.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2957/indicacao_no182.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2977/indicacao_no184.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2985/indicacao_no185.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2986/indicacao_no186.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2987/indicacao_no187.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3001/indicacao_no188.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3002/indicacao_no189.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3003/indicacao_no190.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3004/indicacao_no191.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3005/indicacao_no192.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3006/indicacao_no193.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3007/indicacao_no194.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3008/indicacao_no195.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3025/indicacao_no196.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3026/indicacao_no197.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3027/indicacao_no198.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3028/indicacao_no199.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3029/indicacao_no200.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3030/indicacao_no201.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3031/indicacao_no202.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3032/indicacao_no203.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3033/indicacao_no204.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3048/indicacao_no205.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3049/indicacao_no206.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3050/indicacao_no207.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3051/indicacao_no208.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3052/indicacao_no209.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3053/indicacao_no210.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3054/indicacao_no211.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3055/indicacao_no212.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3056/indicacao_no213.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3057/indicacao_no214.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3058/indicacao_no215.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3059/indicacao_no216.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3060/indicacao_no217.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3077/indicacao_no218.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3078/indicacao_no219.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3079/indicacao_no220.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3080/indicacao_no221.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3081/indicacao_no222.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3082/indicacao_no223.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3083/indicacao_no224.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3084/indicacao_no225.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3085/indicacao_no226.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3086/indicacao_no227.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3100/indicacao_no228.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3101/indicacao_no229.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3116/indicacao_no230.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3117/indicacao_no231.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3118/indicacao_no232.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3119/indicacao_no233.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3120/indicacao_no234.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3121/indicacao_no235.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3122/indicacao_no236.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3123/indicacao_no237.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3124/indicacao_no238.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3145/indicacao_no239.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3146/indicacao_no240.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3147/indicacao_no241.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3148/indicacao_no242.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3170/indicacao_no243.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3171/indicacao_no244.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3172/indicacao_no245.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3173/indicacao_no246.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3174/indicacao_no247.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3175/indicacao_no248.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3176/indicacao_no249.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3177/indicacao_no250.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3178/indicacao_no251.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3179/indicacao_no252.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3180/indicacao_no253.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3181/indicacao_no254.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3182/indicacao_no255.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3183/indicacao_no256.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3184/indicacao_no257.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3185/indicacao_no258.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3197/indicacao_no259.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3198/indicacao_no260.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3199/indicacao_no261.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3200/indicacao_no262.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3204/indicacao_no263.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3205/indicacao_no264.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2428/pedido_de_providencia_no01.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2429/pedido_de_providencia_no02.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2430/pedido_de_providencia_no03.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2431/pedido_de_providencia_no04.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2432/pedido_de_providencia_no05.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2433/pedido_de_providencia_no06.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2434/pedido_de_providencia_no07.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2435/pedido_de_providencia_no08.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2436/pedido_de_providencia_no09.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2437/pedido_de_providencia_no10.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2461/pedido_de_providencia_no11.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2462/pedido_de_providencia_no12.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2463/pedido_de_providencia_no13.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2464/pedido_de_providencia_no14.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2465/pedido_de_providencia_no15.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2466/pedido_de_providencia_no16.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2467/pedido_de_providencia_no17.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2468/pedido_de_providencia_no18.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2469/pedido_de_providencia_no19.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2470/pedido_de_providencia_no20.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2471/pedido_de_providencia_no21.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2472/pedido_de_providencia_no22.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2473/pedido_de_providencia_no23.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2474/pedido_de_providencia_no24.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2498/pedido_de_providencia_no25.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2499/pedido_de_providencia_no26.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2500/pedido_de_providencia_no27.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2501/pedido_de_providencia_no28.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2502/pedido_de_providencia_no29.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2503/pedido_de_providencia_no30.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2504/pedido_de_providencia_no31.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2505/pedido_de_providencia_no32.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2506/pedido_de_providencia_no33.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2507/pedido_de_providencia_no34.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2508/pedido_de_providencia_no35.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2509/pedido_de_providencia_no36.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2510/pedido_de_providencia_no37.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2511/pedido_de_providencia_no38.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2512/pedido_de_providencia_no39.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2513/pedido_de_providencia_no40.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2514/pedido_de_providencia_no41.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2515/pedido_de_providencia_no42.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2545/pedido_de_providencia_no43.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2546/pedido_de_providencia_no44.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2547/pedido_de_providencia_no45.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2548/pedido_de_providencia_no46.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2549/pedido_de_providencia_no47.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2550/pedido_de_providencia_no48.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2551/pedido_de_providencia_no49.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2571/pedido_de_providencia_no50.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2572/pedido_de_providencia_no51.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2573/pedido_de_providencia_no52.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2574/pedido_de_providencia_no53.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2575/pedido_de_providencia_no54.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2576/pedido_de_providencia_no55.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2577/pedido_de_providencia_no56.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2578/pedido_de_providencia_no57.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2579/pedido_de_providencia_no58.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2580/pedido_de_providencia_no59.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2594/pedido_de_providencia_no60.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2595/pedido_de_providencia_no61.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2596/pedido_de_providencia_no62.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2597/pedido_de_providencia_no63.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2598/pedido_de_providencia_no64.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2599/pedido_de_providencia_no65.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2614/pedido_de_providencia_no66.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2615/pedido_de_providencia_no67.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2616/pedido_de_providencia_no68.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2617/pedido_de_providencia_no69.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2618/pedido_de_providencia_no70.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2619/pedido_de_providencia_no71.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2620/pedido_de_providencia_no72.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2621/pedido_de_providencia_no73.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2622/pedido_de_providencia_no74.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2623/pedido_de_providencia_no75.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2624/pedido_de_providencia_no76.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2644/pedido_de_providencia_no77.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2645/pedido_de_providencia_no78.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2646/pedido_de_providencia_no79.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2647/pedido_de_providencia_no80.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2648/pedido_de_providencia_no81.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2649/pedido_de_providencia_no82.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2650/pedido_de_providencia_no83.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2651/pedido_de_providencia_no84.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2652/pedido_de_providencia_no85.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2669/pedido_de_providencia_no86.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2670/pedido_de_providencia_no87.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2671/pedido_de_providencia_no88.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2672/pedido_de_providencia_no89.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2673/pedido_de_providencia_no90.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2696/pedido_de_providencia_no91.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2697/pedido_de_providencia_no92.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2698/pedido_de_providencia_no93.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2713/pedido_de_providencia_no94.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2714/pedido_de_providencia_no95.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2715/pedido_de_providencia_no96.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2716/pedido_de_providencia_no97.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2717/pedido_de_providencia_no98.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2724/pedido_de_providencia_no99.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2725/pedido_de_providencia_no100.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2726/pedido_de_providencia_no101.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2727/pedido_de_providencia_no102.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2728/pedido_de_providencia_no103.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2729/pedido_de_providencia_no104.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2730/pedido_de_providencia_no105.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2740/pedido_de_providencia_no106.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2741/pedido_de_providencia_no107.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2743/pedido_de_providencia_no109.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2753/pedido_de_providencia_no110.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2754/pedido_de_providencia_no111.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2755/pedido_de_providencia_no112.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2756/pedido_de_providencia_no113.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2757/pedido_de_providencia_no114.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2758/pedido_de_providencia_no115.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2759/pedido_de_providencia_no116.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2760/pedido_de_providencia_no117.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2761/pedido_de_providencia_no118.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2762/pedido_de_providencia_no119.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2769/pedido_de_providencia_no120.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2770/pedido_de_providencia_no121.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2771/pedido_de_providencia_no122.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2772/pedido_de_providencia_no123.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2773/pedido_de_providencia_no124.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2774/pedido_de_providencia_no125.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2775/pedido_de_providencia_no126.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2793/pedido_de_providencia_no127.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2794/pedido_de_providencia_no128.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2795/pedido_de_providencia_no129.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2796/pedido_de_providencia_no130.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2797/pedido_de_providencia_no131.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2798/pedido_de_providencia_no132.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2799/pedido_de_providencia_no133.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2800/pedido_de_providencia_no134.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2801/pedido_de_providencia_no135.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2817/indicacao_no136.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2818/indicacao_no137.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2819/indicacao_no138.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2880/pedido_de_providencia_no139.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2851/pedido_de_providencia_no140.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2852/pedido_de_providencia_no141.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2853/pedido_de_providencia_no142.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2854/pedido_de_providencia_no143.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2855/pedido_de_providencia_no144.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2856/pedido_de_providencia_no145.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2857/pedido_de_providencia_no146.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2858/pedido_de_providencia_no147.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2893/pedido_de_providencia_no148.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2894/pedido_de_providencia_no149.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2895/pedido_de_providencia_no150.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2896/pedido_de_providencia_no151.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2897/pedido_de_providencia_no153.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2898/pedido_de_providencia_no154.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2899/pedido_de_providencia_no155.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2900/pedido_de_providencia_no156.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2920/pedido_de_providencia_no157.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2921/pedido_de_providencia_no158.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2922/pedido_de_providencia_no159.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2923/pedido_de_providencia_no160.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2924/pedido_de_providencia_no161.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2925/pedido_de_providencia_no162.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2926/pedido_de_providencia_no163.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2940/pedido_de_providencia_no164.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2941/pedido_de_providencia_no165.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2942/pedido_de_providencia_no166.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2943/pedido_de_providencia_no167.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2944/pedido_de_providencia_no168.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2945/pedido_de_providencia_no169.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2946/pedido_de_providencia_no170.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2947/pedido_de_providencia_no171.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2948/pedido_de_providencia_no172.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2949/pedido_de_providencia_no173.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2950/pedido_de_providencia_no174.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2951/pedido_de_providencia_no175.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2952/pedido_de_providencia_no176.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2964/pedido_de_providencia_no177.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2965/pedido_de_providencia_no178.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2966/pedido_de_providencia_no179.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2967/pedido_de_providencia_no180.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2968/pedido_de_providencia_no181.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2969/pedido_de_providencia_no182.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2970/pedido_de_providencia_no183.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2971/pedido_de_providencia_no184.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2972/pedido_de_providencia_no185.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2973/pedido_de_providencia_no186.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2974/pedido_de_providencia_no187.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2975/pedido_de_providencia_no188.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2983/pedido_de_providencia_no189.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2984/pedido_de_providencia_no190.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2989/pedido_de_providencia_no191.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2990/pedido_de_providencia_no192.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2991/pedido_de_providencia_no193.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2992/pedido_de_providencia_no194.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2993/pedido_de_providencia_no195.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2994/pedido_de_providencia_no196.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2995/pedido_de_providencia_no197.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2996/pedido_de_providencia_no198.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2997/pedido_de_providencia_no200.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2998/pedido_de_providencia_no201.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2999/pedido_de_providencia_no202.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3000/pedido_de_providencia_no203.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3013/pedido_de_providencia_no204.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3014/pedido_de_providencia_no205.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3015/pedido_de_providencia_no206.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3016/pedido_de_providencia_no207.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3017/pedido_de_providencia_no208.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3018/pedido_de_providencia_no209.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3019/pedido_de_providencia_no210.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3020/pedido_de_providencia_no211.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3021/pedido_de_providencia_no212.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3022/pedido_de_providencia_no213.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3023/pedido_de_providencia_no214.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3024/pedido_de_providencia_no215.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3043/pedido_de_providencia_no216.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3044/pedido_de_providencia_no217.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3045/pedido_de_providencia_no218.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3046/pedido_de_providencia_no219.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3047/pedido_de_providencia_no220.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3070/pedido_de_providencia_no221.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3071/pedido_de_providencia_no222.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3072/pedido_de_providencia_no223.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3073/pedido_de_providencia_no224.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3074/pedido_de_providencia_no225.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3075/pedido_de_providencia_no226.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3076/pedido_de_providencia_no227.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3097/pedido_de_providencia_no228.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3098/pedido_de_providencia_no229.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3099/pedido_de_providencia_no230.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3106/pedido_de_providencia_no231.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3107/pedido_de_providencia_no232.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3108/pedido_de_providencia_no233.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3109/pedido_de_providencia_no234.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3110/pedido_de_providencia_no235.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3111/pedido_de_providencia_no236.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3112/pedido_de_providencia_no237.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3113/pedido_de_providencia_no238.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3114/pedido_de_providencia_no239.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3115/pedido_de_providencia_no240.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3137/pedido_de_providencia_no241.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3138/pedido_de_providencia_no242.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3139/pedido_de_providencia_no243.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3140/pedido_de_providencia_no244.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3141/pedido_de_providencia_no245.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3142/pedido_de_providencia_no246.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3143/pedido_de_providencia_no247.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3144/pedido_de_providencia_no248.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3152/pedido_de_providencia_no249.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3153/pedido_de_providencia_no250.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3154/pedido_de_providencia_no251.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3155/pedido_de_providencia_no252.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3156/pedido_de_providencia_no253.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3157/pedido_de_providencia_no254.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3158/pedido_de_providencia_no255.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3159/pedido_de_providencia_no256.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3160/pedido_de_providencia_no257.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3161/pedido_de_providencia_no258.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3162/pedido_de_providencia_no259.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3163/pedido_de_providencia_no260.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3164/pedido_de_providencia_no261.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3165/pedido_de_providencia_no262.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3166/pedido_de_providencia_no263.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3167/pedido_de_providencia_no264.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3168/pedido_de_providencia_no265.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3169/pedido_de_providencia_no266.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3195/pedido_de_providencia_no267.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3196/pedido_de_providencia_no268.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3203/pedido_de_providencia_no269.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2444/requerimento_no01.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2445/requerimento_no02.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2446/requerimento_no03.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2447/requerimento_no04.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2448/requerimento_no05.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2449/requerimento_no06.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2450/requerimento_no07.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2451/requerimento_no08.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2452/requerimento_no09.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2453/requerimento_no10.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2454/requerimento_no11.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2455/requerimento_no12.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2456/requerimento_no13.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2457/requerimento_no14.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2475/requerimento_no15.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2476/requerimento_no16.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2477/requerimento_no17.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2478/requerimento_no18.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2479/requerimento_no19.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2480/requerimento_no20.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2481/requerimento_no21.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2482/requerimento_no22.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2483/requerimento_no23.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2484/requerimento_no24.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2485/requerimento_no25.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2486/requerimento_no26.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2529/requerimento_no27.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2530/requerimento_no28.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2531/requerimento_no29.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2532/requerimento_no30.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2533/requerimento_no31.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2534/requerimento_no32.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2535/requerimento_no33.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2536/requerimento_no34.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2537/requerimento_no35.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2538/requerimento_no36.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2565/requerimento_no37.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2587/requerimento_no38.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2588/requerimento_no39.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2589/requerimento_no40.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2607/requerimento_no41.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2608/requerimento_no42.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2609/requerimento_no43.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2636/requerimento_no45.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2637/requerimento_no46.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2661/requerimento_no47.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2662/requerimento_no48.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2685/requerimento_no49.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2663/requerimento_no50.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2686/requerimento_no51.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2687/requerimento_no52.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2688/requerimento_no53.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2689/requerimento_no54.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2690/requerimento_no55.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2691/requerimento_no56.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2708/requerimento_no57.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2709/requerimento_no58.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2710/requerimento_no59.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2718/requerimento_no60.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2719/requerimento_no61.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2750/requerimento_no62.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2752/requerimento_no65.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2765/requerimento_no66.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2766/requerimento_no67.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2767/requerimento_no68.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2768/requerimento_no69.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2789/requerimento_no70.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2790/requerimento_no71.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2791/requerimento_no72.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2813/requerimento_no73.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2838/requerimento_no74.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2839/requerimento_no75.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2840/requerimento_no76.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2841/requerimento_no77.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2842/requerimento_no78.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2875/requerimento_no79.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2912/requerimento_no80.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2914/requerimento_no82.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2915/requerimento_no83.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2916/requerimento_no84.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2917/requerimento_no85.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2936/requerimento_no86.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2958/requerimento_no87.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2959/requerimento_no88.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2960/requerimento_no89.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2961/requerimento_no90.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2978/requerimento_no91.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2988/requerimento_no92.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3009/requerimento_no93.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3034/requerimento_no94.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3035/requerimento_no95.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3061/requerimento_no96.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3087/requerimento_no97.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3088/requerimento_no98.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3089/requerimento_no99.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3102/requerimento_no100.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3126/requerimento_no102.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3127/requerimento_no103.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3128/requerimento_no104.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3129/requerimento_no105.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3130/requerimento_no106.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3131/requerimento_no107.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3149/requerimento_no108.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3150/requerimento_no109.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3151/requerimento_no110.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3186/requerimento_no111.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3187/requerimento_no112.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3188/requerimento_no113.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3189/requerimento_no114.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3190/requerimento_no115.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3191/requerimento_no116.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3201/requerimento_no117.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2427/mocao_no01.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2460/mocao_no2.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2544/mocao_no3.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2643/mocao_no04.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2667/mocao_no05.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2668/mocao_no06.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2695/mocao_no7.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2739/mocao_no09.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2792/mocao_no10.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2850/mocao_no12.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2849/mocao_no15.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2426/projeto_de_lei_no01.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2458/projeto_de_lei_no04.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2459/projeto_de_lei_no05.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2497/projeto_de_lei_no06.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2541/projeto_de_lei_no07.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2568/projeto_de_lei_no08.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2592/projeto_de_lei_no09.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2569/projeto_de_lei_no10.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2641/projeto_de_lei_no11-2025.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2642/projeto_de_lei_no12-2025.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2664/projeto_de_lei_no13.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2665/projeto_de_lei_no14.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2722/projeto_de_lei_no15.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2723/projeto_de_lei_no16.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2843/projeto_de_lei_no18.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2844/projeto_de_lei_no19.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2845/projeto_de_lei_no20.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2846/projeto_de_lei_no21.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2847/projeto_de_lei_no23.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2981/projeto_de_lei_no24.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3039/projeto_de_lei_no25.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3040/projeto_de_lei_no26.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3135/projeto_de_lei_no28.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3136/projeto_de_lei_no29.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3192/projeto_de_lei_no30.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3193/projeto_de_lei_no31.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3202/projeto_de_lei_no32.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2539/oficio_no305-2025-gab-pmi.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2979/projeto_de_lei_no105-2025_-_ppa_2026_a2029.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2980/projeto_de_lei_no106-2025_-_loa_para_2026.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3010/projeto_de_lei_no107.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3011/projeto_de_lei_no108.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3036/projeto_de_lei_no109.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3037/projeto_de_lei_no110.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3038/projeto_de_lei_no111.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2494/projeto_de_decreto_legislativo_no02.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2593/projeto_de_decreto_legislativono04.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2666/projeto_de_decreto_legislativo_no05.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3041/projeto_de_decreto_legislativo_no06.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2693/projeto_de_lei_complementar_no13.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/2737/projeto_de_lei_complementar_no14.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/sapl/public/materialegislativa/2025/3012/projeto_de_lei_complementar_no15.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iranduba.am.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H784"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="52.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="118" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
@@ -24641,3847 +24671,3847 @@
       </c>
       <c r="H637" t="s">
         <v>2184</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
         <v>2185</v>
       </c>
       <c r="B638" t="s">
         <v>9</v>
       </c>
       <c r="C638" t="s">
         <v>450</v>
       </c>
       <c r="D638" t="s">
         <v>1870</v>
       </c>
       <c r="E638" t="s">
         <v>1871</v>
       </c>
       <c r="F638" t="s">
         <v>43</v>
       </c>
       <c r="G638" s="1" t="s">
-        <v>214</v>
+        <v>2186</v>
       </c>
       <c r="H638" t="s">
-        <v>2186</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
-        <v>2187</v>
+        <v>2188</v>
       </c>
       <c r="B639" t="s">
         <v>9</v>
       </c>
       <c r="C639" t="s">
         <v>454</v>
       </c>
       <c r="D639" t="s">
         <v>1870</v>
       </c>
       <c r="E639" t="s">
         <v>1871</v>
       </c>
       <c r="F639" t="s">
         <v>218</v>
       </c>
       <c r="G639" s="1" t="s">
-        <v>214</v>
+        <v>2189</v>
       </c>
       <c r="H639" t="s">
-        <v>2188</v>
+        <v>2190</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" t="s">
-        <v>2189</v>
+        <v>2191</v>
       </c>
       <c r="B640" t="s">
         <v>9</v>
       </c>
       <c r="C640" t="s">
         <v>458</v>
       </c>
       <c r="D640" t="s">
         <v>1870</v>
       </c>
       <c r="E640" t="s">
         <v>1871</v>
       </c>
       <c r="F640" t="s">
         <v>1095</v>
       </c>
       <c r="G640" s="1" t="s">
-        <v>214</v>
+        <v>2192</v>
       </c>
       <c r="H640" t="s">
-        <v>2190</v>
+        <v>2193</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" t="s">
-        <v>2191</v>
+        <v>2194</v>
       </c>
       <c r="B641" t="s">
         <v>9</v>
       </c>
       <c r="C641" t="s">
         <v>462</v>
       </c>
       <c r="D641" t="s">
         <v>1870</v>
       </c>
       <c r="E641" t="s">
         <v>1871</v>
       </c>
       <c r="F641" t="s">
         <v>67</v>
       </c>
       <c r="G641" s="1" t="s">
-        <v>214</v>
+        <v>2195</v>
       </c>
       <c r="H641" t="s">
-        <v>2192</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" t="s">
-        <v>2193</v>
+        <v>2197</v>
       </c>
       <c r="B642" t="s">
         <v>9</v>
       </c>
       <c r="C642" t="s">
         <v>466</v>
       </c>
       <c r="D642" t="s">
         <v>1870</v>
       </c>
       <c r="E642" t="s">
         <v>1871</v>
       </c>
       <c r="F642" t="s">
         <v>1095</v>
       </c>
       <c r="G642" s="1" t="s">
-        <v>214</v>
+        <v>2198</v>
       </c>
       <c r="H642" t="s">
-        <v>2194</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" t="s">
-        <v>2195</v>
+        <v>2200</v>
       </c>
       <c r="B643" t="s">
         <v>9</v>
       </c>
       <c r="C643" t="s">
         <v>470</v>
       </c>
       <c r="D643" t="s">
         <v>1870</v>
       </c>
       <c r="E643" t="s">
         <v>1871</v>
       </c>
       <c r="F643" t="s">
         <v>67</v>
       </c>
       <c r="G643" s="1" t="s">
-        <v>214</v>
+        <v>2201</v>
       </c>
       <c r="H643" t="s">
-        <v>2196</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" t="s">
-        <v>2197</v>
+        <v>2203</v>
       </c>
       <c r="B644" t="s">
         <v>9</v>
       </c>
       <c r="C644" t="s">
         <v>474</v>
       </c>
       <c r="D644" t="s">
         <v>1870</v>
       </c>
       <c r="E644" t="s">
         <v>1871</v>
       </c>
       <c r="F644" t="s">
         <v>67</v>
       </c>
       <c r="G644" s="1" t="s">
-        <v>214</v>
+        <v>2204</v>
       </c>
       <c r="H644" t="s">
-        <v>2198</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" t="s">
-        <v>2199</v>
+        <v>2206</v>
       </c>
       <c r="B645" t="s">
         <v>9</v>
       </c>
       <c r="C645" t="s">
         <v>477</v>
       </c>
       <c r="D645" t="s">
         <v>1870</v>
       </c>
       <c r="E645" t="s">
         <v>1871</v>
       </c>
       <c r="F645" t="s">
         <v>218</v>
       </c>
       <c r="G645" s="1" t="s">
-        <v>214</v>
+        <v>2207</v>
       </c>
       <c r="H645" t="s">
-        <v>2200</v>
+        <v>2208</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" t="s">
-        <v>2201</v>
+        <v>2209</v>
       </c>
       <c r="B646" t="s">
         <v>9</v>
       </c>
       <c r="C646" t="s">
         <v>481</v>
       </c>
       <c r="D646" t="s">
         <v>1870</v>
       </c>
       <c r="E646" t="s">
         <v>1871</v>
       </c>
       <c r="F646" t="s">
         <v>218</v>
       </c>
       <c r="G646" s="1" t="s">
-        <v>214</v>
+        <v>2210</v>
       </c>
       <c r="H646" t="s">
-        <v>2202</v>
+        <v>2211</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" t="s">
-        <v>2203</v>
+        <v>2212</v>
       </c>
       <c r="B647" t="s">
         <v>9</v>
       </c>
       <c r="C647" t="s">
         <v>485</v>
       </c>
       <c r="D647" t="s">
         <v>1870</v>
       </c>
       <c r="E647" t="s">
         <v>1871</v>
       </c>
       <c r="F647" t="s">
         <v>1095</v>
       </c>
       <c r="G647" s="1" t="s">
-        <v>214</v>
+        <v>2213</v>
       </c>
       <c r="H647" t="s">
-        <v>2204</v>
+        <v>2214</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" t="s">
-        <v>2205</v>
+        <v>2215</v>
       </c>
       <c r="B648" t="s">
         <v>9</v>
       </c>
       <c r="C648" t="s">
         <v>10</v>
       </c>
       <c r="D648" t="s">
-        <v>2206</v>
+        <v>2216</v>
       </c>
       <c r="E648" t="s">
-        <v>2207</v>
+        <v>2217</v>
       </c>
       <c r="F648" t="s">
         <v>218</v>
       </c>
       <c r="G648" s="1" t="s">
-        <v>2208</v>
+        <v>2218</v>
       </c>
       <c r="H648" t="s">
-        <v>2209</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" t="s">
-        <v>2210</v>
+        <v>2220</v>
       </c>
       <c r="B649" t="s">
         <v>9</v>
       </c>
       <c r="C649" t="s">
         <v>17</v>
       </c>
       <c r="D649" t="s">
-        <v>2206</v>
+        <v>2216</v>
       </c>
       <c r="E649" t="s">
-        <v>2207</v>
+        <v>2217</v>
       </c>
       <c r="F649" t="s">
         <v>58</v>
       </c>
       <c r="G649" s="1" t="s">
-        <v>2211</v>
+        <v>2221</v>
       </c>
       <c r="H649" t="s">
-        <v>2212</v>
+        <v>2222</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" t="s">
-        <v>2213</v>
+        <v>2223</v>
       </c>
       <c r="B650" t="s">
         <v>9</v>
       </c>
       <c r="C650" t="s">
         <v>21</v>
       </c>
       <c r="D650" t="s">
-        <v>2206</v>
+        <v>2216</v>
       </c>
       <c r="E650" t="s">
-        <v>2207</v>
+        <v>2217</v>
       </c>
       <c r="F650" t="s">
         <v>67</v>
       </c>
       <c r="G650" s="1" t="s">
-        <v>2214</v>
+        <v>2224</v>
       </c>
       <c r="H650" t="s">
-        <v>2215</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" t="s">
-        <v>2216</v>
+        <v>2226</v>
       </c>
       <c r="B651" t="s">
         <v>9</v>
       </c>
       <c r="C651" t="s">
         <v>25</v>
       </c>
       <c r="D651" t="s">
-        <v>2206</v>
+        <v>2216</v>
       </c>
       <c r="E651" t="s">
-        <v>2207</v>
+        <v>2217</v>
       </c>
       <c r="F651" t="s">
         <v>275</v>
       </c>
       <c r="G651" s="1" t="s">
-        <v>2217</v>
+        <v>2227</v>
       </c>
       <c r="H651" t="s">
-        <v>2218</v>
+        <v>2228</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" t="s">
-        <v>2219</v>
+        <v>2229</v>
       </c>
       <c r="B652" t="s">
         <v>9</v>
       </c>
       <c r="C652" t="s">
         <v>30</v>
       </c>
       <c r="D652" t="s">
-        <v>2206</v>
+        <v>2216</v>
       </c>
       <c r="E652" t="s">
-        <v>2207</v>
+        <v>2217</v>
       </c>
       <c r="F652" t="s">
         <v>58</v>
       </c>
       <c r="G652" s="1" t="s">
-        <v>2220</v>
+        <v>2230</v>
       </c>
       <c r="H652" t="s">
-        <v>2221</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" t="s">
-        <v>2222</v>
+        <v>2232</v>
       </c>
       <c r="B653" t="s">
         <v>9</v>
       </c>
       <c r="C653" t="s">
         <v>34</v>
       </c>
       <c r="D653" t="s">
-        <v>2206</v>
+        <v>2216</v>
       </c>
       <c r="E653" t="s">
-        <v>2207</v>
+        <v>2217</v>
       </c>
       <c r="F653" t="s">
         <v>58</v>
       </c>
       <c r="G653" s="1" t="s">
-        <v>2223</v>
+        <v>2233</v>
       </c>
       <c r="H653" t="s">
-        <v>2224</v>
+        <v>2234</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" t="s">
-        <v>2225</v>
+        <v>2235</v>
       </c>
       <c r="B654" t="s">
         <v>9</v>
       </c>
       <c r="C654" t="s">
         <v>38</v>
       </c>
       <c r="D654" t="s">
-        <v>2206</v>
+        <v>2216</v>
       </c>
       <c r="E654" t="s">
-        <v>2207</v>
+        <v>2217</v>
       </c>
       <c r="F654" t="s">
         <v>67</v>
       </c>
       <c r="G654" s="1" t="s">
-        <v>2226</v>
+        <v>2236</v>
       </c>
       <c r="H654" t="s">
-        <v>2227</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" t="s">
-        <v>2228</v>
+        <v>2238</v>
       </c>
       <c r="B655" t="s">
         <v>9</v>
       </c>
       <c r="C655" t="s">
         <v>42</v>
       </c>
       <c r="D655" t="s">
-        <v>2206</v>
+        <v>2216</v>
       </c>
       <c r="E655" t="s">
-        <v>2207</v>
+        <v>2217</v>
       </c>
       <c r="F655" t="s">
         <v>48</v>
       </c>
       <c r="G655" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H655" t="s">
-        <v>2229</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" t="s">
-        <v>2230</v>
+        <v>2240</v>
       </c>
       <c r="B656" t="s">
         <v>9</v>
       </c>
       <c r="C656" t="s">
         <v>47</v>
       </c>
       <c r="D656" t="s">
-        <v>2206</v>
+        <v>2216</v>
       </c>
       <c r="E656" t="s">
-        <v>2207</v>
+        <v>2217</v>
       </c>
       <c r="F656" t="s">
         <v>53</v>
       </c>
       <c r="G656" s="1" t="s">
-        <v>2231</v>
+        <v>2241</v>
       </c>
       <c r="H656" t="s">
-        <v>2232</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" t="s">
-        <v>2233</v>
+        <v>2243</v>
       </c>
       <c r="B657" t="s">
         <v>9</v>
       </c>
       <c r="C657" t="s">
         <v>52</v>
       </c>
       <c r="D657" t="s">
-        <v>2206</v>
+        <v>2216</v>
       </c>
       <c r="E657" t="s">
-        <v>2207</v>
+        <v>2217</v>
       </c>
       <c r="F657" t="s">
         <v>58</v>
       </c>
       <c r="G657" s="1" t="s">
-        <v>2234</v>
+        <v>2244</v>
       </c>
       <c r="H657" t="s">
-        <v>2235</v>
+        <v>2245</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" t="s">
-        <v>2236</v>
+        <v>2246</v>
       </c>
       <c r="B658" t="s">
         <v>9</v>
       </c>
       <c r="C658" t="s">
         <v>57</v>
       </c>
       <c r="D658" t="s">
-        <v>2206</v>
+        <v>2216</v>
       </c>
       <c r="E658" t="s">
-        <v>2207</v>
+        <v>2217</v>
       </c>
       <c r="F658" t="s">
         <v>77</v>
       </c>
       <c r="G658" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H658" t="s">
-        <v>2237</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" t="s">
-        <v>2238</v>
+        <v>2248</v>
       </c>
       <c r="B659" t="s">
         <v>9</v>
       </c>
       <c r="C659" t="s">
         <v>62</v>
       </c>
       <c r="D659" t="s">
-        <v>2206</v>
+        <v>2216</v>
       </c>
       <c r="E659" t="s">
-        <v>2207</v>
+        <v>2217</v>
       </c>
       <c r="F659" t="s">
         <v>218</v>
       </c>
       <c r="G659" s="1" t="s">
-        <v>2239</v>
+        <v>2249</v>
       </c>
       <c r="H659" t="s">
-        <v>2240</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" t="s">
-        <v>2241</v>
+        <v>2251</v>
       </c>
       <c r="B660" t="s">
         <v>9</v>
       </c>
       <c r="C660" t="s">
         <v>66</v>
       </c>
       <c r="D660" t="s">
-        <v>2206</v>
+        <v>2216</v>
       </c>
       <c r="E660" t="s">
-        <v>2207</v>
+        <v>2217</v>
       </c>
       <c r="F660" t="s">
         <v>48</v>
       </c>
       <c r="G660" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H660" t="s">
-        <v>2242</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" t="s">
-        <v>2243</v>
+        <v>2253</v>
       </c>
       <c r="B661" t="s">
         <v>9</v>
       </c>
       <c r="C661" t="s">
         <v>71</v>
       </c>
       <c r="D661" t="s">
-        <v>2206</v>
+        <v>2216</v>
       </c>
       <c r="E661" t="s">
-        <v>2207</v>
+        <v>2217</v>
       </c>
       <c r="F661" t="s">
         <v>58</v>
       </c>
       <c r="G661" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H661" t="s">
-        <v>2244</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" t="s">
-        <v>2245</v>
+        <v>2255</v>
       </c>
       <c r="B662" t="s">
         <v>9</v>
       </c>
       <c r="C662" t="s">
         <v>76</v>
       </c>
       <c r="D662" t="s">
-        <v>2206</v>
+        <v>2216</v>
       </c>
       <c r="E662" t="s">
-        <v>2207</v>
+        <v>2217</v>
       </c>
       <c r="F662" t="s">
         <v>218</v>
       </c>
       <c r="G662" s="1" t="s">
-        <v>2246</v>
+        <v>2256</v>
       </c>
       <c r="H662" t="s">
-        <v>2247</v>
+        <v>2257</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" t="s">
-        <v>2248</v>
+        <v>2258</v>
       </c>
       <c r="B663" t="s">
         <v>9</v>
       </c>
       <c r="C663" t="s">
         <v>81</v>
       </c>
       <c r="D663" t="s">
-        <v>2206</v>
+        <v>2216</v>
       </c>
       <c r="E663" t="s">
-        <v>2207</v>
+        <v>2217</v>
       </c>
       <c r="F663" t="s">
         <v>1095</v>
       </c>
       <c r="G663" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H663" t="s">
-        <v>2249</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" t="s">
-        <v>2250</v>
+        <v>2260</v>
       </c>
       <c r="B664" t="s">
         <v>9</v>
       </c>
       <c r="C664" t="s">
         <v>89</v>
       </c>
       <c r="D664" t="s">
-        <v>2206</v>
+        <v>2216</v>
       </c>
       <c r="E664" t="s">
-        <v>2207</v>
+        <v>2217</v>
       </c>
       <c r="F664" t="s">
         <v>218</v>
       </c>
       <c r="G664" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H664" t="s">
-        <v>2251</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" t="s">
-        <v>2252</v>
+        <v>2262</v>
       </c>
       <c r="B665" t="s">
         <v>9</v>
       </c>
       <c r="C665" t="s">
         <v>93</v>
       </c>
       <c r="D665" t="s">
-        <v>2206</v>
+        <v>2216</v>
       </c>
       <c r="E665" t="s">
-        <v>2207</v>
+        <v>2217</v>
       </c>
       <c r="F665" t="s">
         <v>1095</v>
       </c>
       <c r="G665" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H665" t="s">
-        <v>2253</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
-        <v>2254</v>
+        <v>2264</v>
       </c>
       <c r="B666" t="s">
         <v>9</v>
       </c>
       <c r="C666" t="s">
         <v>97</v>
       </c>
       <c r="D666" t="s">
-        <v>2206</v>
+        <v>2216</v>
       </c>
       <c r="E666" t="s">
-        <v>2207</v>
+        <v>2217</v>
       </c>
       <c r="F666" t="s">
         <v>218</v>
       </c>
       <c r="G666" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H666" t="s">
-        <v>2255</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
-        <v>2256</v>
+        <v>2266</v>
       </c>
       <c r="B667" t="s">
         <v>9</v>
       </c>
       <c r="C667" t="s">
         <v>101</v>
       </c>
       <c r="D667" t="s">
-        <v>2206</v>
+        <v>2216</v>
       </c>
       <c r="E667" t="s">
-        <v>2207</v>
+        <v>2217</v>
       </c>
       <c r="F667" t="s">
         <v>58</v>
       </c>
       <c r="G667" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H667" t="s">
-        <v>2257</v>
+        <v>2267</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
-        <v>2258</v>
+        <v>2268</v>
       </c>
       <c r="B668" t="s">
         <v>9</v>
       </c>
       <c r="C668" t="s">
         <v>105</v>
       </c>
       <c r="D668" t="s">
-        <v>2206</v>
+        <v>2216</v>
       </c>
       <c r="E668" t="s">
-        <v>2207</v>
+        <v>2217</v>
       </c>
       <c r="F668" t="s">
         <v>58</v>
       </c>
       <c r="G668" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H668" t="s">
-        <v>2259</v>
+        <v>2269</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
-        <v>2260</v>
+        <v>2270</v>
       </c>
       <c r="B669" t="s">
         <v>9</v>
       </c>
       <c r="C669" t="s">
         <v>109</v>
       </c>
       <c r="D669" t="s">
-        <v>2206</v>
+        <v>2216</v>
       </c>
       <c r="E669" t="s">
-        <v>2207</v>
+        <v>2217</v>
       </c>
       <c r="F669" t="s">
         <v>72</v>
       </c>
       <c r="G669" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H669" t="s">
-        <v>2261</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
-        <v>2262</v>
+        <v>2272</v>
       </c>
       <c r="B670" t="s">
         <v>9</v>
       </c>
       <c r="C670" t="s">
         <v>113</v>
       </c>
       <c r="D670" t="s">
-        <v>2206</v>
+        <v>2216</v>
       </c>
       <c r="E670" t="s">
-        <v>2207</v>
+        <v>2217</v>
       </c>
       <c r="F670" t="s">
         <v>48</v>
       </c>
       <c r="G670" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H670" t="s">
-        <v>2263</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" t="s">
-        <v>2264</v>
+        <v>2274</v>
       </c>
       <c r="B671" t="s">
         <v>9</v>
       </c>
       <c r="C671" t="s">
         <v>117</v>
       </c>
       <c r="D671" t="s">
-        <v>2206</v>
+        <v>2216</v>
       </c>
       <c r="E671" t="s">
-        <v>2207</v>
+        <v>2217</v>
       </c>
       <c r="F671" t="s">
         <v>58</v>
       </c>
       <c r="G671" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H671" t="s">
-        <v>2265</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" t="s">
-        <v>2266</v>
+        <v>2276</v>
       </c>
       <c r="B672" t="s">
         <v>9</v>
       </c>
       <c r="C672" t="s">
         <v>121</v>
       </c>
       <c r="D672" t="s">
-        <v>2206</v>
+        <v>2216</v>
       </c>
       <c r="E672" t="s">
-        <v>2207</v>
+        <v>2217</v>
       </c>
       <c r="F672" t="s">
         <v>58</v>
       </c>
       <c r="G672" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H672" t="s">
-        <v>2267</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" t="s">
-        <v>2268</v>
+        <v>2278</v>
       </c>
       <c r="B673" t="s">
         <v>9</v>
       </c>
       <c r="C673" t="s">
         <v>125</v>
       </c>
       <c r="D673" t="s">
-        <v>2206</v>
+        <v>2216</v>
       </c>
       <c r="E673" t="s">
-        <v>2207</v>
+        <v>2217</v>
       </c>
       <c r="F673" t="s">
         <v>218</v>
       </c>
       <c r="G673" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H673" t="s">
-        <v>2269</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" t="s">
-        <v>2270</v>
+        <v>2280</v>
       </c>
       <c r="B674" t="s">
         <v>9</v>
       </c>
       <c r="C674" t="s">
-        <v>2271</v>
+        <v>2281</v>
       </c>
       <c r="D674" t="s">
-        <v>2272</v>
+        <v>2282</v>
       </c>
       <c r="E674" t="s">
-        <v>2273</v>
+        <v>2283</v>
       </c>
       <c r="F674" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G674" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H674" t="s">
-        <v>2275</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
-        <v>2276</v>
+        <v>2286</v>
       </c>
       <c r="B675" t="s">
         <v>9</v>
       </c>
       <c r="C675" t="s">
         <v>10</v>
       </c>
       <c r="D675" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="E675" t="s">
-        <v>2278</v>
+        <v>2288</v>
       </c>
       <c r="F675" t="s">
         <v>67</v>
       </c>
       <c r="G675" s="1" t="s">
-        <v>2279</v>
+        <v>2289</v>
       </c>
       <c r="H675" t="s">
-        <v>2280</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
-        <v>2281</v>
+        <v>2291</v>
       </c>
       <c r="B676" t="s">
         <v>9</v>
       </c>
       <c r="C676" t="s">
         <v>17</v>
       </c>
       <c r="D676" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="E676" t="s">
-        <v>2278</v>
+        <v>2288</v>
       </c>
       <c r="F676" t="s">
         <v>58</v>
       </c>
       <c r="G676" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H676" t="s">
-        <v>2282</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" t="s">
-        <v>2283</v>
+        <v>2293</v>
       </c>
       <c r="B677" t="s">
         <v>9</v>
       </c>
       <c r="C677" t="s">
         <v>25</v>
       </c>
       <c r="D677" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="E677" t="s">
-        <v>2278</v>
+        <v>2288</v>
       </c>
       <c r="F677" t="s">
         <v>67</v>
       </c>
       <c r="G677" s="1" t="s">
-        <v>2284</v>
+        <v>2294</v>
       </c>
       <c r="H677" t="s">
-        <v>2285</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" t="s">
-        <v>2286</v>
+        <v>2296</v>
       </c>
       <c r="B678" t="s">
         <v>9</v>
       </c>
       <c r="C678" t="s">
         <v>30</v>
       </c>
       <c r="D678" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="E678" t="s">
-        <v>2278</v>
+        <v>2288</v>
       </c>
       <c r="F678" t="s">
         <v>67</v>
       </c>
       <c r="G678" s="1" t="s">
-        <v>2287</v>
+        <v>2297</v>
       </c>
       <c r="H678" t="s">
-        <v>2288</v>
+        <v>2298</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" t="s">
-        <v>2289</v>
+        <v>2299</v>
       </c>
       <c r="B679" t="s">
         <v>9</v>
       </c>
       <c r="C679" t="s">
         <v>34</v>
       </c>
       <c r="D679" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="E679" t="s">
-        <v>2278</v>
+        <v>2288</v>
       </c>
       <c r="F679" t="s">
         <v>218</v>
       </c>
       <c r="G679" s="1" t="s">
-        <v>2290</v>
+        <v>2300</v>
       </c>
       <c r="H679" t="s">
-        <v>2291</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" t="s">
-        <v>2292</v>
+        <v>2302</v>
       </c>
       <c r="B680" t="s">
         <v>9</v>
       </c>
       <c r="C680" t="s">
         <v>38</v>
       </c>
       <c r="D680" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="E680" t="s">
-        <v>2278</v>
+        <v>2288</v>
       </c>
       <c r="F680" t="s">
         <v>67</v>
       </c>
       <c r="G680" s="1" t="s">
-        <v>2293</v>
+        <v>2303</v>
       </c>
       <c r="H680" t="s">
-        <v>2294</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" t="s">
-        <v>2295</v>
+        <v>2305</v>
       </c>
       <c r="B681" t="s">
         <v>9</v>
       </c>
       <c r="C681" t="s">
         <v>42</v>
       </c>
       <c r="D681" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="E681" t="s">
-        <v>2278</v>
+        <v>2288</v>
       </c>
       <c r="F681" t="s">
         <v>48</v>
       </c>
       <c r="G681" s="1" t="s">
-        <v>2296</v>
+        <v>2306</v>
       </c>
       <c r="H681" t="s">
-        <v>2297</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" t="s">
-        <v>2298</v>
+        <v>2308</v>
       </c>
       <c r="B682" t="s">
         <v>9</v>
       </c>
       <c r="C682" t="s">
         <v>47</v>
       </c>
       <c r="D682" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="E682" t="s">
-        <v>2278</v>
+        <v>2288</v>
       </c>
       <c r="F682" t="s">
         <v>53</v>
       </c>
       <c r="G682" s="1" t="s">
-        <v>2299</v>
+        <v>2309</v>
       </c>
       <c r="H682" t="s">
-        <v>2300</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" t="s">
-        <v>2301</v>
+        <v>2311</v>
       </c>
       <c r="B683" t="s">
         <v>9</v>
       </c>
       <c r="C683" t="s">
         <v>52</v>
       </c>
       <c r="D683" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="E683" t="s">
-        <v>2278</v>
+        <v>2288</v>
       </c>
       <c r="F683" t="s">
         <v>53</v>
       </c>
       <c r="G683" s="1" t="s">
-        <v>2302</v>
+        <v>2312</v>
       </c>
       <c r="H683" t="s">
-        <v>2303</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" t="s">
-        <v>2304</v>
+        <v>2314</v>
       </c>
       <c r="B684" t="s">
         <v>9</v>
       </c>
       <c r="C684" t="s">
         <v>57</v>
       </c>
       <c r="D684" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="E684" t="s">
-        <v>2278</v>
+        <v>2288</v>
       </c>
       <c r="F684" t="s">
         <v>218</v>
       </c>
       <c r="G684" s="1" t="s">
-        <v>2305</v>
+        <v>2315</v>
       </c>
       <c r="H684" t="s">
-        <v>2306</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" t="s">
-        <v>2307</v>
+        <v>2317</v>
       </c>
       <c r="B685" t="s">
         <v>9</v>
       </c>
       <c r="C685" t="s">
         <v>62</v>
       </c>
       <c r="D685" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="E685" t="s">
-        <v>2278</v>
+        <v>2288</v>
       </c>
       <c r="F685" t="s">
         <v>218</v>
       </c>
       <c r="G685" s="1" t="s">
-        <v>2308</v>
+        <v>2318</v>
       </c>
       <c r="H685" t="s">
-        <v>2309</v>
+        <v>2319</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" t="s">
-        <v>2310</v>
+        <v>2320</v>
       </c>
       <c r="B686" t="s">
         <v>9</v>
       </c>
       <c r="C686" t="s">
         <v>66</v>
       </c>
       <c r="D686" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="E686" t="s">
-        <v>2278</v>
+        <v>2288</v>
       </c>
       <c r="F686" t="s">
         <v>43</v>
       </c>
       <c r="G686" s="1" t="s">
-        <v>2311</v>
+        <v>2321</v>
       </c>
       <c r="H686" t="s">
-        <v>2312</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" t="s">
-        <v>2313</v>
+        <v>2323</v>
       </c>
       <c r="B687" t="s">
         <v>9</v>
       </c>
       <c r="C687" t="s">
         <v>71</v>
       </c>
       <c r="D687" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="E687" t="s">
-        <v>2278</v>
+        <v>2288</v>
       </c>
       <c r="F687" t="s">
         <v>218</v>
       </c>
       <c r="G687" s="1" t="s">
-        <v>2314</v>
+        <v>2324</v>
       </c>
       <c r="H687" t="s">
-        <v>2315</v>
+        <v>2325</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" t="s">
-        <v>2316</v>
+        <v>2326</v>
       </c>
       <c r="B688" t="s">
         <v>9</v>
       </c>
       <c r="C688" t="s">
         <v>76</v>
       </c>
       <c r="D688" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="E688" t="s">
-        <v>2278</v>
+        <v>2288</v>
       </c>
       <c r="F688" t="s">
         <v>67</v>
       </c>
       <c r="G688" s="1" t="s">
-        <v>2317</v>
+        <v>2327</v>
       </c>
       <c r="H688" t="s">
-        <v>2318</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" t="s">
-        <v>2319</v>
+        <v>2329</v>
       </c>
       <c r="B689" t="s">
         <v>9</v>
       </c>
       <c r="C689" t="s">
         <v>81</v>
       </c>
       <c r="D689" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="E689" t="s">
-        <v>2278</v>
+        <v>2288</v>
       </c>
       <c r="F689" t="s">
         <v>218</v>
       </c>
       <c r="G689" s="1" t="s">
-        <v>2320</v>
+        <v>2330</v>
       </c>
       <c r="H689" t="s">
-        <v>2321</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" t="s">
-        <v>2322</v>
+        <v>2332</v>
       </c>
       <c r="B690" t="s">
         <v>9</v>
       </c>
       <c r="C690" t="s">
         <v>85</v>
       </c>
       <c r="D690" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="E690" t="s">
-        <v>2278</v>
+        <v>2288</v>
       </c>
       <c r="F690" t="s">
         <v>67</v>
       </c>
       <c r="G690" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H690" t="s">
-        <v>2323</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" t="s">
-        <v>2324</v>
+        <v>2334</v>
       </c>
       <c r="B691" t="s">
         <v>9</v>
       </c>
       <c r="C691" t="s">
         <v>89</v>
       </c>
       <c r="D691" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="E691" t="s">
-        <v>2278</v>
+        <v>2288</v>
       </c>
       <c r="F691" t="s">
         <v>67</v>
       </c>
       <c r="G691" s="1" t="s">
-        <v>2325</v>
+        <v>2335</v>
       </c>
       <c r="H691" t="s">
-        <v>2326</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" t="s">
-        <v>2327</v>
+        <v>2337</v>
       </c>
       <c r="B692" t="s">
         <v>9</v>
       </c>
       <c r="C692" t="s">
         <v>93</v>
       </c>
       <c r="D692" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="E692" t="s">
-        <v>2278</v>
+        <v>2288</v>
       </c>
       <c r="F692" t="s">
         <v>67</v>
       </c>
       <c r="G692" s="1" t="s">
-        <v>2328</v>
+        <v>2338</v>
       </c>
       <c r="H692" t="s">
-        <v>2329</v>
+        <v>2339</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" t="s">
-        <v>2330</v>
+        <v>2340</v>
       </c>
       <c r="B693" t="s">
         <v>9</v>
       </c>
       <c r="C693" t="s">
         <v>97</v>
       </c>
       <c r="D693" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="E693" t="s">
-        <v>2278</v>
+        <v>2288</v>
       </c>
       <c r="F693" t="s">
         <v>67</v>
       </c>
       <c r="G693" s="1" t="s">
-        <v>2331</v>
+        <v>2341</v>
       </c>
       <c r="H693" t="s">
-        <v>2332</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" t="s">
-        <v>2333</v>
+        <v>2343</v>
       </c>
       <c r="B694" t="s">
         <v>9</v>
       </c>
       <c r="C694" t="s">
         <v>101</v>
       </c>
       <c r="D694" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="E694" t="s">
-        <v>2278</v>
+        <v>2288</v>
       </c>
       <c r="F694" t="s">
         <v>67</v>
       </c>
       <c r="G694" s="1" t="s">
-        <v>2334</v>
+        <v>2344</v>
       </c>
       <c r="H694" t="s">
-        <v>2335</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" t="s">
-        <v>2336</v>
+        <v>2346</v>
       </c>
       <c r="B695" t="s">
         <v>9</v>
       </c>
       <c r="C695" t="s">
         <v>109</v>
       </c>
       <c r="D695" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="E695" t="s">
-        <v>2278</v>
+        <v>2288</v>
       </c>
       <c r="F695" t="s">
         <v>67</v>
       </c>
       <c r="G695" s="1" t="s">
-        <v>2337</v>
+        <v>2347</v>
       </c>
       <c r="H695" t="s">
-        <v>2338</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" t="s">
-        <v>2339</v>
+        <v>2349</v>
       </c>
       <c r="B696" t="s">
         <v>9</v>
       </c>
       <c r="C696" t="s">
         <v>113</v>
       </c>
       <c r="D696" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="E696" t="s">
-        <v>2278</v>
+        <v>2288</v>
       </c>
       <c r="F696" t="s">
         <v>48</v>
       </c>
       <c r="G696" s="1" t="s">
-        <v>2340</v>
+        <v>2350</v>
       </c>
       <c r="H696" t="s">
-        <v>2341</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" t="s">
-        <v>2342</v>
+        <v>2352</v>
       </c>
       <c r="B697" t="s">
         <v>9</v>
       </c>
       <c r="C697" t="s">
         <v>117</v>
       </c>
       <c r="D697" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="E697" t="s">
-        <v>2278</v>
+        <v>2288</v>
       </c>
       <c r="F697" t="s">
         <v>53</v>
       </c>
       <c r="G697" s="1" t="s">
-        <v>2343</v>
+        <v>2353</v>
       </c>
       <c r="H697" t="s">
-        <v>2344</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" t="s">
-        <v>2345</v>
+        <v>2355</v>
       </c>
       <c r="B698" t="s">
         <v>9</v>
       </c>
       <c r="C698" t="s">
         <v>121</v>
       </c>
       <c r="D698" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="E698" t="s">
-        <v>2278</v>
+        <v>2288</v>
       </c>
       <c r="F698" t="s">
         <v>67</v>
       </c>
       <c r="G698" s="1" t="s">
-        <v>2346</v>
+        <v>2356</v>
       </c>
       <c r="H698" t="s">
-        <v>2347</v>
+        <v>2357</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" t="s">
-        <v>2348</v>
+        <v>2358</v>
       </c>
       <c r="B699" t="s">
         <v>9</v>
       </c>
       <c r="C699" t="s">
         <v>125</v>
       </c>
       <c r="D699" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="E699" t="s">
-        <v>2278</v>
+        <v>2288</v>
       </c>
       <c r="F699" t="s">
         <v>53</v>
       </c>
       <c r="G699" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H699" t="s">
-        <v>2349</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" t="s">
-        <v>2350</v>
+        <v>2360</v>
       </c>
       <c r="B700" t="s">
         <v>9</v>
       </c>
       <c r="C700" t="s">
         <v>129</v>
       </c>
       <c r="D700" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="E700" t="s">
-        <v>2278</v>
+        <v>2288</v>
       </c>
       <c r="F700" t="s">
         <v>13</v>
       </c>
       <c r="G700" s="1" t="s">
-        <v>2351</v>
+        <v>2361</v>
       </c>
       <c r="H700" t="s">
-        <v>2352</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" t="s">
-        <v>2353</v>
+        <v>2363</v>
       </c>
       <c r="B701" t="s">
         <v>9</v>
       </c>
       <c r="C701" t="s">
         <v>133</v>
       </c>
       <c r="D701" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="E701" t="s">
-        <v>2278</v>
+        <v>2288</v>
       </c>
       <c r="F701" t="s">
         <v>53</v>
       </c>
       <c r="G701" s="1" t="s">
-        <v>2354</v>
+        <v>2364</v>
       </c>
       <c r="H701" t="s">
-        <v>2355</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" t="s">
-        <v>2356</v>
+        <v>2366</v>
       </c>
       <c r="B702" t="s">
         <v>9</v>
       </c>
       <c r="C702" t="s">
         <v>137</v>
       </c>
       <c r="D702" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="E702" t="s">
-        <v>2278</v>
+        <v>2288</v>
       </c>
       <c r="F702" t="s">
-        <v>2357</v>
+        <v>2367</v>
       </c>
       <c r="G702" s="1" t="s">
-        <v>2358</v>
+        <v>2368</v>
       </c>
       <c r="H702" t="s">
-        <v>2359</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" t="s">
-        <v>2360</v>
+        <v>2370</v>
       </c>
       <c r="B703" t="s">
         <v>9</v>
       </c>
       <c r="C703" t="s">
         <v>141</v>
       </c>
       <c r="D703" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="E703" t="s">
-        <v>2278</v>
+        <v>2288</v>
       </c>
       <c r="F703" t="s">
-        <v>2357</v>
+        <v>2367</v>
       </c>
       <c r="G703" s="1" t="s">
-        <v>2361</v>
+        <v>2371</v>
       </c>
       <c r="H703" t="s">
-        <v>2362</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" t="s">
-        <v>2363</v>
+        <v>2373</v>
       </c>
       <c r="B704" t="s">
         <v>9</v>
       </c>
       <c r="C704" t="s">
         <v>145</v>
       </c>
       <c r="D704" t="s">
-        <v>2277</v>
+        <v>2287</v>
       </c>
       <c r="E704" t="s">
-        <v>2278</v>
+        <v>2288</v>
       </c>
       <c r="F704" t="s">
         <v>53</v>
       </c>
       <c r="G704" s="1" t="s">
-        <v>2364</v>
+        <v>2374</v>
       </c>
       <c r="H704" t="s">
-        <v>2365</v>
+        <v>2375</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" t="s">
-        <v>2366</v>
+        <v>2376</v>
       </c>
       <c r="B705" t="s">
         <v>9</v>
       </c>
       <c r="C705" t="s">
         <v>410</v>
       </c>
       <c r="D705" t="s">
-        <v>2367</v>
+        <v>2377</v>
       </c>
       <c r="E705" t="s">
-        <v>2368</v>
+        <v>2378</v>
       </c>
       <c r="F705" t="s">
-        <v>2369</v>
+        <v>2379</v>
       </c>
       <c r="G705" s="1" t="s">
-        <v>2370</v>
+        <v>2380</v>
       </c>
       <c r="H705" t="s">
-        <v>2371</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" t="s">
-        <v>2372</v>
+        <v>2382</v>
       </c>
       <c r="B706" t="s">
         <v>9</v>
       </c>
       <c r="C706" t="s">
         <v>414</v>
       </c>
       <c r="D706" t="s">
-        <v>2367</v>
+        <v>2377</v>
       </c>
       <c r="E706" t="s">
-        <v>2368</v>
+        <v>2378</v>
       </c>
       <c r="F706" t="s">
-        <v>2369</v>
+        <v>2379</v>
       </c>
       <c r="G706" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H706" t="s">
-        <v>2373</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" t="s">
-        <v>2374</v>
+        <v>2384</v>
       </c>
       <c r="B707" t="s">
         <v>9</v>
       </c>
       <c r="C707" t="s">
         <v>418</v>
       </c>
       <c r="D707" t="s">
-        <v>2367</v>
+        <v>2377</v>
       </c>
       <c r="E707" t="s">
-        <v>2368</v>
+        <v>2378</v>
       </c>
       <c r="F707" t="s">
-        <v>2369</v>
+        <v>2379</v>
       </c>
       <c r="G707" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H707" t="s">
-        <v>2375</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" t="s">
-        <v>2376</v>
+        <v>2386</v>
       </c>
       <c r="B708" t="s">
         <v>9</v>
       </c>
       <c r="C708" t="s">
         <v>422</v>
       </c>
       <c r="D708" t="s">
-        <v>2367</v>
+        <v>2377</v>
       </c>
       <c r="E708" t="s">
-        <v>2368</v>
+        <v>2378</v>
       </c>
       <c r="F708" t="s">
-        <v>2369</v>
+        <v>2379</v>
       </c>
       <c r="G708" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H708" t="s">
-        <v>2377</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" t="s">
-        <v>2378</v>
+        <v>2388</v>
       </c>
       <c r="B709" t="s">
         <v>9</v>
       </c>
       <c r="C709" t="s">
         <v>426</v>
       </c>
       <c r="D709" t="s">
-        <v>2367</v>
+        <v>2377</v>
       </c>
       <c r="E709" t="s">
-        <v>2368</v>
+        <v>2378</v>
       </c>
       <c r="F709" t="s">
-        <v>2369</v>
+        <v>2379</v>
       </c>
       <c r="G709" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H709" t="s">
-        <v>2379</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" t="s">
-        <v>2380</v>
+        <v>2390</v>
       </c>
       <c r="B710" t="s">
         <v>9</v>
       </c>
       <c r="C710" t="s">
         <v>430</v>
       </c>
       <c r="D710" t="s">
-        <v>2367</v>
+        <v>2377</v>
       </c>
       <c r="E710" t="s">
-        <v>2368</v>
+        <v>2378</v>
       </c>
       <c r="F710" t="s">
-        <v>2369</v>
+        <v>2379</v>
       </c>
       <c r="G710" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H710" t="s">
-        <v>2381</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" t="s">
-        <v>2382</v>
+        <v>2392</v>
       </c>
       <c r="B711" t="s">
         <v>9</v>
       </c>
       <c r="C711" t="s">
         <v>434</v>
       </c>
       <c r="D711" t="s">
-        <v>2367</v>
+        <v>2377</v>
       </c>
       <c r="E711" t="s">
-        <v>2368</v>
+        <v>2378</v>
       </c>
       <c r="F711" t="s">
-        <v>2369</v>
+        <v>2379</v>
       </c>
       <c r="G711" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H711" t="s">
-        <v>2383</v>
+        <v>2393</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" t="s">
-        <v>2384</v>
+        <v>2394</v>
       </c>
       <c r="B712" t="s">
         <v>9</v>
       </c>
       <c r="C712" t="s">
         <v>438</v>
       </c>
       <c r="D712" t="s">
-        <v>2367</v>
+        <v>2377</v>
       </c>
       <c r="E712" t="s">
-        <v>2368</v>
+        <v>2378</v>
       </c>
       <c r="F712" t="s">
-        <v>2369</v>
+        <v>2379</v>
       </c>
       <c r="G712" s="1" t="s">
-        <v>2385</v>
+        <v>2395</v>
       </c>
       <c r="H712" t="s">
-        <v>2386</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" t="s">
-        <v>2387</v>
+        <v>2397</v>
       </c>
       <c r="B713" t="s">
         <v>9</v>
       </c>
       <c r="C713" t="s">
         <v>442</v>
       </c>
       <c r="D713" t="s">
-        <v>2367</v>
+        <v>2377</v>
       </c>
       <c r="E713" t="s">
-        <v>2368</v>
+        <v>2378</v>
       </c>
       <c r="F713" t="s">
-        <v>2369</v>
+        <v>2379</v>
       </c>
       <c r="G713" s="1" t="s">
-        <v>2388</v>
+        <v>2398</v>
       </c>
       <c r="H713" t="s">
-        <v>2389</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" t="s">
-        <v>2390</v>
+        <v>2400</v>
       </c>
       <c r="B714" t="s">
         <v>9</v>
       </c>
       <c r="C714" t="s">
         <v>446</v>
       </c>
       <c r="D714" t="s">
-        <v>2367</v>
+        <v>2377</v>
       </c>
       <c r="E714" t="s">
-        <v>2368</v>
+        <v>2378</v>
       </c>
       <c r="F714" t="s">
-        <v>2369</v>
+        <v>2379</v>
       </c>
       <c r="G714" s="1" t="s">
-        <v>2391</v>
+        <v>2401</v>
       </c>
       <c r="H714" t="s">
-        <v>2392</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" t="s">
-        <v>2393</v>
+        <v>2403</v>
       </c>
       <c r="B715" t="s">
         <v>9</v>
       </c>
       <c r="C715" t="s">
         <v>450</v>
       </c>
       <c r="D715" t="s">
-        <v>2367</v>
+        <v>2377</v>
       </c>
       <c r="E715" t="s">
-        <v>2368</v>
+        <v>2378</v>
       </c>
       <c r="F715" t="s">
-        <v>2369</v>
+        <v>2379</v>
       </c>
       <c r="G715" s="1" t="s">
-        <v>2394</v>
+        <v>2404</v>
       </c>
       <c r="H715" t="s">
-        <v>2395</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" t="s">
-        <v>2396</v>
+        <v>2406</v>
       </c>
       <c r="B716" t="s">
         <v>9</v>
       </c>
       <c r="C716" t="s">
         <v>454</v>
       </c>
       <c r="D716" t="s">
-        <v>2367</v>
+        <v>2377</v>
       </c>
       <c r="E716" t="s">
-        <v>2368</v>
+        <v>2378</v>
       </c>
       <c r="F716" t="s">
-        <v>2369</v>
+        <v>2379</v>
       </c>
       <c r="G716" s="1" t="s">
-        <v>2397</v>
+        <v>2407</v>
       </c>
       <c r="H716" t="s">
-        <v>2398</v>
+        <v>2408</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" t="s">
-        <v>2399</v>
+        <v>2409</v>
       </c>
       <c r="B717" t="s">
         <v>9</v>
       </c>
       <c r="C717" t="s">
         <v>458</v>
       </c>
       <c r="D717" t="s">
-        <v>2367</v>
+        <v>2377</v>
       </c>
       <c r="E717" t="s">
-        <v>2368</v>
+        <v>2378</v>
       </c>
       <c r="F717" t="s">
-        <v>2369</v>
+        <v>2379</v>
       </c>
       <c r="G717" s="1" t="s">
-        <v>2400</v>
+        <v>2410</v>
       </c>
       <c r="H717" t="s">
-        <v>2401</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" t="s">
-        <v>2402</v>
+        <v>2412</v>
       </c>
       <c r="B718" t="s">
         <v>9</v>
       </c>
       <c r="C718" t="s">
         <v>462</v>
       </c>
       <c r="D718" t="s">
-        <v>2367</v>
+        <v>2377</v>
       </c>
       <c r="E718" t="s">
-        <v>2368</v>
+        <v>2378</v>
       </c>
       <c r="F718" t="s">
-        <v>2369</v>
+        <v>2379</v>
       </c>
       <c r="G718" s="1" t="s">
-        <v>2403</v>
+        <v>2413</v>
       </c>
       <c r="H718" t="s">
-        <v>2404</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" t="s">
-        <v>2405</v>
+        <v>2415</v>
       </c>
       <c r="B719" t="s">
         <v>9</v>
       </c>
       <c r="C719" t="s">
         <v>10</v>
       </c>
       <c r="D719" t="s">
-        <v>2406</v>
+        <v>2416</v>
       </c>
       <c r="E719" t="s">
-        <v>2407</v>
+        <v>2417</v>
       </c>
       <c r="F719" t="s">
         <v>43</v>
       </c>
       <c r="G719" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H719" t="s">
-        <v>2408</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" t="s">
-        <v>2409</v>
+        <v>2419</v>
       </c>
       <c r="B720" t="s">
         <v>9</v>
       </c>
       <c r="C720" t="s">
         <v>17</v>
       </c>
       <c r="D720" t="s">
-        <v>2406</v>
+        <v>2416</v>
       </c>
       <c r="E720" t="s">
-        <v>2407</v>
+        <v>2417</v>
       </c>
       <c r="F720" t="s">
         <v>58</v>
       </c>
       <c r="G720" s="1" t="s">
-        <v>2410</v>
+        <v>2420</v>
       </c>
       <c r="H720" t="s">
-        <v>2411</v>
+        <v>2421</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" t="s">
-        <v>2412</v>
+        <v>2422</v>
       </c>
       <c r="B721" t="s">
         <v>9</v>
       </c>
       <c r="C721" t="s">
         <v>21</v>
       </c>
       <c r="D721" t="s">
-        <v>2406</v>
+        <v>2416</v>
       </c>
       <c r="E721" t="s">
-        <v>2407</v>
+        <v>2417</v>
       </c>
       <c r="F721" t="s">
         <v>67</v>
       </c>
       <c r="G721" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H721" t="s">
-        <v>2413</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" t="s">
-        <v>2414</v>
+        <v>2424</v>
       </c>
       <c r="B722" t="s">
         <v>9</v>
       </c>
       <c r="C722" t="s">
         <v>25</v>
       </c>
       <c r="D722" t="s">
-        <v>2406</v>
+        <v>2416</v>
       </c>
       <c r="E722" t="s">
-        <v>2407</v>
+        <v>2417</v>
       </c>
       <c r="F722" t="s">
         <v>218</v>
       </c>
       <c r="G722" s="1" t="s">
-        <v>2415</v>
+        <v>2425</v>
       </c>
       <c r="H722" t="s">
-        <v>2416</v>
+        <v>2426</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" t="s">
-        <v>2417</v>
+        <v>2427</v>
       </c>
       <c r="B723" t="s">
         <v>9</v>
       </c>
       <c r="C723" t="s">
         <v>30</v>
       </c>
       <c r="D723" t="s">
-        <v>2406</v>
+        <v>2416</v>
       </c>
       <c r="E723" t="s">
-        <v>2407</v>
+        <v>2417</v>
       </c>
       <c r="F723" t="s">
         <v>48</v>
       </c>
       <c r="G723" s="1" t="s">
-        <v>2418</v>
+        <v>2428</v>
       </c>
       <c r="H723" t="s">
-        <v>2419</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" t="s">
-        <v>2420</v>
+        <v>2430</v>
       </c>
       <c r="B724" t="s">
         <v>9</v>
       </c>
       <c r="C724" t="s">
         <v>34</v>
       </c>
       <c r="D724" t="s">
-        <v>2406</v>
+        <v>2416</v>
       </c>
       <c r="E724" t="s">
-        <v>2407</v>
+        <v>2417</v>
       </c>
       <c r="F724" t="s">
         <v>275</v>
       </c>
       <c r="G724" s="1" t="s">
-        <v>2421</v>
+        <v>2431</v>
       </c>
       <c r="H724" t="s">
-        <v>2422</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" t="s">
-        <v>2423</v>
+        <v>2433</v>
       </c>
       <c r="B725" t="s">
         <v>9</v>
       </c>
       <c r="C725" t="s">
         <v>38</v>
       </c>
       <c r="D725" t="s">
-        <v>2406</v>
+        <v>2416</v>
       </c>
       <c r="E725" t="s">
-        <v>2407</v>
+        <v>2417</v>
       </c>
       <c r="F725" t="s">
         <v>48</v>
       </c>
       <c r="G725" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H725" t="s">
-        <v>2424</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" t="s">
-        <v>2425</v>
+        <v>2435</v>
       </c>
       <c r="B726" t="s">
         <v>9</v>
       </c>
       <c r="C726" t="s">
         <v>42</v>
       </c>
       <c r="D726" t="s">
-        <v>2406</v>
+        <v>2416</v>
       </c>
       <c r="E726" t="s">
-        <v>2407</v>
+        <v>2417</v>
       </c>
       <c r="F726" t="s">
         <v>218</v>
       </c>
       <c r="G726" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H726" t="s">
-        <v>2426</v>
+        <v>2436</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" t="s">
-        <v>2427</v>
+        <v>2437</v>
       </c>
       <c r="B727" t="s">
         <v>9</v>
       </c>
       <c r="C727" t="s">
         <v>10</v>
       </c>
       <c r="D727" t="s">
-        <v>2428</v>
+        <v>2438</v>
       </c>
       <c r="E727" t="s">
-        <v>2429</v>
+        <v>2439</v>
       </c>
       <c r="F727" t="s">
-        <v>2357</v>
+        <v>2367</v>
       </c>
       <c r="G727" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H727" t="s">
-        <v>2430</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" t="s">
-        <v>2431</v>
+        <v>2441</v>
       </c>
       <c r="B728" t="s">
         <v>9</v>
       </c>
       <c r="C728" t="s">
         <v>66</v>
       </c>
       <c r="D728" t="s">
-        <v>2432</v>
+        <v>2442</v>
       </c>
       <c r="E728" t="s">
-        <v>2433</v>
+        <v>2443</v>
       </c>
       <c r="F728" t="s">
-        <v>2369</v>
+        <v>2379</v>
       </c>
       <c r="G728" s="1" t="s">
-        <v>2434</v>
+        <v>2444</v>
       </c>
       <c r="H728" t="s">
-        <v>2435</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" t="s">
-        <v>2436</v>
+        <v>2446</v>
       </c>
       <c r="B729" t="s">
         <v>9</v>
       </c>
       <c r="C729" t="s">
         <v>71</v>
       </c>
       <c r="D729" t="s">
-        <v>2432</v>
+        <v>2442</v>
       </c>
       <c r="E729" t="s">
-        <v>2433</v>
+        <v>2443</v>
       </c>
       <c r="F729" t="s">
-        <v>2369</v>
+        <v>2379</v>
       </c>
       <c r="G729" s="1" t="s">
-        <v>2437</v>
+        <v>2447</v>
       </c>
       <c r="H729" t="s">
-        <v>2438</v>
+        <v>2448</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" t="s">
-        <v>2439</v>
+        <v>2449</v>
       </c>
       <c r="B730" t="s">
         <v>9</v>
       </c>
       <c r="C730" t="s">
         <v>76</v>
       </c>
       <c r="D730" t="s">
-        <v>2432</v>
+        <v>2442</v>
       </c>
       <c r="E730" t="s">
-        <v>2433</v>
+        <v>2443</v>
       </c>
       <c r="F730" t="s">
-        <v>2369</v>
+        <v>2379</v>
       </c>
       <c r="G730" s="1" t="s">
-        <v>2440</v>
+        <v>2450</v>
       </c>
       <c r="H730" t="s">
-        <v>2441</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" t="s">
-        <v>2442</v>
+        <v>2452</v>
       </c>
       <c r="B731" t="s">
         <v>9</v>
       </c>
       <c r="C731" t="s">
         <v>10</v>
       </c>
       <c r="D731" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E731" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F731" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G731" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H731" t="s">
-        <v>2445</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" t="s">
-        <v>2446</v>
+        <v>2456</v>
       </c>
       <c r="B732" t="s">
         <v>9</v>
       </c>
       <c r="C732" t="s">
         <v>17</v>
       </c>
       <c r="D732" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E732" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F732" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G732" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H732" t="s">
-        <v>2447</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" t="s">
-        <v>2448</v>
+        <v>2458</v>
       </c>
       <c r="B733" t="s">
         <v>9</v>
       </c>
       <c r="C733" t="s">
         <v>21</v>
       </c>
       <c r="D733" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E733" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F733" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G733" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H733" t="s">
-        <v>2449</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" t="s">
-        <v>2450</v>
+        <v>2460</v>
       </c>
       <c r="B734" t="s">
         <v>9</v>
       </c>
       <c r="C734" t="s">
         <v>25</v>
       </c>
       <c r="D734" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E734" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F734" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G734" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H734" t="s">
-        <v>2451</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" t="s">
-        <v>2452</v>
+        <v>2462</v>
       </c>
       <c r="B735" t="s">
         <v>9</v>
       </c>
       <c r="C735" t="s">
         <v>30</v>
       </c>
       <c r="D735" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E735" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F735" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G735" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H735" t="s">
-        <v>2453</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" t="s">
-        <v>2454</v>
+        <v>2464</v>
       </c>
       <c r="B736" t="s">
         <v>9</v>
       </c>
       <c r="C736" t="s">
         <v>34</v>
       </c>
       <c r="D736" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E736" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F736" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G736" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H736" t="s">
-        <v>2455</v>
+        <v>2465</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" t="s">
-        <v>2456</v>
+        <v>2466</v>
       </c>
       <c r="B737" t="s">
         <v>9</v>
       </c>
       <c r="C737" t="s">
         <v>42</v>
       </c>
       <c r="D737" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E737" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F737" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G737" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H737" t="s">
-        <v>2457</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" t="s">
-        <v>2458</v>
+        <v>2468</v>
       </c>
       <c r="B738" t="s">
         <v>9</v>
       </c>
       <c r="C738" t="s">
         <v>47</v>
       </c>
       <c r="D738" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E738" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F738" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G738" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H738" t="s">
-        <v>2459</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" t="s">
-        <v>2460</v>
+        <v>2470</v>
       </c>
       <c r="B739" t="s">
         <v>9</v>
       </c>
       <c r="C739" t="s">
         <v>52</v>
       </c>
       <c r="D739" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E739" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F739" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G739" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H739" t="s">
-        <v>2461</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" t="s">
-        <v>2462</v>
+        <v>2472</v>
       </c>
       <c r="B740" t="s">
         <v>9</v>
       </c>
       <c r="C740" t="s">
         <v>57</v>
       </c>
       <c r="D740" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E740" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F740" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G740" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H740" t="s">
-        <v>2463</v>
+        <v>2473</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" t="s">
-        <v>2464</v>
+        <v>2474</v>
       </c>
       <c r="B741" t="s">
         <v>9</v>
       </c>
       <c r="C741" t="s">
         <v>62</v>
       </c>
       <c r="D741" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E741" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F741" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G741" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H741" t="s">
-        <v>2465</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" t="s">
-        <v>2466</v>
+        <v>2476</v>
       </c>
       <c r="B742" t="s">
         <v>9</v>
       </c>
       <c r="C742" t="s">
         <v>66</v>
       </c>
       <c r="D742" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E742" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F742" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G742" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H742" t="s">
-        <v>2467</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" t="s">
-        <v>2468</v>
+        <v>2478</v>
       </c>
       <c r="B743" t="s">
         <v>9</v>
       </c>
       <c r="C743" t="s">
         <v>71</v>
       </c>
       <c r="D743" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E743" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F743" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G743" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H743" t="s">
-        <v>2469</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" t="s">
-        <v>2470</v>
+        <v>2480</v>
       </c>
       <c r="B744" t="s">
         <v>9</v>
       </c>
       <c r="C744" t="s">
         <v>76</v>
       </c>
       <c r="D744" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E744" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F744" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G744" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H744" t="s">
-        <v>2471</v>
+        <v>2481</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" t="s">
-        <v>2472</v>
+        <v>2482</v>
       </c>
       <c r="B745" t="s">
         <v>9</v>
       </c>
       <c r="C745" t="s">
         <v>81</v>
       </c>
       <c r="D745" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E745" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F745" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G745" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H745" t="s">
-        <v>2473</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" t="s">
-        <v>2474</v>
+        <v>2484</v>
       </c>
       <c r="B746" t="s">
         <v>9</v>
       </c>
       <c r="C746" t="s">
         <v>85</v>
       </c>
       <c r="D746" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E746" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F746" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G746" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H746" t="s">
-        <v>2475</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" t="s">
-        <v>2476</v>
+        <v>2486</v>
       </c>
       <c r="B747" t="s">
         <v>9</v>
       </c>
       <c r="C747" t="s">
         <v>89</v>
       </c>
       <c r="D747" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E747" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="G747" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H747" t="s">
-        <v>2477</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" t="s">
-        <v>2478</v>
+        <v>2488</v>
       </c>
       <c r="B748" t="s">
         <v>9</v>
       </c>
       <c r="C748" t="s">
         <v>93</v>
       </c>
       <c r="D748" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E748" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F748" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G748" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H748" t="s">
-        <v>2479</v>
+        <v>2489</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" t="s">
-        <v>2480</v>
+        <v>2490</v>
       </c>
       <c r="B749" t="s">
         <v>9</v>
       </c>
       <c r="C749" t="s">
         <v>101</v>
       </c>
       <c r="D749" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E749" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F749" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G749" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H749" t="s">
-        <v>2481</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" t="s">
-        <v>2482</v>
+        <v>2492</v>
       </c>
       <c r="B750" t="s">
         <v>9</v>
       </c>
       <c r="C750" t="s">
         <v>105</v>
       </c>
       <c r="D750" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E750" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F750" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G750" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H750" t="s">
-        <v>2483</v>
+        <v>2493</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" t="s">
-        <v>2484</v>
+        <v>2494</v>
       </c>
       <c r="B751" t="s">
         <v>9</v>
       </c>
       <c r="C751" t="s">
         <v>109</v>
       </c>
       <c r="D751" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E751" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F751" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G751" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H751" t="s">
-        <v>2485</v>
+        <v>2495</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" t="s">
-        <v>2486</v>
+        <v>2496</v>
       </c>
       <c r="B752" t="s">
         <v>9</v>
       </c>
       <c r="C752" t="s">
         <v>113</v>
       </c>
       <c r="D752" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E752" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F752" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G752" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H752" t="s">
-        <v>2487</v>
+        <v>2497</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" t="s">
-        <v>2488</v>
+        <v>2498</v>
       </c>
       <c r="B753" t="s">
         <v>9</v>
       </c>
       <c r="C753" t="s">
         <v>117</v>
       </c>
       <c r="D753" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E753" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F753" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G753" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H753" t="s">
-        <v>2489</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" t="s">
-        <v>2490</v>
+        <v>2500</v>
       </c>
       <c r="B754" t="s">
         <v>9</v>
       </c>
       <c r="C754" t="s">
         <v>121</v>
       </c>
       <c r="D754" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E754" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F754" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G754" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H754" t="s">
-        <v>2491</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" t="s">
-        <v>2492</v>
+        <v>2502</v>
       </c>
       <c r="B755" t="s">
         <v>9</v>
       </c>
       <c r="C755" t="s">
         <v>125</v>
       </c>
       <c r="D755" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E755" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F755" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G755" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H755" t="s">
-        <v>2493</v>
+        <v>2503</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" t="s">
-        <v>2494</v>
+        <v>2504</v>
       </c>
       <c r="B756" t="s">
         <v>9</v>
       </c>
       <c r="C756" t="s">
         <v>129</v>
       </c>
       <c r="D756" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E756" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F756" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G756" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H756" t="s">
-        <v>2495</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" t="s">
-        <v>2496</v>
+        <v>2506</v>
       </c>
       <c r="B757" t="s">
         <v>9</v>
       </c>
       <c r="C757" t="s">
         <v>133</v>
       </c>
       <c r="D757" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E757" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F757" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G757" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H757" t="s">
-        <v>2497</v>
+        <v>2507</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" t="s">
-        <v>2498</v>
+        <v>2508</v>
       </c>
       <c r="B758" t="s">
         <v>9</v>
       </c>
       <c r="C758" t="s">
         <v>137</v>
       </c>
       <c r="D758" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E758" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F758" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G758" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H758" t="s">
-        <v>2499</v>
+        <v>2509</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" t="s">
-        <v>2500</v>
+        <v>2510</v>
       </c>
       <c r="B759" t="s">
         <v>9</v>
       </c>
       <c r="C759" t="s">
         <v>141</v>
       </c>
       <c r="D759" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E759" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F759" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G759" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H759" t="s">
-        <v>2501</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" t="s">
-        <v>2502</v>
+        <v>2512</v>
       </c>
       <c r="B760" t="s">
         <v>9</v>
       </c>
       <c r="C760" t="s">
         <v>145</v>
       </c>
       <c r="D760" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E760" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F760" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G760" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H760" t="s">
-        <v>2503</v>
+        <v>2513</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" t="s">
-        <v>2504</v>
+        <v>2514</v>
       </c>
       <c r="B761" t="s">
         <v>9</v>
       </c>
       <c r="C761" t="s">
         <v>149</v>
       </c>
       <c r="D761" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E761" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F761" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G761" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H761" t="s">
-        <v>2505</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" t="s">
-        <v>2506</v>
+        <v>2516</v>
       </c>
       <c r="B762" t="s">
         <v>9</v>
       </c>
       <c r="C762" t="s">
         <v>153</v>
       </c>
       <c r="D762" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E762" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F762" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G762" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H762" t="s">
-        <v>2507</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" t="s">
-        <v>2508</v>
+        <v>2518</v>
       </c>
       <c r="B763" t="s">
         <v>9</v>
       </c>
       <c r="C763" t="s">
         <v>157</v>
       </c>
       <c r="D763" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E763" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F763" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G763" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H763" t="s">
-        <v>2509</v>
+        <v>2519</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" t="s">
-        <v>2510</v>
+        <v>2520</v>
       </c>
       <c r="B764" t="s">
         <v>9</v>
       </c>
       <c r="C764" t="s">
         <v>161</v>
       </c>
       <c r="D764" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E764" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F764" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G764" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H764" t="s">
-        <v>2511</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" t="s">
-        <v>2512</v>
+        <v>2522</v>
       </c>
       <c r="B765" t="s">
         <v>9</v>
       </c>
       <c r="C765" t="s">
         <v>165</v>
       </c>
       <c r="D765" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E765" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F765" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G765" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H765" t="s">
-        <v>2513</v>
+        <v>2523</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" t="s">
-        <v>2514</v>
+        <v>2524</v>
       </c>
       <c r="B766" t="s">
         <v>9</v>
       </c>
       <c r="C766" t="s">
         <v>169</v>
       </c>
       <c r="D766" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E766" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F766" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G766" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H766" t="s">
-        <v>2515</v>
+        <v>2525</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" t="s">
-        <v>2516</v>
+        <v>2526</v>
       </c>
       <c r="B767" t="s">
         <v>9</v>
       </c>
       <c r="C767" t="s">
         <v>173</v>
       </c>
       <c r="D767" t="s">
-        <v>2443</v>
+        <v>2453</v>
       </c>
       <c r="E767" t="s">
-        <v>2444</v>
+        <v>2454</v>
       </c>
       <c r="F767" t="s">
-        <v>2274</v>
+        <v>2284</v>
       </c>
       <c r="G767" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H767" t="s">
-        <v>2517</v>
+        <v>2527</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" t="s">
-        <v>2518</v>
+        <v>2528</v>
       </c>
       <c r="B768" t="s">
         <v>9</v>
       </c>
       <c r="C768" t="s">
         <v>10</v>
       </c>
       <c r="D768" t="s">
-        <v>2519</v>
+        <v>2529</v>
       </c>
       <c r="E768" t="s">
-        <v>2520</v>
+        <v>2530</v>
       </c>
       <c r="F768" t="s">
-        <v>2521</v>
+        <v>2531</v>
       </c>
       <c r="G768" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H768" t="s">
-        <v>2522</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" t="s">
-        <v>2523</v>
+        <v>2533</v>
       </c>
       <c r="B769" t="s">
         <v>9</v>
       </c>
       <c r="C769" t="s">
         <v>10</v>
       </c>
       <c r="D769" t="s">
-        <v>2524</v>
+        <v>2534</v>
       </c>
       <c r="E769" t="s">
-        <v>2525</v>
+        <v>2535</v>
       </c>
       <c r="F769" t="s">
-        <v>2526</v>
+        <v>2536</v>
       </c>
       <c r="G769" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H769" t="s">
-        <v>2527</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" t="s">
-        <v>2528</v>
+        <v>2538</v>
       </c>
       <c r="B770" t="s">
         <v>9</v>
       </c>
       <c r="C770" t="s">
         <v>21</v>
       </c>
       <c r="D770" t="s">
-        <v>2524</v>
+        <v>2534</v>
       </c>
       <c r="E770" t="s">
-        <v>2525</v>
+        <v>2535</v>
       </c>
       <c r="F770" t="s">
-        <v>2526</v>
+        <v>2536</v>
       </c>
       <c r="G770" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H770" t="s">
-        <v>2529</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" t="s">
-        <v>2530</v>
+        <v>2540</v>
       </c>
       <c r="B771" t="s">
         <v>9</v>
       </c>
       <c r="C771" t="s">
         <v>25</v>
       </c>
       <c r="D771" t="s">
-        <v>2524</v>
+        <v>2534</v>
       </c>
       <c r="E771" t="s">
-        <v>2525</v>
+        <v>2535</v>
       </c>
       <c r="F771" t="s">
-        <v>2526</v>
+        <v>2536</v>
       </c>
       <c r="G771" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H771" t="s">
-        <v>2531</v>
+        <v>2541</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" t="s">
-        <v>2532</v>
+        <v>2542</v>
       </c>
       <c r="B772" t="s">
         <v>9</v>
       </c>
       <c r="C772" t="s">
         <v>30</v>
       </c>
       <c r="D772" t="s">
-        <v>2524</v>
+        <v>2534</v>
       </c>
       <c r="E772" t="s">
-        <v>2525</v>
+        <v>2535</v>
       </c>
       <c r="F772" t="s">
-        <v>2533</v>
+        <v>2543</v>
       </c>
       <c r="G772" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H772" t="s">
-        <v>2534</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" t="s">
-        <v>2535</v>
+        <v>2545</v>
       </c>
       <c r="B773" t="s">
         <v>9</v>
       </c>
       <c r="C773" t="s">
         <v>34</v>
       </c>
       <c r="D773" t="s">
-        <v>2524</v>
+        <v>2534</v>
       </c>
       <c r="E773" t="s">
-        <v>2525</v>
+        <v>2535</v>
       </c>
       <c r="F773" t="s">
-        <v>2533</v>
+        <v>2543</v>
       </c>
       <c r="G773" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H773" t="s">
-        <v>2536</v>
+        <v>2546</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" t="s">
-        <v>2537</v>
+        <v>2547</v>
       </c>
       <c r="B774" t="s">
         <v>9</v>
       </c>
       <c r="C774" t="s">
         <v>38</v>
       </c>
       <c r="D774" t="s">
-        <v>2524</v>
+        <v>2534</v>
       </c>
       <c r="E774" t="s">
-        <v>2525</v>
+        <v>2535</v>
       </c>
       <c r="F774" t="s">
-        <v>2526</v>
+        <v>2536</v>
       </c>
       <c r="G774" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H774" t="s">
-        <v>2538</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775" t="s">
-        <v>2539</v>
+        <v>2549</v>
       </c>
       <c r="B775" t="s">
         <v>9</v>
       </c>
       <c r="C775" t="s">
         <v>42</v>
       </c>
       <c r="D775" t="s">
-        <v>2524</v>
+        <v>2534</v>
       </c>
       <c r="E775" t="s">
-        <v>2525</v>
+        <v>2535</v>
       </c>
       <c r="F775" t="s">
-        <v>2526</v>
+        <v>2536</v>
       </c>
       <c r="G775" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H775" t="s">
-        <v>2540</v>
+        <v>2550</v>
       </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776" t="s">
-        <v>2541</v>
+        <v>2551</v>
       </c>
       <c r="B776" t="s">
         <v>9</v>
       </c>
       <c r="C776" t="s">
         <v>47</v>
       </c>
       <c r="D776" t="s">
-        <v>2524</v>
+        <v>2534</v>
       </c>
       <c r="E776" t="s">
-        <v>2525</v>
+        <v>2535</v>
       </c>
       <c r="F776" t="s">
-        <v>2526</v>
+        <v>2536</v>
       </c>
       <c r="G776" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H776" t="s">
-        <v>2542</v>
+        <v>2552</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" t="s">
-        <v>2543</v>
+        <v>2553</v>
       </c>
       <c r="B777" t="s">
         <v>9</v>
       </c>
       <c r="C777" t="s">
         <v>52</v>
       </c>
       <c r="D777" t="s">
-        <v>2524</v>
+        <v>2534</v>
       </c>
       <c r="E777" t="s">
-        <v>2525</v>
+        <v>2535</v>
       </c>
       <c r="F777" t="s">
-        <v>2526</v>
+        <v>2536</v>
       </c>
       <c r="G777" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H777" t="s">
-        <v>2544</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778" t="s">
-        <v>2545</v>
+        <v>2555</v>
       </c>
       <c r="B778" t="s">
         <v>9</v>
       </c>
       <c r="C778" t="s">
         <v>57</v>
       </c>
       <c r="D778" t="s">
-        <v>2524</v>
+        <v>2534</v>
       </c>
       <c r="E778" t="s">
-        <v>2525</v>
+        <v>2535</v>
       </c>
       <c r="F778" t="s">
-        <v>2526</v>
+        <v>2536</v>
       </c>
       <c r="G778" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H778" t="s">
-        <v>2546</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="779" spans="1:8">
       <c r="A779" t="s">
-        <v>2547</v>
+        <v>2557</v>
       </c>
       <c r="B779" t="s">
         <v>9</v>
       </c>
       <c r="C779" t="s">
         <v>62</v>
       </c>
       <c r="D779" t="s">
-        <v>2524</v>
+        <v>2534</v>
       </c>
       <c r="E779" t="s">
-        <v>2525</v>
+        <v>2535</v>
       </c>
       <c r="F779" t="s">
-        <v>2526</v>
+        <v>2536</v>
       </c>
       <c r="G779" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H779" t="s">
-        <v>2548</v>
+        <v>2558</v>
       </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780" t="s">
-        <v>2549</v>
+        <v>2559</v>
       </c>
       <c r="B780" t="s">
         <v>9</v>
       </c>
       <c r="C780" t="s">
         <v>66</v>
       </c>
       <c r="D780" t="s">
-        <v>2524</v>
+        <v>2534</v>
       </c>
       <c r="E780" t="s">
-        <v>2525</v>
+        <v>2535</v>
       </c>
       <c r="F780" t="s">
-        <v>2526</v>
+        <v>2536</v>
       </c>
       <c r="G780" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H780" t="s">
-        <v>2550</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781" t="s">
-        <v>2551</v>
+        <v>2561</v>
       </c>
       <c r="B781" t="s">
         <v>9</v>
       </c>
       <c r="C781" t="s">
         <v>71</v>
       </c>
       <c r="D781" t="s">
-        <v>2524</v>
+        <v>2534</v>
       </c>
       <c r="E781" t="s">
-        <v>2525</v>
+        <v>2535</v>
       </c>
       <c r="F781" t="s">
-        <v>2526</v>
+        <v>2536</v>
       </c>
       <c r="G781" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H781" t="s">
-        <v>2552</v>
+        <v>2562</v>
       </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782" t="s">
-        <v>2553</v>
+        <v>2563</v>
       </c>
       <c r="B782" t="s">
         <v>9</v>
       </c>
       <c r="C782" t="s">
         <v>76</v>
       </c>
       <c r="D782" t="s">
-        <v>2524</v>
+        <v>2534</v>
       </c>
       <c r="E782" t="s">
-        <v>2525</v>
+        <v>2535</v>
       </c>
       <c r="F782" t="s">
-        <v>2526</v>
+        <v>2536</v>
       </c>
       <c r="G782" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H782" t="s">
-        <v>2554</v>
+        <v>2564</v>
       </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783" t="s">
-        <v>2555</v>
+        <v>2565</v>
       </c>
       <c r="B783" t="s">
         <v>9</v>
       </c>
       <c r="C783" t="s">
         <v>10</v>
       </c>
       <c r="D783" t="s">
-        <v>2556</v>
+        <v>2566</v>
       </c>
       <c r="E783" t="s">
-        <v>2557</v>
+        <v>2567</v>
       </c>
       <c r="F783" t="s">
-        <v>2357</v>
+        <v>2367</v>
       </c>
       <c r="G783" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H783" t="s">
-        <v>2558</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="784" spans="1:8">
       <c r="A784" t="s">
-        <v>2559</v>
+        <v>2569</v>
       </c>
       <c r="B784" t="s">
         <v>9</v>
       </c>
       <c r="C784" t="s">
         <v>17</v>
       </c>
       <c r="D784" t="s">
-        <v>2556</v>
+        <v>2566</v>
       </c>
       <c r="E784" t="s">
-        <v>2557</v>
+        <v>2567</v>
       </c>
       <c r="F784" t="s">
-        <v>2357</v>
+        <v>2367</v>
       </c>
       <c r="G784" s="1" t="s">
         <v>214</v>
       </c>
       <c r="H784" t="s">
-        <v>2560</v>
+        <v>2570</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>